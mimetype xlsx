--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -1,555 +1,414 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\websitesupport\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Gaush\0Feb2026\03-02-2026\Correction in Handbook of Statistics on Indian States 2024-25\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6198A7CE-E543-46B3-87B4-066B16B69F9A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{05A3244B-283B-4A29-A37E-B2168C7C7CE3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{81BA219E-764D-4925-843D-EBC9F3B97073}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{AF2C9B5C-7ED8-4E0F-B09C-2FB7FF879AE6}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+    <sheet name="T_182" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="46">
   <si>
-    <t>TABLE 182: STATE-WISE FOREIGN TOURIST VISITS</t>
-[...1 lines deleted...]
-  <si>
     <t>(In Lakhs)</t>
   </si>
   <si>
     <t>State/Union Territory</t>
   </si>
   <si>
     <t>Andaman &amp; Nicobar Islands</t>
   </si>
   <si>
     <t>Andhra Pradesh</t>
   </si>
   <si>
     <t>Arunachal Pradesh</t>
   </si>
   <si>
     <t>Assam</t>
   </si>
   <si>
     <t>Bihar</t>
   </si>
   <si>
     <t>Chandigarh</t>
   </si>
   <si>
     <t>Chhattisgarh</t>
+  </si>
+  <si>
+    <t>Delhi#</t>
+  </si>
+  <si>
+    <t>Goa</t>
+  </si>
+  <si>
+    <t>Gujarat</t>
+  </si>
+  <si>
+    <t>Haryana</t>
+  </si>
+  <si>
+    <t>Himachal Pradesh</t>
+  </si>
+  <si>
+    <t>Jammu &amp; Kashmir*</t>
+  </si>
+  <si>
+    <t>Jharkhand</t>
+  </si>
+  <si>
+    <t>Karnataka</t>
+  </si>
+  <si>
+    <t>Kerala</t>
+  </si>
+  <si>
+    <t>Lakshadweep</t>
+  </si>
+  <si>
+    <t>Ladakh</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Madhya Pradesh</t>
+  </si>
+  <si>
+    <t>Manipur</t>
+  </si>
+  <si>
+    <t>Meghalaya</t>
+  </si>
+  <si>
+    <t>Mizoram</t>
+  </si>
+  <si>
+    <t>Nagaland</t>
+  </si>
+  <si>
+    <t>Odisha</t>
+  </si>
+  <si>
+    <t>Puducherry</t>
+  </si>
+  <si>
+    <t>Punjab</t>
+  </si>
+  <si>
+    <t>Rajasthan</t>
+  </si>
+  <si>
+    <t>Sikkim</t>
+  </si>
+  <si>
+    <t>Tamil Nadu</t>
+  </si>
+  <si>
+    <t>Telangana</t>
+  </si>
+  <si>
+    <t>Tripura</t>
+  </si>
+  <si>
+    <t>Uttar Pradesh</t>
+  </si>
+  <si>
+    <t>Uttarakhand</t>
+  </si>
+  <si>
+    <t>West Bengal</t>
+  </si>
+  <si>
+    <t>ALL INDIA</t>
+  </si>
+  <si>
+    <t>-: Not Available.</t>
+  </si>
+  <si>
+    <t>*: For the years 2011 till 2018, figures relate to Jammu and Kashmir &amp; Ladakh and for the years 2019 to 2023, relate to UT of Jammu and Kashmir.</t>
+  </si>
+  <si>
+    <t>#: 2024 data is estimated by applying all India growth rate for 2024/23 on 2023 data</t>
+  </si>
+  <si>
+    <t>@: Separate values for Dadra &amp; Nagar Haveli and Daman &amp; Diu were available from 2011 to 2020. To maintain consistency, these values have been combined. From 2021 onwards, a combined value for the merged Union Territory is presented.</t>
+  </si>
+  <si>
+    <t>Source: India Tourism Statistics, various issues, Ministry of Tourism.</t>
   </si>
   <si>
     <r>
       <t>Dadra &amp; Nagar Haveli and Daman &amp; Diu</t>
     </r>
     <r>
       <rPr>
-        <sz val="5"/>
-        <color rgb="FF231F20"/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>@</t>
     </r>
   </si>
   <si>
     <r>
-      <t>Delhi</t>
+      <t>Maharashtra</t>
     </r>
     <r>
       <rPr>
-        <sz val="5"/>
-        <color rgb="FF231F20"/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>#</t>
     </r>
   </si>
   <si>
-    <t>Goa</t>
-[...120 lines deleted...]
-    </r>
+    <t>TABLE 182: STATE-WISE FOREIGN TOURIST VISITS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="7" x14ac:knownFonts="1">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="0.000"/>
+  </numFmts>
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FF231F20"/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="9"/>
-      <color rgb="FF231F20"/>
+      <vertAlign val="superscript"/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
-[...19 lines deleted...]
-      <color rgb="FF231F20"/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="13">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="medium">
+      <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...91 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="justify" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
-    </xf>
-[...49 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -804,2007 +663,2282 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3A23A768-9B2C-4B39-9E9C-1DF90FA86303}">
-  <dimension ref="B2:P47"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B7978380-4FFD-47DF-A430-3E49902D5FF6}">
+  <dimension ref="B2:P46"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A14" workbookViewId="0">
-      <selection activeCell="Z38" sqref="Z38"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="2" max="2" width="21.85546875" customWidth="1"/>
+    <col min="1" max="1" width="3.85546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="37.7109375" style="1" customWidth="1"/>
+    <col min="3" max="16" width="10.28515625" style="1" customWidth="1"/>
+    <col min="17" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="B3" s="8" t="s">
+    <row r="2" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B2" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="C2" s="10"/>
+      <c r="D2" s="10"/>
+      <c r="E2" s="10"/>
+      <c r="F2" s="10"/>
+      <c r="G2" s="10"/>
+      <c r="H2" s="10"/>
+      <c r="I2" s="10"/>
+      <c r="J2" s="10"/>
+      <c r="K2" s="10"/>
+      <c r="L2" s="10"/>
+      <c r="M2" s="10"/>
+      <c r="N2" s="10"/>
+      <c r="O2" s="10"/>
+      <c r="P2" s="11"/>
+    </row>
+    <row r="3" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B3" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="9"/>
-[...15 lines deleted...]
-      <c r="B4" s="11" t="s">
+      <c r="C3" s="12"/>
+      <c r="D3" s="12"/>
+      <c r="E3" s="12"/>
+      <c r="F3" s="12"/>
+      <c r="G3" s="12"/>
+      <c r="H3" s="12"/>
+      <c r="I3" s="12"/>
+      <c r="J3" s="12"/>
+      <c r="K3" s="12"/>
+      <c r="L3" s="12"/>
+      <c r="M3" s="12"/>
+      <c r="N3" s="12"/>
+      <c r="O3" s="12"/>
+      <c r="P3" s="12"/>
+    </row>
+    <row r="4" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B4" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="12"/>
-[...15 lines deleted...]
-      <c r="B5" s="23" t="s">
+      <c r="C4" s="3">
+        <v>2011</v>
+      </c>
+      <c r="D4" s="3">
+        <v>2012</v>
+      </c>
+      <c r="E4" s="3">
+        <v>2013</v>
+      </c>
+      <c r="F4" s="3">
+        <v>2014</v>
+      </c>
+      <c r="G4" s="3">
+        <v>2015</v>
+      </c>
+      <c r="H4" s="3">
+        <v>2016</v>
+      </c>
+      <c r="I4" s="3">
+        <v>2017</v>
+      </c>
+      <c r="J4" s="3">
+        <v>2018</v>
+      </c>
+      <c r="K4" s="3">
+        <v>2019</v>
+      </c>
+      <c r="L4" s="3">
+        <v>2020</v>
+      </c>
+      <c r="M4" s="3">
+        <v>2021</v>
+      </c>
+      <c r="N4" s="3">
+        <v>2022</v>
+      </c>
+      <c r="O4" s="3">
+        <v>2023</v>
+      </c>
+      <c r="P4" s="3">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="5" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="2">
-[...43 lines deleted...]
-      <c r="B6" s="3" t="s">
+      <c r="C5" s="4">
+        <v>0.158</v>
+      </c>
+      <c r="D5" s="4">
+        <v>0.17499999999999999</v>
+      </c>
+      <c r="E5" s="4">
+        <v>0.14699999999999999</v>
+      </c>
+      <c r="F5" s="4">
+        <v>0.17199999999999999</v>
+      </c>
+      <c r="G5" s="4">
+        <v>0.14699999999999999</v>
+      </c>
+      <c r="H5" s="4">
+        <v>0.155</v>
+      </c>
+      <c r="I5" s="4">
+        <v>0.153</v>
+      </c>
+      <c r="J5" s="4">
+        <v>0.152</v>
+      </c>
+      <c r="K5" s="4">
+        <v>0.16200000000000001</v>
+      </c>
+      <c r="L5" s="4">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="M5" s="4">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="N5" s="4">
+        <v>0.04</v>
+      </c>
+      <c r="O5" s="4">
+        <v>0.09</v>
+      </c>
+      <c r="P5" s="4">
+        <v>0.11</v>
+      </c>
+    </row>
+    <row r="6" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B6" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="4">
-        <v>0.158</v>
+        <v>2.6459999999999999</v>
       </c>
       <c r="D6" s="4">
+        <v>2.9279999999999999</v>
+      </c>
+      <c r="E6" s="4">
+        <v>0.69599999999999995</v>
+      </c>
+      <c r="F6" s="4">
+        <v>0.66300000000000003</v>
+      </c>
+      <c r="G6" s="4">
+        <v>2.379</v>
+      </c>
+      <c r="H6" s="4">
+        <v>3.4180000000000001</v>
+      </c>
+      <c r="I6" s="4">
+        <v>2.714</v>
+      </c>
+      <c r="J6" s="4">
+        <v>2.8109999999999999</v>
+      </c>
+      <c r="K6" s="4">
+        <v>2.8039999999999998</v>
+      </c>
+      <c r="L6" s="4">
+        <v>0.67600000000000005</v>
+      </c>
+      <c r="M6" s="4">
+        <v>0.27600000000000002</v>
+      </c>
+      <c r="N6" s="4">
+        <v>1.66</v>
+      </c>
+      <c r="O6" s="4">
+        <v>0.6</v>
+      </c>
+      <c r="P6" s="4">
+        <v>2.62</v>
+      </c>
+    </row>
+    <row r="7" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B7" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="4">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="D7" s="4">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="E7" s="4">
+        <v>0.108</v>
+      </c>
+      <c r="F7" s="4">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="G7" s="4">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="H7" s="4">
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="I7" s="4">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="J7" s="4">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="K7" s="4">
+        <v>7.8E-2</v>
+      </c>
+      <c r="L7" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="M7" s="4">
+        <v>2E-3</v>
+      </c>
+      <c r="N7" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="O7" s="4">
+        <v>0.04</v>
+      </c>
+      <c r="P7" s="4">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="8" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B8" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="4">
+        <v>0.16400000000000001</v>
+      </c>
+      <c r="D8" s="4">
         <v>0.17499999999999999</v>
       </c>
-      <c r="E6" s="4">
-[...26 lines deleted...]
-      <c r="N6" s="5">
+      <c r="E8" s="4">
+        <v>0.17599999999999999</v>
+      </c>
+      <c r="F8" s="4">
+        <v>0.215</v>
+      </c>
+      <c r="G8" s="4">
+        <v>0.247</v>
+      </c>
+      <c r="H8" s="4">
+        <v>0.19500000000000001</v>
+      </c>
+      <c r="I8" s="4">
+        <v>0.218</v>
+      </c>
+      <c r="J8" s="4">
+        <v>0.156</v>
+      </c>
+      <c r="K8" s="4">
+        <v>0.26900000000000002</v>
+      </c>
+      <c r="L8" s="4">
+        <v>7.2999999999999995E-2</v>
+      </c>
+      <c r="M8" s="4">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="N8" s="4">
+        <v>0.09</v>
+      </c>
+      <c r="O8" s="4">
+        <v>0.24</v>
+      </c>
+      <c r="P8" s="4">
+        <v>0.27</v>
+      </c>
+    </row>
+    <row r="9" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B9" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" s="4">
+        <v>9.7249999999999996</v>
+      </c>
+      <c r="D9" s="4">
+        <v>10.968999999999999</v>
+      </c>
+      <c r="E9" s="4">
+        <v>7.6580000000000004</v>
+      </c>
+      <c r="F9" s="4">
+        <v>8.2949999999999999</v>
+      </c>
+      <c r="G9" s="4">
+        <v>9.2370000000000001</v>
+      </c>
+      <c r="H9" s="4">
+        <v>10.105</v>
+      </c>
+      <c r="I9" s="4">
+        <v>10.827</v>
+      </c>
+      <c r="J9" s="4">
+        <v>10.88</v>
+      </c>
+      <c r="K9" s="4">
+        <v>10.930999999999999</v>
+      </c>
+      <c r="L9" s="4">
+        <v>3.081</v>
+      </c>
+      <c r="M9" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="N9" s="4">
+        <v>0.87</v>
+      </c>
+      <c r="O9" s="4">
+        <v>5.47</v>
+      </c>
+      <c r="P9" s="4">
+        <v>7.37</v>
+      </c>
+    </row>
+    <row r="10" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B10" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="4">
+        <v>0.372</v>
+      </c>
+      <c r="D10" s="4">
+        <v>0.34100000000000003</v>
+      </c>
+      <c r="E10" s="4">
+        <v>0.40100000000000002</v>
+      </c>
+      <c r="F10" s="4">
+        <v>0.28399999999999997</v>
+      </c>
+      <c r="G10" s="4">
+        <v>0.29499999999999998</v>
+      </c>
+      <c r="H10" s="4">
+        <v>0.315</v>
+      </c>
+      <c r="I10" s="4">
+        <v>0.318</v>
+      </c>
+      <c r="J10" s="4">
+        <v>0.39700000000000002</v>
+      </c>
+      <c r="K10" s="4">
+        <v>0.441</v>
+      </c>
+      <c r="L10" s="4">
+        <v>0.122</v>
+      </c>
+      <c r="M10" s="4">
+        <v>5.5E-2</v>
+      </c>
+      <c r="N10" s="4">
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="O10" s="4">
+        <v>0.31</v>
+      </c>
+      <c r="P10" s="4">
+        <v>0.39</v>
+      </c>
+    </row>
+    <row r="11" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B11" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" s="4">
         <v>0.04</v>
       </c>
-      <c r="O6" s="5">
-[...78 lines deleted...]
-      <c r="J8" s="4">
+      <c r="D11" s="4">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="E11" s="4">
+        <v>3.9E-2</v>
+      </c>
+      <c r="F11" s="4">
+        <v>7.8E-2</v>
+      </c>
+      <c r="G11" s="4">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="H11" s="4">
+        <v>9.1999999999999998E-2</v>
+      </c>
+      <c r="I11" s="4">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="J11" s="4">
+        <v>0.14399999999999999</v>
+      </c>
+      <c r="K11" s="4">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="L11" s="4">
+        <v>2.3E-2</v>
+      </c>
+      <c r="M11" s="4">
+        <v>0</v>
+      </c>
+      <c r="N11" s="4">
+        <v>0</v>
+      </c>
+      <c r="O11" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="P11" s="4">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="12" spans="2:16" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="B12" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C12" s="4">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="D12" s="4">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="E12" s="4">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="F12" s="4">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="G12" s="4">
         <v>7.6999999999999999E-2</v>
       </c>
-      <c r="K8" s="4">
-[...5 lines deleted...]
-      <c r="M8" s="5">
+      <c r="H12" s="4">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="I12" s="4">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="J12" s="4">
+        <v>7.2999999999999995E-2</v>
+      </c>
+      <c r="K12" s="4">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="L12" s="4">
+        <v>1.6E-2</v>
+      </c>
+      <c r="M12" s="4">
         <v>2E-3</v>
       </c>
-      <c r="N8" s="5">
-[...2 lines deleted...]
-      <c r="O8" s="5">
+      <c r="N12" s="4">
+        <v>0.02</v>
+      </c>
+      <c r="O12" s="4">
         <v>0.04</v>
-      </c>
-[...186 lines deleted...]
-        <v>0.01</v>
       </c>
       <c r="P12" s="4">
         <v>0.03</v>
       </c>
     </row>
-    <row r="13" spans="2:16" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B13" s="3" t="s">
+    <row r="13" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B13" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" s="4">
+        <v>21.599</v>
+      </c>
+      <c r="D13" s="4">
+        <v>23.46</v>
+      </c>
+      <c r="E13" s="4">
+        <v>23.013999999999999</v>
+      </c>
+      <c r="F13" s="4">
+        <v>23.19</v>
+      </c>
+      <c r="G13" s="4">
+        <v>23.792000000000002</v>
+      </c>
+      <c r="H13" s="4">
+        <v>25.201000000000001</v>
+      </c>
+      <c r="I13" s="4">
+        <v>27.405000000000001</v>
+      </c>
+      <c r="J13" s="4">
+        <v>27.405000000000001</v>
+      </c>
+      <c r="K13" s="4">
+        <v>29.834</v>
+      </c>
+      <c r="L13" s="4">
+        <v>6.8120000000000003</v>
+      </c>
+      <c r="M13" s="4">
+        <v>1.002</v>
+      </c>
+      <c r="N13" s="4">
+        <v>8.16</v>
+      </c>
+      <c r="O13" s="4">
+        <v>18.28</v>
+      </c>
+      <c r="P13" s="4">
+        <v>19.989999999999998</v>
+      </c>
+    </row>
+    <row r="14" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B14" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="C13" s="4">
+      <c r="C14" s="4">
+        <v>4.4589999999999996</v>
+      </c>
+      <c r="D14" s="4">
+        <v>4.5049999999999999</v>
+      </c>
+      <c r="E14" s="4">
+        <v>4.923</v>
+      </c>
+      <c r="F14" s="4">
+        <v>5.1360000000000001</v>
+      </c>
+      <c r="G14" s="4">
+        <v>5.415</v>
+      </c>
+      <c r="H14" s="4">
+        <v>6.8070000000000004</v>
+      </c>
+      <c r="I14" s="4">
+        <v>8.4220000000000006</v>
+      </c>
+      <c r="J14" s="4">
+        <v>9.3379999999999992</v>
+      </c>
+      <c r="K14" s="4">
+        <v>9.3710000000000004</v>
+      </c>
+      <c r="L14" s="4">
+        <v>3.028</v>
+      </c>
+      <c r="M14" s="4">
+        <v>0.221</v>
+      </c>
+      <c r="N14" s="4">
+        <v>1.75</v>
+      </c>
+      <c r="O14" s="4">
+        <v>4.53</v>
+      </c>
+      <c r="P14" s="4">
+        <v>4.68</v>
+      </c>
+    </row>
+    <row r="15" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B15" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C15" s="4">
+        <v>1.66</v>
+      </c>
+      <c r="D15" s="4">
+        <v>1.742</v>
+      </c>
+      <c r="E15" s="4">
+        <v>1.988</v>
+      </c>
+      <c r="F15" s="4">
+        <v>2.355</v>
+      </c>
+      <c r="G15" s="4">
+        <v>2.85</v>
+      </c>
+      <c r="H15" s="4">
+        <v>3.4380000000000002</v>
+      </c>
+      <c r="I15" s="4">
+        <v>4.4889999999999999</v>
+      </c>
+      <c r="J15" s="4">
+        <v>5.1310000000000002</v>
+      </c>
+      <c r="K15" s="4">
+        <v>5.9560000000000004</v>
+      </c>
+      <c r="L15" s="4">
+        <v>2.1</v>
+      </c>
+      <c r="M15" s="4">
+        <v>0.113</v>
+      </c>
+      <c r="N15" s="4">
+        <v>17.77</v>
+      </c>
+      <c r="O15" s="4">
+        <v>28.07</v>
+      </c>
+      <c r="P15" s="4">
+        <v>22.74</v>
+      </c>
+    </row>
+    <row r="16" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B16" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="4">
+        <v>1.304</v>
+      </c>
+      <c r="D16" s="4">
+        <v>2.33</v>
+      </c>
+      <c r="E16" s="4">
+        <v>2.282</v>
+      </c>
+      <c r="F16" s="4">
+        <v>3.1480000000000001</v>
+      </c>
+      <c r="G16" s="4">
+        <v>3.0310000000000001</v>
+      </c>
+      <c r="H16" s="4">
+        <v>3.3130000000000002</v>
+      </c>
+      <c r="I16" s="4">
+        <v>1.9339999999999999</v>
+      </c>
+      <c r="J16" s="4">
+        <v>0.74</v>
+      </c>
+      <c r="K16" s="4">
+        <v>0.48</v>
+      </c>
+      <c r="L16" s="4">
+        <v>0.17499999999999999</v>
+      </c>
+      <c r="M16" s="4">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="N16" s="4">
+        <v>0.02</v>
+      </c>
+      <c r="O16" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="P16" s="4">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="17" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B17" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C17" s="4">
+        <v>4.8449999999999998</v>
+      </c>
+      <c r="D17" s="4">
+        <v>5.0030000000000001</v>
+      </c>
+      <c r="E17" s="4">
+        <v>4.1420000000000003</v>
+      </c>
+      <c r="F17" s="4">
+        <v>3.8969999999999998</v>
+      </c>
+      <c r="G17" s="4">
+        <v>4.0609999999999999</v>
+      </c>
+      <c r="H17" s="4">
+        <v>4.5279999999999996</v>
+      </c>
+      <c r="I17" s="4">
+        <v>4.71</v>
+      </c>
+      <c r="J17" s="4">
+        <v>3.5659999999999998</v>
+      </c>
+      <c r="K17" s="4">
+        <v>3.8290000000000002</v>
+      </c>
+      <c r="L17" s="4">
+        <v>0.42699999999999999</v>
+      </c>
+      <c r="M17" s="4">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="N17" s="4">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="O17" s="4">
+        <v>0.63</v>
+      </c>
+      <c r="P17" s="4">
+        <v>0.83</v>
+      </c>
+    </row>
+    <row r="18" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B18" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C18" s="4">
+        <v>0.71599999999999997</v>
+      </c>
+      <c r="D18" s="4">
+        <v>0.78800000000000003</v>
+      </c>
+      <c r="E18" s="4">
+        <v>0.60799999999999998</v>
+      </c>
+      <c r="F18" s="4">
+        <v>0.86499999999999999</v>
+      </c>
+      <c r="G18" s="4">
+        <v>0.58599999999999997</v>
+      </c>
+      <c r="H18" s="4">
+        <v>0.63200000000000001</v>
+      </c>
+      <c r="I18" s="4">
+        <v>0.79800000000000004</v>
+      </c>
+      <c r="J18" s="4">
+        <v>1.395</v>
+      </c>
+      <c r="K18" s="4">
+        <v>0.57899999999999996</v>
+      </c>
+      <c r="L18" s="4">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="M18" s="4">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="N18" s="4">
+        <v>0.2</v>
+      </c>
+      <c r="O18" s="4">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="P18" s="4">
+        <v>0.65</v>
+      </c>
+    </row>
+    <row r="19" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B19" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C19" s="4">
+        <v>0.72499999999999998</v>
+      </c>
+      <c r="D19" s="4">
+        <v>0.31900000000000001</v>
+      </c>
+      <c r="E19" s="4">
+        <v>0.46</v>
+      </c>
+      <c r="F19" s="4">
+        <v>1.5469999999999999</v>
+      </c>
+      <c r="G19" s="4">
+        <v>1.6779999999999999</v>
+      </c>
+      <c r="H19" s="4">
+        <v>1.694</v>
+      </c>
+      <c r="I19" s="4">
+        <v>1.71</v>
+      </c>
+      <c r="J19" s="4">
+        <v>1.758</v>
+      </c>
+      <c r="K19" s="4">
+        <v>1.76</v>
+      </c>
+      <c r="L19" s="4">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="M19" s="4">
+        <v>1.6E-2</v>
+      </c>
+      <c r="N19" s="4">
+        <v>1.92</v>
+      </c>
+      <c r="O19" s="4">
+        <v>1.89</v>
+      </c>
+      <c r="P19" s="4">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="20" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B20" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C20" s="4">
+        <v>5.74</v>
+      </c>
+      <c r="D20" s="4">
+        <v>5.9539999999999997</v>
+      </c>
+      <c r="E20" s="4">
+        <v>6.3639999999999999</v>
+      </c>
+      <c r="F20" s="4">
+        <v>5.6189999999999998</v>
+      </c>
+      <c r="G20" s="4">
+        <v>6.3650000000000002</v>
+      </c>
+      <c r="H20" s="4">
+        <v>4.6180000000000003</v>
+      </c>
+      <c r="I20" s="4">
+        <v>4.9809999999999999</v>
+      </c>
+      <c r="J20" s="4">
+        <v>5.4370000000000003</v>
+      </c>
+      <c r="K20" s="4">
+        <v>6.0880000000000001</v>
+      </c>
+      <c r="L20" s="4">
+        <v>1.653</v>
+      </c>
+      <c r="M20" s="4">
+        <v>0.72499999999999998</v>
+      </c>
+      <c r="N20" s="4">
+        <v>1.29</v>
+      </c>
+      <c r="O20" s="4">
+        <v>4.09</v>
+      </c>
+      <c r="P20" s="4">
+        <v>4.8499999999999996</v>
+      </c>
+    </row>
+    <row r="21" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B21" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C21" s="4">
+        <v>7.33</v>
+      </c>
+      <c r="D21" s="4">
+        <v>7.9370000000000003</v>
+      </c>
+      <c r="E21" s="4">
+        <v>8.5809999999999995</v>
+      </c>
+      <c r="F21" s="4">
+        <v>9.234</v>
+      </c>
+      <c r="G21" s="4">
+        <v>9.7750000000000004</v>
+      </c>
+      <c r="H21" s="4">
+        <v>10.384</v>
+      </c>
+      <c r="I21" s="4">
+        <v>10.919</v>
+      </c>
+      <c r="J21" s="4">
+        <v>10.964</v>
+      </c>
+      <c r="K21" s="4">
+        <v>11.898</v>
+      </c>
+      <c r="L21" s="4">
+        <v>3.4079999999999999</v>
+      </c>
+      <c r="M21" s="4">
+        <v>0.60499999999999998</v>
+      </c>
+      <c r="N21" s="4">
+        <v>3.46</v>
+      </c>
+      <c r="O21" s="4">
+        <v>6.49</v>
+      </c>
+      <c r="P21" s="4">
+        <v>7.38</v>
+      </c>
+    </row>
+    <row r="22" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B22" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C22" s="4">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="D22" s="4">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="E22" s="4">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="F22" s="4">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="G22" s="4">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H22" s="4">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="I22" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="J22" s="4">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="K22" s="4">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="L22" s="4">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="M22" s="4">
+        <v>0</v>
+      </c>
+      <c r="N22" s="4">
+        <v>0</v>
+      </c>
+      <c r="O22" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="P22" s="4">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="23" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B23" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="H23" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="I23" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="J23" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" s="4">
+        <v>0.38700000000000001</v>
+      </c>
+      <c r="L23" s="4">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="M23" s="4">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="N23" s="4">
+        <v>0.21</v>
+      </c>
+      <c r="O23" s="4">
+        <v>0.36299999999999999</v>
+      </c>
+      <c r="P23" s="4">
+        <v>0.39700000000000002</v>
+      </c>
+    </row>
+    <row r="24" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B24" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C24" s="4">
+        <v>2.6960000000000002</v>
+      </c>
+      <c r="D24" s="4">
+        <v>2.7589999999999999</v>
+      </c>
+      <c r="E24" s="4">
+        <v>2.8029999999999999</v>
+      </c>
+      <c r="F24" s="4">
+        <v>3.1619999999999999</v>
+      </c>
+      <c r="G24" s="4">
+        <v>4.2140000000000004</v>
+      </c>
+      <c r="H24" s="4">
+        <v>3.6320000000000001</v>
+      </c>
+      <c r="I24" s="4">
+        <v>3.5910000000000002</v>
+      </c>
+      <c r="J24" s="4">
+        <v>3.7549999999999999</v>
+      </c>
+      <c r="K24" s="4">
+        <v>3.28</v>
+      </c>
+      <c r="L24" s="4">
+        <v>0.998</v>
+      </c>
+      <c r="M24" s="4">
+        <v>0.41599999999999998</v>
+      </c>
+      <c r="N24" s="4">
+        <v>2.04</v>
+      </c>
+      <c r="O24" s="4">
+        <v>1.83</v>
+      </c>
+      <c r="P24" s="4">
+        <v>1.68</v>
+      </c>
+    </row>
+    <row r="25" spans="2:16" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="B25" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C25" s="4">
+        <v>48.154000000000003</v>
+      </c>
+      <c r="D25" s="4">
+        <v>26.518999999999998</v>
+      </c>
+      <c r="E25" s="4">
+        <v>41.563000000000002</v>
+      </c>
+      <c r="F25" s="4">
+        <v>43.890999999999998</v>
+      </c>
+      <c r="G25" s="4">
+        <v>44.088999999999999</v>
+      </c>
+      <c r="H25" s="4">
+        <v>46.7</v>
+      </c>
+      <c r="I25" s="4">
+        <v>50.784999999999997</v>
+      </c>
+      <c r="J25" s="4">
+        <v>50.784999999999997</v>
+      </c>
+      <c r="K25" s="4">
+        <v>55.286999999999999</v>
+      </c>
+      <c r="L25" s="4">
+        <v>12.624000000000001</v>
+      </c>
+      <c r="M25" s="4">
+        <v>1.8560000000000001</v>
+      </c>
+      <c r="N25" s="4">
+        <v>15.12</v>
+      </c>
+      <c r="O25" s="4">
+        <v>33.880000000000003</v>
+      </c>
+      <c r="P25" s="4">
+        <v>37.049999999999997</v>
+      </c>
+    </row>
+    <row r="26" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B26" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C26" s="4">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="D26" s="4">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="E26" s="4">
+        <v>1.9E-2</v>
+      </c>
+      <c r="F26" s="4">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="G26" s="4">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="H26" s="4">
+        <v>3.1E-2</v>
+      </c>
+      <c r="I26" s="4">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="J26" s="4">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="K26" s="4">
+        <v>0.13600000000000001</v>
+      </c>
+      <c r="L26" s="4">
+        <v>3.1E-2</v>
+      </c>
+      <c r="M26" s="4">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="N26" s="4">
+        <v>0.04</v>
+      </c>
+      <c r="O26" s="4">
+        <v>0.04</v>
+      </c>
+      <c r="P26" s="4">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="27" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B27" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C27" s="4">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="D27" s="4">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="E27" s="4">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="F27" s="4">
+        <v>8.6999999999999994E-2</v>
+      </c>
+      <c r="G27" s="4">
+        <v>0.08</v>
+      </c>
+      <c r="H27" s="4">
+        <v>8.5000000000000006E-2</v>
+      </c>
+      <c r="I27" s="4">
+        <v>0.121</v>
+      </c>
+      <c r="J27" s="4">
+        <v>0.18099999999999999</v>
+      </c>
+      <c r="K27" s="4">
+        <v>0.25800000000000001</v>
+      </c>
+      <c r="L27" s="4">
+        <v>2.3E-2</v>
+      </c>
+      <c r="M27" s="4">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="N27" s="4">
+        <v>0.08</v>
+      </c>
+      <c r="O27" s="4">
+        <v>0.2</v>
+      </c>
+      <c r="P27" s="4">
+        <v>0.23</v>
+      </c>
+    </row>
+    <row r="28" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B28" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C28" s="4">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="D28" s="4">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="E28" s="4">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="F28" s="4">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="G28" s="4">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="H28" s="4">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="I28" s="4">
+        <v>1.2E-2</v>
+      </c>
+      <c r="J28" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="K28" s="4">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="L28" s="4">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="M28" s="4">
+        <v>2E-3</v>
+      </c>
+      <c r="N28" s="4">
+        <v>0.03</v>
+      </c>
+      <c r="O28" s="4">
+        <v>0.04</v>
+      </c>
+      <c r="P28" s="4">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="29" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B29" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C29" s="4">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="D29" s="4">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="E29" s="4">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="F29" s="4">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="G29" s="4">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="H29" s="4">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="I29" s="4">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="J29" s="4">
+        <v>0.05</v>
+      </c>
+      <c r="K29" s="4">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="L29" s="4">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="M29" s="4">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="N29" s="4">
+        <v>0.03</v>
+      </c>
+      <c r="O29" s="4">
+        <v>0.05</v>
+      </c>
+      <c r="P29" s="4">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="30" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B30" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C30" s="4">
+        <v>0.60699999999999998</v>
+      </c>
+      <c r="D30" s="4">
+        <v>0.64700000000000002</v>
+      </c>
+      <c r="E30" s="4">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="F30" s="4">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="G30" s="4">
+        <v>0.67</v>
+      </c>
+      <c r="H30" s="4">
+        <v>0.76400000000000001</v>
+      </c>
+      <c r="I30" s="4">
+        <v>1</v>
+      </c>
+      <c r="J30" s="4">
+        <v>1.1080000000000001</v>
+      </c>
+      <c r="K30" s="4">
+        <v>1.151</v>
+      </c>
+      <c r="L30" s="4">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="M30" s="4">
+        <v>2.3E-2</v>
+      </c>
+      <c r="N30" s="4">
+        <v>0.22</v>
+      </c>
+      <c r="O30" s="4">
+        <v>0.45200000000000001</v>
+      </c>
+      <c r="P30" s="4">
+        <v>0.879</v>
+      </c>
+    </row>
+    <row r="31" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B31" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C31" s="4">
+        <v>0.52300000000000002</v>
+      </c>
+      <c r="D31" s="4">
+        <v>0.52900000000000003</v>
+      </c>
+      <c r="E31" s="4">
+        <v>0.42599999999999999</v>
+      </c>
+      <c r="F31" s="4">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="G31" s="4">
+        <v>1.0620000000000001</v>
+      </c>
+      <c r="H31" s="4">
+        <v>1.1739999999999999</v>
+      </c>
+      <c r="I31" s="4">
+        <v>1.3140000000000001</v>
+      </c>
+      <c r="J31" s="4">
+        <v>1.411</v>
+      </c>
+      <c r="K31" s="4">
+        <v>1.4990000000000001</v>
+      </c>
+      <c r="L31" s="4">
+        <v>0.92100000000000004</v>
+      </c>
+      <c r="M31" s="4">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="N31" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="O31" s="4">
+        <v>0.31</v>
+      </c>
+      <c r="P31" s="4">
+        <v>0.18</v>
+      </c>
+    </row>
+    <row r="32" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B32" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C32" s="4">
+        <v>1.51</v>
+      </c>
+      <c r="D32" s="4">
+        <v>1.4379999999999999</v>
+      </c>
+      <c r="E32" s="4">
+        <v>2.0409999999999999</v>
+      </c>
+      <c r="F32" s="4">
+        <v>2.5539999999999998</v>
+      </c>
+      <c r="G32" s="4">
+        <v>2.4239999999999999</v>
+      </c>
+      <c r="H32" s="4">
+        <v>6.5970000000000004</v>
+      </c>
+      <c r="I32" s="4">
+        <v>11.086</v>
+      </c>
+      <c r="J32" s="4">
+        <v>12.01</v>
+      </c>
+      <c r="K32" s="4">
+        <v>11.013</v>
+      </c>
+      <c r="L32" s="4">
+        <v>3.5910000000000002</v>
+      </c>
+      <c r="M32" s="4">
+        <v>3.081</v>
+      </c>
+      <c r="N32" s="4">
+        <v>3.29</v>
+      </c>
+      <c r="O32" s="4">
+        <v>7.42</v>
+      </c>
+      <c r="P32" s="4">
+        <v>5.42</v>
+      </c>
+    </row>
+    <row r="33" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B33" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C33" s="4">
+        <v>13.52</v>
+      </c>
+      <c r="D33" s="4">
+        <v>14.513999999999999</v>
+      </c>
+      <c r="E33" s="4">
+        <v>14.372</v>
+      </c>
+      <c r="F33" s="4">
+        <v>15.256</v>
+      </c>
+      <c r="G33" s="4">
+        <v>14.753</v>
+      </c>
+      <c r="H33" s="4">
+        <v>15.137</v>
+      </c>
+      <c r="I33" s="4">
+        <v>16.100000000000001</v>
+      </c>
+      <c r="J33" s="4">
+        <v>17.542999999999999</v>
+      </c>
+      <c r="K33" s="4">
+        <v>16.056000000000001</v>
+      </c>
+      <c r="L33" s="4">
+        <v>4.4649999999999999</v>
+      </c>
+      <c r="M33" s="4">
+        <v>0.34799999999999998</v>
+      </c>
+      <c r="N33" s="4">
+        <v>3.97</v>
+      </c>
+      <c r="O33" s="4">
+        <v>17</v>
+      </c>
+      <c r="P33" s="4">
+        <v>20.72</v>
+      </c>
+    </row>
+    <row r="34" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B34" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C34" s="4">
+        <v>0.23599999999999999</v>
+      </c>
+      <c r="D34" s="4">
+        <v>0.26500000000000001</v>
+      </c>
+      <c r="E34" s="4">
+        <v>0.317</v>
+      </c>
+      <c r="F34" s="4">
+        <v>0.49199999999999999</v>
+      </c>
+      <c r="G34" s="4">
+        <v>0.38500000000000001</v>
+      </c>
+      <c r="H34" s="4">
+        <v>0.66</v>
+      </c>
+      <c r="I34" s="4">
+        <v>0.49099999999999999</v>
+      </c>
+      <c r="J34" s="4">
+        <v>0.71199999999999997</v>
+      </c>
+      <c r="K34" s="4">
+        <v>1.3340000000000001</v>
+      </c>
+      <c r="L34" s="4">
+        <v>0.19900000000000001</v>
+      </c>
+      <c r="M34" s="4">
+        <v>0.115</v>
+      </c>
+      <c r="N34" s="4">
+        <v>0.69</v>
+      </c>
+      <c r="O34" s="4">
+        <v>0.94</v>
+      </c>
+      <c r="P34" s="4">
+        <v>0.85</v>
+      </c>
+    </row>
+    <row r="35" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B35" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C35" s="4">
+        <v>33.738999999999997</v>
+      </c>
+      <c r="D35" s="4">
+        <v>35.616999999999997</v>
+      </c>
+      <c r="E35" s="4">
+        <v>39.905000000000001</v>
+      </c>
+      <c r="F35" s="4">
+        <v>46.576000000000001</v>
+      </c>
+      <c r="G35" s="4">
+        <v>46.847000000000001</v>
+      </c>
+      <c r="H35" s="4">
+        <v>47.22</v>
+      </c>
+      <c r="I35" s="4">
+        <v>48.604999999999997</v>
+      </c>
+      <c r="J35" s="4">
+        <v>60.743000000000002</v>
+      </c>
+      <c r="K35" s="4">
+        <v>68.662999999999997</v>
+      </c>
+      <c r="L35" s="4">
+        <v>12.282999999999999</v>
+      </c>
+      <c r="M35" s="4">
+        <v>0.57599999999999996</v>
+      </c>
+      <c r="N35" s="4">
+        <v>4.07</v>
+      </c>
+      <c r="O35" s="4">
+        <v>11.75</v>
+      </c>
+      <c r="P35" s="4">
+        <v>11.61</v>
+      </c>
+    </row>
+    <row r="36" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B36" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" s="4">
+        <v>1.54</v>
+      </c>
+      <c r="F36" s="4">
+        <v>0.752</v>
+      </c>
+      <c r="G36" s="4">
+        <v>1.2609999999999999</v>
+      </c>
+      <c r="H36" s="4">
+        <v>1.6659999999999999</v>
+      </c>
+      <c r="I36" s="4">
+        <v>2.5179999999999998</v>
+      </c>
+      <c r="J36" s="4">
+        <v>3.1819999999999999</v>
+      </c>
+      <c r="K36" s="4">
+        <v>3.2330000000000001</v>
+      </c>
+      <c r="L36" s="4">
+        <v>0.46700000000000003</v>
+      </c>
+      <c r="M36" s="4">
         <v>5.8999999999999997E-2</v>
       </c>
-      <c r="D13" s="4">
-[...328 lines deleted...]
-      <c r="D20" s="4">
+      <c r="N36" s="4">
+        <v>0.68</v>
+      </c>
+      <c r="O36" s="4">
+        <v>1.61</v>
+      </c>
+      <c r="P36" s="4">
+        <v>1.55</v>
+      </c>
+    </row>
+    <row r="37" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B37" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C37" s="4">
+        <v>0.06</v>
+      </c>
+      <c r="D37" s="4">
+        <v>7.8E-2</v>
+      </c>
+      <c r="E37" s="4">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="F37" s="4">
+        <v>0.26700000000000002</v>
+      </c>
+      <c r="G37" s="4">
+        <v>0.34899999999999998</v>
+      </c>
+      <c r="H37" s="4">
+        <v>0.36799999999999999</v>
+      </c>
+      <c r="I37" s="4">
+        <v>0.69899999999999995</v>
+      </c>
+      <c r="J37" s="4">
+        <v>1.0289999999999999</v>
+      </c>
+      <c r="K37" s="4">
+        <v>1.544</v>
+      </c>
+      <c r="L37" s="4">
         <v>0.31900000000000001</v>
       </c>
-      <c r="E20" s="4">
-[...123 lines deleted...]
-      <c r="O22" s="5">
+      <c r="M37" s="4">
+        <v>0</v>
+      </c>
+      <c r="N37" s="4">
+        <v>0.08</v>
+      </c>
+      <c r="O37" s="4">
+        <v>0.67</v>
+      </c>
+      <c r="P37" s="4">
+        <v>0.91</v>
+      </c>
+    </row>
+    <row r="38" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B38" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C38" s="4">
+        <v>18.870999999999999</v>
+      </c>
+      <c r="D38" s="4">
+        <v>19.945</v>
+      </c>
+      <c r="E38" s="4">
+        <v>20.544</v>
+      </c>
+      <c r="F38" s="4">
+        <v>29.097000000000001</v>
+      </c>
+      <c r="G38" s="4">
+        <v>31.041</v>
+      </c>
+      <c r="H38" s="4">
+        <v>31.568000000000001</v>
+      </c>
+      <c r="I38" s="4">
+        <v>35.561999999999998</v>
+      </c>
+      <c r="J38" s="4">
+        <v>37.808</v>
+      </c>
+      <c r="K38" s="4">
+        <v>47.451999999999998</v>
+      </c>
+      <c r="L38" s="4">
+        <v>8.9090000000000007</v>
+      </c>
+      <c r="M38" s="4">
+        <v>0.44700000000000001</v>
+      </c>
+      <c r="N38" s="4">
         <v>6.49</v>
       </c>
-      <c r="P22" s="4">
-[...257 lines deleted...]
-      <c r="H28" s="4">
+      <c r="O38" s="4">
+        <v>16.02</v>
+      </c>
+      <c r="P38" s="4">
+        <v>22.69</v>
+      </c>
+    </row>
+    <row r="39" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B39" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C39" s="4">
+        <v>1.2470000000000001</v>
+      </c>
+      <c r="D39" s="4">
+        <v>1.246</v>
+      </c>
+      <c r="E39" s="4">
+        <v>0.97699999999999998</v>
+      </c>
+      <c r="F39" s="4">
+        <v>1.02</v>
+      </c>
+      <c r="G39" s="4">
+        <v>1.0589999999999999</v>
+      </c>
+      <c r="H39" s="4">
+        <v>1.171</v>
+      </c>
+      <c r="I39" s="4">
+        <v>1.337</v>
+      </c>
+      <c r="J39" s="4">
+        <v>1.5129999999999999</v>
+      </c>
+      <c r="K39" s="4">
+        <v>1.5229999999999999</v>
+      </c>
+      <c r="L39" s="4">
+        <v>0.41299999999999998</v>
+      </c>
+      <c r="M39" s="4">
         <v>8.5000000000000006E-2</v>
       </c>
-      <c r="I28" s="4">
-[...293 lines deleted...]
-      <c r="M34" s="5">
+      <c r="N39" s="4">
+        <v>0.62</v>
+      </c>
+      <c r="O39" s="4">
+        <v>1.43</v>
+      </c>
+      <c r="P39" s="4">
+        <v>1.39</v>
+      </c>
+    </row>
+    <row r="40" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B40" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C40" s="4">
+        <v>12.132999999999999</v>
+      </c>
+      <c r="D40" s="4">
+        <v>12.196</v>
+      </c>
+      <c r="E40" s="4">
+        <v>12.452</v>
+      </c>
+      <c r="F40" s="4">
+        <v>13.757</v>
+      </c>
+      <c r="G40" s="4">
+        <v>14.895</v>
+      </c>
+      <c r="H40" s="4">
+        <v>15.287000000000001</v>
+      </c>
+      <c r="I40" s="4">
+        <v>15.749000000000001</v>
+      </c>
+      <c r="J40" s="4">
+        <v>16.170999999999999</v>
+      </c>
+      <c r="K40" s="4">
+        <v>16.561</v>
+      </c>
+      <c r="L40" s="4">
+        <v>4.633</v>
+      </c>
+      <c r="M40" s="4">
         <v>0.34799999999999998</v>
       </c>
-      <c r="N34" s="5">
-[...198 lines deleted...]
-      <c r="B39" s="3" t="s">
+      <c r="N40" s="4">
+        <v>10.37</v>
+      </c>
+      <c r="O40" s="4">
+        <v>27.07</v>
+      </c>
+      <c r="P40" s="4">
+        <v>31.24</v>
+      </c>
+    </row>
+    <row r="41" spans="2:16" s="7" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="C39" s="4">
-[...43 lines deleted...]
-      <c r="B40" s="3" t="s">
+      <c r="C41" s="6">
+        <v>194.971</v>
+      </c>
+      <c r="D41" s="6">
+        <v>182.631</v>
+      </c>
+      <c r="E41" s="6">
+        <v>199.51</v>
+      </c>
+      <c r="F41" s="6">
+        <v>223.34</v>
+      </c>
+      <c r="G41" s="6">
+        <v>233.262</v>
+      </c>
+      <c r="H41" s="6">
+        <v>247.14500000000001</v>
+      </c>
+      <c r="I41" s="6">
+        <v>268.86700000000002</v>
+      </c>
+      <c r="J41" s="6">
+        <v>288.51100000000002</v>
+      </c>
+      <c r="K41" s="6">
+        <v>314.08699999999999</v>
+      </c>
+      <c r="L41" s="6">
+        <v>71.718000000000004</v>
+      </c>
+      <c r="M41" s="6">
+        <v>10.544</v>
+      </c>
+      <c r="N41" s="6">
+        <v>85.88</v>
+      </c>
+      <c r="O41" s="6">
+        <v>192.41</v>
+      </c>
+      <c r="P41" s="6">
+        <v>209.42</v>
+      </c>
+    </row>
+    <row r="42" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B42" s="8" t="s">
         <v>38</v>
       </c>
-      <c r="C40" s="4">
-[...43 lines deleted...]
-      <c r="B41" s="3" t="s">
+      <c r="C42" s="8"/>
+      <c r="D42" s="8"/>
+      <c r="E42" s="8"/>
+      <c r="F42" s="8"/>
+      <c r="G42" s="8"/>
+      <c r="H42" s="8"/>
+      <c r="I42" s="8"/>
+      <c r="J42" s="8"/>
+      <c r="K42" s="8"/>
+      <c r="L42" s="8"/>
+      <c r="M42" s="8"/>
+      <c r="N42" s="8"/>
+      <c r="O42" s="8"/>
+      <c r="P42" s="8"/>
+    </row>
+    <row r="43" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B43" s="8" t="s">
         <v>39</v>
       </c>
-      <c r="C41" s="4">
-[...43 lines deleted...]
-      <c r="B42" s="1" t="s">
+      <c r="C43" s="8"/>
+      <c r="D43" s="8"/>
+      <c r="E43" s="8"/>
+      <c r="F43" s="8"/>
+      <c r="G43" s="8"/>
+      <c r="H43" s="8"/>
+      <c r="I43" s="8"/>
+      <c r="J43" s="8"/>
+      <c r="K43" s="8"/>
+      <c r="L43" s="8"/>
+      <c r="M43" s="8"/>
+      <c r="N43" s="8"/>
+      <c r="O43" s="8"/>
+      <c r="P43" s="8"/>
+    </row>
+    <row r="44" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B44" s="8" t="s">
         <v>40</v>
       </c>
-      <c r="C42" s="6">
-[...43 lines deleted...]
-      <c r="B43" s="15" t="s">
+      <c r="C44" s="8"/>
+      <c r="D44" s="8"/>
+      <c r="E44" s="8"/>
+      <c r="F44" s="8"/>
+      <c r="G44" s="8"/>
+      <c r="H44" s="8"/>
+      <c r="I44" s="8"/>
+      <c r="J44" s="8"/>
+      <c r="K44" s="8"/>
+      <c r="L44" s="8"/>
+      <c r="M44" s="8"/>
+      <c r="N44" s="8"/>
+      <c r="O44" s="8"/>
+      <c r="P44" s="8"/>
+    </row>
+    <row r="45" spans="2:16" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="C43" s="16"/>
-[...15 lines deleted...]
-      <c r="B44" s="14" t="s">
+      <c r="C45" s="8"/>
+      <c r="D45" s="8"/>
+      <c r="E45" s="8"/>
+      <c r="F45" s="8"/>
+      <c r="G45" s="8"/>
+      <c r="H45" s="8"/>
+      <c r="I45" s="8"/>
+      <c r="J45" s="8"/>
+      <c r="K45" s="8"/>
+      <c r="L45" s="8"/>
+      <c r="M45" s="8"/>
+      <c r="N45" s="8"/>
+      <c r="O45" s="8"/>
+      <c r="P45" s="8"/>
+    </row>
+    <row r="46" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B46" s="8" t="s">
         <v>42</v>
       </c>
-      <c r="C44" s="18"/>
-[...69 lines deleted...]
-      <c r="P47" s="22"/>
+      <c r="C46" s="8"/>
+      <c r="D46" s="8"/>
+      <c r="E46" s="8"/>
+      <c r="F46" s="8"/>
+      <c r="G46" s="8"/>
+      <c r="H46" s="8"/>
+      <c r="I46" s="8"/>
+      <c r="J46" s="8"/>
+      <c r="K46" s="8"/>
+      <c r="L46" s="8"/>
+      <c r="M46" s="8"/>
+      <c r="N46" s="8"/>
+      <c r="O46" s="8"/>
+      <c r="P46" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="7">
+    <mergeCell ref="B45:P45"/>
+    <mergeCell ref="B46:P46"/>
+    <mergeCell ref="B2:P2"/>
+    <mergeCell ref="B3:P3"/>
+    <mergeCell ref="B42:P42"/>
     <mergeCell ref="B43:P43"/>
     <mergeCell ref="B44:P44"/>
-    <mergeCell ref="B45:P45"/>
-[...3 lines deleted...]
-    <mergeCell ref="B4:P4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010003F3409F81F88A41AA89F7E1C005A8E7" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0693690fb68b23ab3a4574807011cbaf">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="8b9646d2-36da-40fd-9dc5-9817bcb3cfe1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4ed0d3daba3fabcfdfef0e880ad48bd6" ns3:_="">
+    <xsd:import namespace="8b9646d2-36da-40fd-9dc5-9817bcb3cfe1"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:_activity" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8b9646d2-36da-40fd-9dc5-9817bcb3cfe1" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSystemTags" ma:index="15" nillable="true" ma:displayName="MediaServiceSystemTags" ma:hidden="true" ma:internalName="MediaServiceSystemTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_activity" ma:index="17" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="8b9646d2-36da-40fd-9dc5-9817bcb3cfe1" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{853CE6F3-F1EF-4B1D-80DF-3745251CE794}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10C90A94-E403-4E02-A49B-075881D77666}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="8b9646d2-36da-40fd-9dc5-9817bcb3cfe1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03AEF8C2-B176-4364-9B2F-B76019645F4B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="8b9646d2-36da-40fd-9dc5-9817bcb3cfe1"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>T_182</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>RBI</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Website, Support</dc:creator>
+  <dc:creator>RBIWebsite Support, Tiwari</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010003F3409F81F88A41AA89F7E1C005A8E7</vt:lpwstr>
+  </property>
+</Properties>
+</file>