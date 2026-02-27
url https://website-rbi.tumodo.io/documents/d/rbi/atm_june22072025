--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -3,54 +3,54 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Gaush\0Dec2025\23-12-2025\ATM &amp; Card Statistics data - November  2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Gaush\0Jan2026\23-01-2026\ATM &amp; Card Statistics data - December  2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9197D841-942D-4774-939B-225AD7A05D38}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{84808175-F5E3-4BCE-A6FF-D5E0DC327C70}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="June 2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'June 2025'!$D$8:$AC$79</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -66,51 +66,51 @@
   <c r="AA79" i="1"/>
   <c r="Z79" i="1"/>
   <c r="Y79" i="1"/>
   <c r="X79" i="1"/>
   <c r="W79" i="1"/>
   <c r="V79" i="1"/>
   <c r="U79" i="1"/>
   <c r="T79" i="1"/>
   <c r="S79" i="1"/>
   <c r="R79" i="1"/>
   <c r="Q79" i="1"/>
   <c r="P79" i="1"/>
   <c r="O79" i="1"/>
   <c r="N79" i="1"/>
   <c r="L79" i="1"/>
   <c r="K79" i="1"/>
   <c r="J79" i="1"/>
   <c r="I79" i="1"/>
   <c r="H79" i="1"/>
   <c r="G79" i="1"/>
   <c r="F79" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="126">
   <si>
     <t>ATM, Acceptance Infrastructure and Card Statistics for the Month of June 2025</t>
   </si>
   <si>
     <t>Sr. No.</t>
   </si>
   <si>
     <t>Bank Name</t>
   </si>
   <si>
     <t xml:space="preserve">Infrastructure </t>
   </si>
   <si>
     <t>Card Payments and Cash Withdrawal Transactions during the month</t>
   </si>
   <si>
     <t>Number - Outstanding (as on month end)</t>
   </si>
   <si>
     <t>Credit Card</t>
   </si>
   <si>
     <t>Debit Card</t>
   </si>
   <si>
@@ -362,50 +362,56 @@
   <si>
     <t>JANA SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>SLICE SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>SHIVALIK SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>SURYODAY SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>UJJIVAN SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>UNITY SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>UTKARSH SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
+    <t>Note</t>
+  </si>
+  <si>
+    <t>The data is provisional</t>
+  </si>
+  <si>
     <t>Total number of ATMs &amp; CRMs deployed on-site by the bank</t>
   </si>
   <si>
     <t>Total number of ATMs &amp; CRMs deployed off-site by the bank</t>
   </si>
   <si>
     <t>Total number of PoS terminals deployed by the bank</t>
   </si>
   <si>
     <t>Total number of Micro ATMs deployed by the bank</t>
   </si>
   <si>
     <t>Total number of Bharat QR Codes deployed by the bank</t>
   </si>
   <si>
     <t>Total number of UPI QR Codes deployed by the bank</t>
   </si>
   <si>
     <t>Total number of credit cards issued outstanding (after adjusting the number of cards withdrawan/cancelled)</t>
   </si>
   <si>
     <t>Total number of debit cards issued outstanding (after adjusting the number of cards withdrawan/cancelled)</t>
   </si>
   <si>
     <t>Total number of financial transactions done by the credit card issued by the bank at PoS terminals</t>
@@ -438,71 +444,57 @@
     <t>Total value of financial transactions done by the debit card issued by the bank at PoS terminals</t>
   </si>
   <si>
     <t>Total number of financial transactions done by the debit card issued by the bank at online and e-commerce sites</t>
   </si>
   <si>
     <t>Total value of financial transactions done by the debit card issued by the bank at online and e-commerce sites</t>
   </si>
   <si>
     <t>Total number of other financial transactions done by the debit card issued by the bank (example: debit card transactions done at ATMs viz card to card transactions, Bill Payments, Credit Card Payments, Mobile Recharge etc)</t>
   </si>
   <si>
     <t>Total value of other financial transactions done by the debit card issued by the bank (example: debit card transactions done at ATMs viz card to card transactions, Bill Payments, Credit Card Payments, Mobile Recharge etc)</t>
   </si>
   <si>
     <t>Total number of cash withdrawal transactions done by the debit card issued by the bank at ATMs</t>
   </si>
   <si>
     <t>Total value of cash withdrawal transactions done by the debit card issued by the bank at ATMs</t>
   </si>
   <si>
     <t>Total number of cash withdrawal transactions done by the debit card issued by the bank at PoS terminals</t>
   </si>
   <si>
     <t>Total value of cash withdrawal transactions done by the debit card issued by the bank at PoS terminals</t>
-  </si>
-[...12 lines deleted...]
-    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -517,179 +509,166 @@
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
-    <font>
-[...4 lines deleted...]
-    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...9 lines deleted...]
-      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="44">
+  <cellXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -707,90 +686,78 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2 10" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 2 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
@@ -1081,362 +1048,362 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A2:AE106"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane xSplit="3" ySplit="8" topLeftCell="D9" activePane="bottomRight" state="frozen"/>
       <selection activeCell="C49" sqref="C49:AE49"/>
       <selection pane="topRight" activeCell="C49" sqref="C49:AE49"/>
       <selection pane="bottomLeft" activeCell="C49" sqref="C49:AE49"/>
-      <selection pane="bottomRight" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomRight" activeCell="D3" sqref="D3:K3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.28515625" style="18" customWidth="1"/>
-[...29 lines deleted...]
-    <col min="31" max="16384" width="8.85546875" style="19"/>
+    <col min="1" max="1" width="6.7109375" style="19" customWidth="1"/>
+    <col min="2" max="2" width="5.42578125" style="20" customWidth="1"/>
+    <col min="3" max="3" width="40.5703125" style="20" customWidth="1"/>
+    <col min="4" max="4" width="9.42578125" style="33" customWidth="1"/>
+    <col min="5" max="5" width="9.28515625" style="33" customWidth="1"/>
+    <col min="6" max="6" width="9.7109375" style="20" customWidth="1"/>
+    <col min="7" max="7" width="9.28515625" style="20" customWidth="1"/>
+    <col min="8" max="8" width="10.42578125" style="20" customWidth="1"/>
+    <col min="9" max="9" width="11.5703125" style="20" customWidth="1"/>
+    <col min="10" max="10" width="11" style="20" customWidth="1"/>
+    <col min="11" max="11" width="12.5703125" style="20" customWidth="1"/>
+    <col min="12" max="12" width="11.7109375" style="20" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="10.28515625" style="20" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="11.7109375" style="20" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="11.28515625" style="20" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="8.85546875" style="20" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="9.7109375" style="20" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="8.85546875" style="20" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="9.7109375" style="20" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="11.7109375" style="20" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="10.28515625" style="20" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="11.7109375" style="20" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="10.28515625" style="20" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="10.85546875" style="20" customWidth="1"/>
+    <col min="25" max="25" width="9.7109375" style="20" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="12.28515625" style="20" customWidth="1"/>
+    <col min="27" max="27" width="14.5703125" style="20" customWidth="1"/>
+    <col min="28" max="28" width="8.85546875" style="20" bestFit="1" customWidth="1"/>
+    <col min="29" max="29" width="9.7109375" style="20" bestFit="1" customWidth="1"/>
+    <col min="30" max="30" width="12.28515625" style="20" customWidth="1"/>
+    <col min="31" max="16384" width="8.85546875" style="20"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B2" s="35" t="s">
-[...28 lines deleted...]
-      <c r="AC2" s="35"/>
+      <c r="B2" s="38" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="38"/>
+      <c r="I2" s="38"/>
+      <c r="J2" s="38"/>
+      <c r="K2" s="38"/>
+      <c r="L2" s="38"/>
+      <c r="M2" s="38"/>
+      <c r="N2" s="38"/>
+      <c r="O2" s="38"/>
+      <c r="P2" s="38"/>
+      <c r="Q2" s="38"/>
+      <c r="R2" s="38"/>
+      <c r="S2" s="38"/>
+      <c r="T2" s="38"/>
+      <c r="U2" s="38"/>
+      <c r="V2" s="38"/>
+      <c r="W2" s="38"/>
+      <c r="X2" s="38"/>
+      <c r="Y2" s="38"/>
+      <c r="Z2" s="38"/>
+      <c r="AA2" s="38"/>
+      <c r="AB2" s="38"/>
+      <c r="AC2" s="38"/>
     </row>
     <row r="3" spans="1:29" x14ac:dyDescent="0.2">
       <c r="B3" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="35" t="s">
+      <c r="C3" s="38" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="36" t="s">
+      <c r="D3" s="39" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="36"/>
-[...6 lines deleted...]
-      <c r="L3" s="35" t="s">
+      <c r="E3" s="39"/>
+      <c r="F3" s="39"/>
+      <c r="G3" s="39"/>
+      <c r="H3" s="39"/>
+      <c r="I3" s="39"/>
+      <c r="J3" s="39"/>
+      <c r="K3" s="39"/>
+      <c r="L3" s="38" t="s">
         <v>4</v>
       </c>
-      <c r="M3" s="35"/>
-[...15 lines deleted...]
-      <c r="AC3" s="35"/>
+      <c r="M3" s="38"/>
+      <c r="N3" s="38"/>
+      <c r="O3" s="38"/>
+      <c r="P3" s="38"/>
+      <c r="Q3" s="38"/>
+      <c r="R3" s="38"/>
+      <c r="S3" s="38"/>
+      <c r="T3" s="38"/>
+      <c r="U3" s="38"/>
+      <c r="V3" s="38"/>
+      <c r="W3" s="38"/>
+      <c r="X3" s="38"/>
+      <c r="Y3" s="38"/>
+      <c r="Z3" s="38"/>
+      <c r="AA3" s="38"/>
+      <c r="AB3" s="38"/>
+      <c r="AC3" s="38"/>
     </row>
     <row r="4" spans="1:29" x14ac:dyDescent="0.2">
       <c r="B4" s="37"/>
-      <c r="C4" s="35"/>
+      <c r="C4" s="38"/>
       <c r="D4" s="37" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="37"/>
       <c r="F4" s="37"/>
       <c r="G4" s="37"/>
       <c r="H4" s="37"/>
       <c r="I4" s="37"/>
       <c r="J4" s="37"/>
       <c r="K4" s="37"/>
-      <c r="L4" s="35" t="s">
+      <c r="L4" s="38" t="s">
         <v>6</v>
       </c>
-      <c r="M4" s="35"/>
-[...6 lines deleted...]
-      <c r="T4" s="35" t="s">
+      <c r="M4" s="38"/>
+      <c r="N4" s="38"/>
+      <c r="O4" s="38"/>
+      <c r="P4" s="38"/>
+      <c r="Q4" s="38"/>
+      <c r="R4" s="38"/>
+      <c r="S4" s="38"/>
+      <c r="T4" s="38" t="s">
         <v>7</v>
       </c>
-      <c r="U4" s="35"/>
-[...7 lines deleted...]
-      <c r="AC4" s="35"/>
+      <c r="U4" s="38"/>
+      <c r="V4" s="38"/>
+      <c r="W4" s="38"/>
+      <c r="X4" s="38"/>
+      <c r="Y4" s="38"/>
+      <c r="Z4" s="38"/>
+      <c r="AA4" s="38"/>
+      <c r="AB4" s="38"/>
+      <c r="AC4" s="38"/>
     </row>
     <row r="5" spans="1:29" x14ac:dyDescent="0.2">
       <c r="B5" s="37"/>
-      <c r="C5" s="35"/>
+      <c r="C5" s="38"/>
       <c r="D5" s="37" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="37"/>
       <c r="F5" s="37" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="37" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="37" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="37" t="s">
         <v>12</v>
       </c>
       <c r="J5" s="37" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="37" t="s">
         <v>14</v>
       </c>
-      <c r="L5" s="35" t="s">
+      <c r="L5" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="M5" s="35"/>
-[...4 lines deleted...]
-      <c r="R5" s="35" t="s">
+      <c r="M5" s="38"/>
+      <c r="N5" s="38"/>
+      <c r="O5" s="38"/>
+      <c r="P5" s="38"/>
+      <c r="Q5" s="38"/>
+      <c r="R5" s="38" t="s">
         <v>16</v>
       </c>
-      <c r="S5" s="35"/>
-      <c r="T5" s="35" t="s">
+      <c r="S5" s="38"/>
+      <c r="T5" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="U5" s="35"/>
-[...4 lines deleted...]
-      <c r="Z5" s="35" t="s">
+      <c r="U5" s="38"/>
+      <c r="V5" s="38"/>
+      <c r="W5" s="38"/>
+      <c r="X5" s="38"/>
+      <c r="Y5" s="38"/>
+      <c r="Z5" s="38" t="s">
         <v>16</v>
       </c>
-      <c r="AA5" s="35"/>
-[...1 lines deleted...]
-      <c r="AC5" s="35"/>
+      <c r="AA5" s="38"/>
+      <c r="AB5" s="38"/>
+      <c r="AC5" s="38"/>
     </row>
     <row r="6" spans="1:29" x14ac:dyDescent="0.2">
       <c r="B6" s="37"/>
-      <c r="C6" s="35"/>
+      <c r="C6" s="38"/>
       <c r="D6" s="37"/>
       <c r="E6" s="37"/>
       <c r="F6" s="37"/>
       <c r="G6" s="37"/>
       <c r="H6" s="37"/>
       <c r="I6" s="37"/>
       <c r="J6" s="37"/>
       <c r="K6" s="37"/>
       <c r="L6" s="37" t="s">
         <v>17</v>
       </c>
       <c r="M6" s="37"/>
       <c r="N6" s="37" t="s">
         <v>18</v>
       </c>
       <c r="O6" s="37"/>
-      <c r="P6" s="35" t="s">
+      <c r="P6" s="38" t="s">
         <v>19</v>
       </c>
-      <c r="Q6" s="35"/>
-      <c r="R6" s="35" t="s">
+      <c r="Q6" s="38"/>
+      <c r="R6" s="38" t="s">
         <v>20</v>
       </c>
-      <c r="S6" s="35"/>
+      <c r="S6" s="38"/>
       <c r="T6" s="37" t="s">
         <v>17</v>
       </c>
       <c r="U6" s="37"/>
       <c r="V6" s="37" t="s">
         <v>18</v>
       </c>
       <c r="W6" s="37"/>
-      <c r="X6" s="35" t="s">
+      <c r="X6" s="38" t="s">
         <v>19</v>
       </c>
-      <c r="Y6" s="35"/>
+      <c r="Y6" s="38"/>
       <c r="Z6" s="37" t="s">
         <v>21</v>
       </c>
       <c r="AA6" s="37"/>
       <c r="AB6" s="37" t="s">
         <v>9</v>
       </c>
       <c r="AC6" s="37"/>
     </row>
-    <row r="7" spans="1:29" s="23" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="21"/>
+    <row r="7" spans="1:29" s="24" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A7" s="22"/>
       <c r="B7" s="37"/>
-      <c r="C7" s="35"/>
+      <c r="C7" s="38"/>
       <c r="D7" s="34" t="s">
         <v>22</v>
       </c>
-      <c r="E7" s="33" t="s">
+      <c r="E7" s="35" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="37"/>
       <c r="G7" s="37"/>
       <c r="H7" s="37"/>
       <c r="I7" s="37"/>
       <c r="J7" s="37"/>
       <c r="K7" s="37"/>
-      <c r="L7" s="22" t="s">
+      <c r="L7" s="23" t="s">
         <v>24</v>
       </c>
-      <c r="M7" s="22" t="s">
+      <c r="M7" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="N7" s="22" t="s">
+      <c r="N7" s="23" t="s">
         <v>24</v>
       </c>
-      <c r="O7" s="22" t="s">
+      <c r="O7" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="P7" s="22" t="s">
+      <c r="P7" s="23" t="s">
         <v>24</v>
       </c>
-      <c r="Q7" s="22" t="s">
+      <c r="Q7" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="R7" s="22" t="s">
+      <c r="R7" s="23" t="s">
         <v>24</v>
       </c>
-      <c r="S7" s="22" t="s">
+      <c r="S7" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="T7" s="22" t="s">
+      <c r="T7" s="23" t="s">
         <v>24</v>
       </c>
-      <c r="U7" s="22" t="s">
+      <c r="U7" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="V7" s="22" t="s">
+      <c r="V7" s="23" t="s">
         <v>24</v>
       </c>
-      <c r="W7" s="22" t="s">
+      <c r="W7" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="X7" s="22" t="s">
+      <c r="X7" s="23" t="s">
         <v>24</v>
       </c>
-      <c r="Y7" s="22" t="s">
+      <c r="Y7" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="Z7" s="22" t="s">
+      <c r="Z7" s="23" t="s">
         <v>24</v>
       </c>
-      <c r="AA7" s="22" t="s">
+      <c r="AA7" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="AB7" s="22" t="s">
+      <c r="AB7" s="23" t="s">
         <v>24</v>
       </c>
-      <c r="AC7" s="22" t="s">
+      <c r="AC7" s="23" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:29" x14ac:dyDescent="0.2">
       <c r="B8" s="13"/>
       <c r="C8" s="13"/>
       <c r="D8" s="34">
         <v>1</v>
       </c>
       <c r="E8" s="34">
         <v>2</v>
       </c>
       <c r="F8" s="34">
         <v>3</v>
       </c>
       <c r="G8" s="34">
         <v>4</v>
       </c>
       <c r="H8" s="34">
         <v>5</v>
       </c>
       <c r="I8" s="34">
         <v>6</v>
       </c>
       <c r="J8" s="34">
@@ -1514,80 +1481,80 @@
       <c r="J9" s="2"/>
       <c r="K9" s="2"/>
       <c r="L9" s="2"/>
       <c r="M9" s="2"/>
       <c r="N9" s="2"/>
       <c r="O9" s="2"/>
       <c r="P9" s="2"/>
       <c r="Q9" s="2"/>
       <c r="R9" s="2"/>
       <c r="S9" s="2"/>
       <c r="T9" s="2"/>
       <c r="U9" s="2"/>
       <c r="V9" s="2"/>
       <c r="W9" s="2"/>
       <c r="X9" s="2"/>
       <c r="Y9" s="2"/>
       <c r="Z9" s="2"/>
       <c r="AA9" s="2"/>
       <c r="AB9" s="2"/>
       <c r="AC9" s="2"/>
     </row>
     <row r="10" spans="1:29" x14ac:dyDescent="0.2">
       <c r="B10" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="C10" s="24"/>
+      <c r="C10" s="25"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
       <c r="Z10" s="2"/>
       <c r="AA10" s="2"/>
       <c r="AB10" s="2"/>
       <c r="AC10" s="2"/>
     </row>
     <row r="11" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B11" s="14">
+      <c r="B11" s="15">
         <v>1</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="D11" s="4">
         <v>8710</v>
       </c>
       <c r="E11" s="4">
         <v>2420</v>
       </c>
       <c r="F11" s="4">
         <v>52130</v>
       </c>
       <c r="G11" s="4">
         <v>44362</v>
       </c>
       <c r="H11" s="4">
         <v>24248</v>
       </c>
       <c r="I11" s="4">
         <v>2658077</v>
       </c>
       <c r="J11" s="4">
         <v>3028877</v>
@@ -1629,51 +1596,51 @@
         <v>195902</v>
       </c>
       <c r="W11" s="5">
         <v>2077040.5866799997</v>
       </c>
       <c r="X11" s="5">
         <v>15</v>
       </c>
       <c r="Y11" s="5">
         <v>36.661000000000001</v>
       </c>
       <c r="Z11" s="5">
         <v>21197051</v>
       </c>
       <c r="AA11" s="5">
         <v>107766070.301</v>
       </c>
       <c r="AB11" s="5">
         <v>4</v>
       </c>
       <c r="AC11" s="5">
         <v>2.2999999999999998</v>
       </c>
     </row>
     <row r="12" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B12" s="14">
+      <c r="B12" s="15">
         <v>2</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
         <v>5339</v>
       </c>
       <c r="E12" s="4">
         <v>2647</v>
       </c>
       <c r="F12" s="4">
         <v>18450</v>
       </c>
       <c r="G12" s="4">
         <v>23603</v>
       </c>
       <c r="H12" s="4">
         <v>0</v>
       </c>
       <c r="I12" s="4">
         <v>1292420</v>
       </c>
       <c r="J12" s="4">
         <v>74463</v>
@@ -1715,51 +1682,51 @@
         <v>349219</v>
       </c>
       <c r="W12" s="5">
         <v>821597.76295</v>
       </c>
       <c r="X12" s="5">
         <v>0</v>
       </c>
       <c r="Y12" s="5">
         <v>0</v>
       </c>
       <c r="Z12" s="5">
         <v>13805735</v>
       </c>
       <c r="AA12" s="5">
         <v>59003197.814999998</v>
       </c>
       <c r="AB12" s="5">
         <v>4</v>
       </c>
       <c r="AC12" s="5">
         <v>3.1099899999999998</v>
       </c>
     </row>
     <row r="13" spans="1:29" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="14">
+      <c r="B13" s="15">
         <v>3</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="7">
         <v>2214</v>
       </c>
       <c r="E13" s="7">
         <v>250</v>
       </c>
       <c r="F13" s="7">
         <v>115</v>
       </c>
       <c r="G13" s="7">
         <v>5762</v>
       </c>
       <c r="H13" s="7">
         <v>355014</v>
       </c>
       <c r="I13" s="7">
         <v>945478</v>
       </c>
       <c r="J13" s="7">
         <v>25810</v>
@@ -1801,51 +1768,51 @@
         <v>148480</v>
       </c>
       <c r="W13" s="5">
         <v>490708.89342000004</v>
       </c>
       <c r="X13" s="5">
         <v>6112</v>
       </c>
       <c r="Y13" s="5">
         <v>66109.068079999997</v>
       </c>
       <c r="Z13" s="5">
         <v>5381322</v>
       </c>
       <c r="AA13" s="5">
         <v>26336018.93578</v>
       </c>
       <c r="AB13" s="5">
         <v>0</v>
       </c>
       <c r="AC13" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B14" s="14">
+      <c r="B14" s="15">
         <v>4</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D14" s="4">
         <v>7274</v>
       </c>
       <c r="E14" s="4">
         <v>3572</v>
       </c>
       <c r="F14" s="4">
         <v>77793</v>
       </c>
       <c r="G14" s="4">
         <v>9640</v>
       </c>
       <c r="H14" s="4">
         <v>0</v>
       </c>
       <c r="I14" s="4">
         <v>3361623</v>
       </c>
       <c r="J14" s="4">
         <v>1029315</v>
@@ -1887,51 +1854,51 @@
         <v>782476</v>
       </c>
       <c r="W14" s="5">
         <v>3847221.4622399998</v>
       </c>
       <c r="X14" s="5">
         <v>4391</v>
       </c>
       <c r="Y14" s="5">
         <v>80911.909</v>
       </c>
       <c r="Z14" s="5">
         <v>27493561</v>
       </c>
       <c r="AA14" s="5">
         <v>136817543.63100001</v>
       </c>
       <c r="AB14" s="5">
         <v>2</v>
       </c>
       <c r="AC14" s="5">
         <v>0.51</v>
       </c>
     </row>
     <row r="15" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B15" s="14">
+      <c r="B15" s="15">
         <v>5</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="D15" s="4">
         <v>2899</v>
       </c>
       <c r="E15" s="4">
         <v>1189</v>
       </c>
       <c r="F15" s="4">
         <v>3371</v>
       </c>
       <c r="G15" s="4">
         <v>2712</v>
       </c>
       <c r="H15" s="4">
         <v>37068</v>
       </c>
       <c r="I15" s="4">
         <v>2071523</v>
       </c>
       <c r="J15" s="4">
         <v>0</v>
@@ -1973,51 +1940,51 @@
         <v>173917</v>
       </c>
       <c r="W15" s="5">
         <v>657354.5085</v>
       </c>
       <c r="X15" s="5">
         <v>0</v>
       </c>
       <c r="Y15" s="5">
         <v>0</v>
       </c>
       <c r="Z15" s="5">
         <v>7471216</v>
       </c>
       <c r="AA15" s="5">
         <v>35814628.075999998</v>
       </c>
       <c r="AB15" s="5">
         <v>16</v>
       </c>
       <c r="AC15" s="5">
         <v>145.30000000000001</v>
       </c>
     </row>
     <row r="16" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B16" s="14">
+      <c r="B16" s="15">
         <v>6</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="4">
         <v>4829</v>
       </c>
       <c r="E16" s="4">
         <v>637</v>
       </c>
       <c r="F16" s="4">
         <v>19910</v>
       </c>
       <c r="G16" s="4">
         <v>15080</v>
       </c>
       <c r="H16" s="4">
         <v>0</v>
       </c>
       <c r="I16" s="4">
         <v>2738620</v>
       </c>
       <c r="J16" s="4">
         <v>278922</v>
@@ -2059,51 +2026,51 @@
         <v>462859</v>
       </c>
       <c r="W16" s="5">
         <v>1193377.058</v>
       </c>
       <c r="X16" s="5">
         <v>104</v>
       </c>
       <c r="Y16" s="5">
         <v>273.38499999999999</v>
       </c>
       <c r="Z16" s="5">
         <v>17547054</v>
       </c>
       <c r="AA16" s="5">
         <v>87502451.812739983</v>
       </c>
       <c r="AB16" s="5">
         <v>6</v>
       </c>
       <c r="AC16" s="5">
         <v>6.2619999999999996</v>
       </c>
     </row>
     <row r="17" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B17" s="14">
+      <c r="B17" s="15">
         <v>7</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="D17" s="4">
         <v>2728</v>
       </c>
       <c r="E17" s="4">
         <v>732</v>
       </c>
       <c r="F17" s="4">
         <v>0</v>
       </c>
       <c r="G17" s="4">
         <v>10872</v>
       </c>
       <c r="H17" s="4">
         <v>0</v>
       </c>
       <c r="I17" s="4">
         <v>477768</v>
       </c>
       <c r="J17" s="4">
         <v>79870</v>
@@ -2145,51 +2112,51 @@
         <v>224095</v>
       </c>
       <c r="W17" s="5">
         <v>701445.42617999995</v>
       </c>
       <c r="X17" s="5">
         <v>0</v>
       </c>
       <c r="Y17" s="5">
         <v>0</v>
       </c>
       <c r="Z17" s="5">
         <v>11051694</v>
       </c>
       <c r="AA17" s="5">
         <v>49793153.658150002</v>
       </c>
       <c r="AB17" s="5">
         <v>0</v>
       </c>
       <c r="AC17" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B18" s="14">
+      <c r="B18" s="15">
         <v>8</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>35</v>
       </c>
       <c r="D18" s="4">
         <v>1027</v>
       </c>
       <c r="E18" s="4">
         <v>29</v>
       </c>
       <c r="F18" s="4">
         <v>1052</v>
       </c>
       <c r="G18" s="4">
         <v>1776</v>
       </c>
       <c r="H18" s="4">
         <v>1198</v>
       </c>
       <c r="I18" s="4">
         <v>193073</v>
       </c>
       <c r="J18" s="4">
         <v>0</v>
@@ -2231,51 +2198,51 @@
         <v>115313</v>
       </c>
       <c r="W18" s="5">
         <v>288010.93648999999</v>
       </c>
       <c r="X18" s="5">
         <v>0</v>
       </c>
       <c r="Y18" s="5">
         <v>0</v>
       </c>
       <c r="Z18" s="5">
         <v>790089</v>
       </c>
       <c r="AA18" s="5">
         <v>3818833.5</v>
       </c>
       <c r="AB18" s="5">
         <v>0</v>
       </c>
       <c r="AC18" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B19" s="14">
+      <c r="B19" s="15">
         <v>9</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D19" s="4">
         <v>7341</v>
       </c>
       <c r="E19" s="4">
         <v>3899</v>
       </c>
       <c r="F19" s="4">
         <v>25616</v>
       </c>
       <c r="G19" s="4">
         <v>0</v>
       </c>
       <c r="H19" s="4">
         <v>769536</v>
       </c>
       <c r="I19" s="4">
         <v>1156023</v>
       </c>
       <c r="J19" s="4">
         <v>625473</v>
@@ -2317,51 +2284,51 @@
         <v>930298</v>
       </c>
       <c r="W19" s="5">
         <v>2432789.4417500002</v>
       </c>
       <c r="X19" s="5">
         <v>0</v>
       </c>
       <c r="Y19" s="5">
         <v>0</v>
       </c>
       <c r="Z19" s="5">
         <v>22081280</v>
       </c>
       <c r="AA19" s="5">
         <v>114858741.8282</v>
       </c>
       <c r="AB19" s="5">
         <v>0</v>
       </c>
       <c r="AC19" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B20" s="14">
+      <c r="B20" s="15">
         <v>10</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>37</v>
       </c>
       <c r="D20" s="4">
         <v>27478</v>
       </c>
       <c r="E20" s="4">
         <v>34997</v>
       </c>
       <c r="F20" s="4">
         <v>1636331</v>
       </c>
       <c r="G20" s="4">
         <v>51217</v>
       </c>
       <c r="H20" s="4">
         <v>1022316</v>
       </c>
       <c r="I20" s="4">
         <v>5438480</v>
       </c>
       <c r="J20" s="4">
         <v>21192954</v>
@@ -2403,51 +2370,51 @@
         <v>6298032</v>
       </c>
       <c r="W20" s="5">
         <v>20553031.333749998</v>
       </c>
       <c r="X20" s="5">
         <v>652</v>
       </c>
       <c r="Y20" s="5">
         <v>9249.9623900000006</v>
       </c>
       <c r="Z20" s="5">
         <v>142167802</v>
       </c>
       <c r="AA20" s="5">
         <v>779182499.75880003</v>
       </c>
       <c r="AB20" s="5">
         <v>11150</v>
       </c>
       <c r="AC20" s="5">
         <v>10082.9476</v>
       </c>
     </row>
     <row r="21" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B21" s="14">
+      <c r="B21" s="15">
         <v>11</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D21" s="4">
         <v>2336</v>
       </c>
       <c r="E21" s="4">
         <v>220</v>
       </c>
       <c r="F21" s="4">
         <v>10813</v>
       </c>
       <c r="G21" s="4">
         <v>3568</v>
       </c>
       <c r="H21" s="4">
         <v>168</v>
       </c>
       <c r="I21" s="4">
         <v>1351843</v>
       </c>
       <c r="J21" s="4">
         <v>0</v>
@@ -2489,51 +2456,51 @@
         <v>225221</v>
       </c>
       <c r="W21" s="5">
         <v>607441.10536000005</v>
       </c>
       <c r="X21" s="5">
         <v>760</v>
       </c>
       <c r="Y21" s="5">
         <v>14039.552300000001</v>
       </c>
       <c r="Z21" s="5">
         <v>5885170</v>
       </c>
       <c r="AA21" s="5">
         <v>28524412.83884</v>
       </c>
       <c r="AB21" s="5">
         <v>39</v>
       </c>
       <c r="AC21" s="5">
         <v>25.805900000000001</v>
       </c>
     </row>
     <row r="22" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B22" s="14">
+      <c r="B22" s="15">
         <v>12</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>39</v>
       </c>
       <c r="D22" s="4">
         <v>7701</v>
       </c>
       <c r="E22" s="4">
         <v>1194</v>
       </c>
       <c r="F22" s="4">
         <v>50803</v>
       </c>
       <c r="G22" s="4">
         <v>8042</v>
       </c>
       <c r="H22" s="4">
         <v>352011</v>
       </c>
       <c r="I22" s="4">
         <v>289409</v>
       </c>
       <c r="J22" s="4">
         <v>480428</v>
@@ -2578,80 +2545,80 @@
         <v>2786942.7994100009</v>
       </c>
       <c r="X22" s="5">
         <v>2358</v>
       </c>
       <c r="Y22" s="5">
         <v>9614.89</v>
       </c>
       <c r="Z22" s="5">
         <v>39594183</v>
       </c>
       <c r="AA22" s="5">
         <v>125529816.586</v>
       </c>
       <c r="AB22" s="5">
         <v>3</v>
       </c>
       <c r="AC22" s="5">
         <v>3.948</v>
       </c>
     </row>
     <row r="23" spans="2:29" x14ac:dyDescent="0.2">
       <c r="B23" s="8" t="s">
         <v>40</v>
       </c>
-      <c r="C23" s="24"/>
+      <c r="C23" s="25"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="2"/>
       <c r="M23" s="2"/>
       <c r="N23" s="2"/>
       <c r="O23" s="2"/>
       <c r="P23" s="2"/>
       <c r="Q23" s="2"/>
       <c r="R23" s="2"/>
       <c r="S23" s="2"/>
       <c r="T23" s="5"/>
       <c r="U23" s="5"/>
       <c r="V23" s="5"/>
       <c r="W23" s="5"/>
       <c r="X23" s="5"/>
       <c r="Y23" s="5"/>
       <c r="Z23" s="5"/>
       <c r="AA23" s="5"/>
       <c r="AB23" s="5"/>
       <c r="AC23" s="5"/>
     </row>
     <row r="24" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B24" s="14">
+      <c r="B24" s="15">
         <v>13</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>41</v>
       </c>
       <c r="D24" s="4">
         <v>6490</v>
       </c>
       <c r="E24" s="4">
         <v>7642</v>
       </c>
       <c r="F24" s="4">
         <v>2373873</v>
       </c>
       <c r="G24" s="4">
         <v>369</v>
       </c>
       <c r="H24" s="4">
         <v>712870</v>
       </c>
       <c r="I24" s="4">
         <v>106153584</v>
       </c>
       <c r="J24" s="4">
         <v>15054518</v>
@@ -2693,51 +2660,51 @@
         <v>1716824</v>
       </c>
       <c r="W24" s="5">
         <v>10869440.436000001</v>
       </c>
       <c r="X24" s="5">
         <v>9774</v>
       </c>
       <c r="Y24" s="5">
         <v>259403.742</v>
       </c>
       <c r="Z24" s="5">
         <v>14721627</v>
       </c>
       <c r="AA24" s="5">
         <v>97388439.899000004</v>
       </c>
       <c r="AB24" s="5">
         <v>0</v>
       </c>
       <c r="AC24" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B25" s="14">
+      <c r="B25" s="15">
         <v>14</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D25" s="4">
         <v>433</v>
       </c>
       <c r="E25" s="4">
         <v>5</v>
       </c>
       <c r="F25" s="4">
         <v>69657</v>
       </c>
       <c r="G25" s="4">
         <v>0</v>
       </c>
       <c r="H25" s="4">
         <v>33526</v>
       </c>
       <c r="I25" s="4">
         <v>0</v>
       </c>
       <c r="J25" s="4">
         <v>6</v>
@@ -2779,51 +2746,51 @@
         <v>46639</v>
       </c>
       <c r="W25" s="5">
         <v>233691.95753000001</v>
       </c>
       <c r="X25" s="5">
         <v>0</v>
       </c>
       <c r="Y25" s="5">
         <v>0</v>
       </c>
       <c r="Z25" s="5">
         <v>1996237</v>
       </c>
       <c r="AA25" s="5">
         <v>10745519.198000001</v>
       </c>
       <c r="AB25" s="5">
         <v>7</v>
       </c>
       <c r="AC25" s="5">
         <v>4.5</v>
       </c>
     </row>
     <row r="26" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B26" s="14">
+      <c r="B26" s="15">
         <v>15</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>43</v>
       </c>
       <c r="D26" s="4">
         <v>1261</v>
       </c>
       <c r="E26" s="4">
         <v>515</v>
       </c>
       <c r="F26" s="4">
         <v>7333</v>
       </c>
       <c r="G26" s="4">
         <v>79935</v>
       </c>
       <c r="H26" s="4">
         <v>0</v>
       </c>
       <c r="I26" s="4">
         <v>70257</v>
       </c>
       <c r="J26" s="4">
         <v>47456</v>
@@ -2865,51 +2832,51 @@
         <v>39252</v>
       </c>
       <c r="W26" s="5">
         <v>139871.85331000001</v>
       </c>
       <c r="X26" s="5">
         <v>0</v>
       </c>
       <c r="Y26" s="5">
         <v>0</v>
       </c>
       <c r="Z26" s="5">
         <v>2570649</v>
       </c>
       <c r="AA26" s="5">
         <v>14444388.93448</v>
       </c>
       <c r="AB26" s="5">
         <v>0</v>
       </c>
       <c r="AC26" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B27" s="14">
+      <c r="B27" s="15">
         <v>16</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D27" s="4">
         <v>762</v>
       </c>
       <c r="E27" s="4">
         <v>38</v>
       </c>
       <c r="F27" s="4">
         <v>0</v>
       </c>
       <c r="G27" s="4">
         <v>0</v>
       </c>
       <c r="H27" s="4">
         <v>18296</v>
       </c>
       <c r="I27" s="4">
         <v>0</v>
       </c>
       <c r="J27" s="4">
         <v>160502</v>
@@ -2951,51 +2918,51 @@
         <v>7975</v>
       </c>
       <c r="W27" s="5">
         <v>36076.477869999995</v>
       </c>
       <c r="X27" s="5">
         <v>0</v>
       </c>
       <c r="Y27" s="5">
         <v>0</v>
       </c>
       <c r="Z27" s="5">
         <v>356861</v>
       </c>
       <c r="AA27" s="5">
         <v>1869475</v>
       </c>
       <c r="AB27" s="5">
         <v>0</v>
       </c>
       <c r="AC27" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B28" s="14">
+      <c r="B28" s="15">
         <v>17</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D28" s="4">
         <v>434</v>
       </c>
       <c r="E28" s="4">
         <v>5</v>
       </c>
       <c r="F28" s="4">
         <v>0</v>
       </c>
       <c r="G28" s="4">
         <v>0</v>
       </c>
       <c r="H28" s="4">
         <v>0</v>
       </c>
       <c r="I28" s="4">
         <v>0</v>
       </c>
       <c r="J28" s="4">
         <v>513</v>
@@ -3037,51 +3004,51 @@
         <v>43378</v>
       </c>
       <c r="W28" s="5">
         <v>189084.01265000002</v>
       </c>
       <c r="X28" s="5">
         <v>165</v>
       </c>
       <c r="Y28" s="5">
         <v>5154.2030000000004</v>
       </c>
       <c r="Z28" s="5">
         <v>209166</v>
       </c>
       <c r="AA28" s="5">
         <v>1360611.1880000001</v>
       </c>
       <c r="AB28" s="5">
         <v>0</v>
       </c>
       <c r="AC28" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B29" s="14">
+      <c r="B29" s="15">
         <v>18</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>46</v>
       </c>
       <c r="D29" s="4">
         <v>241</v>
       </c>
       <c r="E29" s="4">
         <v>39</v>
       </c>
       <c r="F29" s="4">
         <v>1514</v>
       </c>
       <c r="G29" s="4">
         <v>0</v>
       </c>
       <c r="H29" s="4">
         <v>0</v>
       </c>
       <c r="I29" s="4">
         <v>39384</v>
       </c>
       <c r="J29" s="4">
         <v>13581</v>
@@ -3123,51 +3090,51 @@
         <v>4571</v>
       </c>
       <c r="W29" s="5">
         <v>11604.971610000001</v>
       </c>
       <c r="X29" s="5">
         <v>0</v>
       </c>
       <c r="Y29" s="5">
         <v>0</v>
       </c>
       <c r="Z29" s="5">
         <v>371453</v>
       </c>
       <c r="AA29" s="5">
         <v>1662189.5085199999</v>
       </c>
       <c r="AB29" s="5">
         <v>0</v>
       </c>
       <c r="AC29" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B30" s="14">
+      <c r="B30" s="15">
         <v>19</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>47</v>
       </c>
       <c r="D30" s="4">
         <v>1782</v>
       </c>
       <c r="E30" s="4">
         <v>311</v>
       </c>
       <c r="F30" s="4">
         <v>22245</v>
       </c>
       <c r="G30" s="4">
         <v>0</v>
       </c>
       <c r="H30" s="4">
         <v>0</v>
       </c>
       <c r="I30" s="4">
         <v>6040146</v>
       </c>
       <c r="J30" s="4">
         <v>1354866</v>
@@ -3209,51 +3176,51 @@
         <v>1062306</v>
       </c>
       <c r="W30" s="5">
         <v>4278583.1739999996</v>
       </c>
       <c r="X30" s="5">
         <v>3002</v>
       </c>
       <c r="Y30" s="5">
         <v>40873.58971</v>
       </c>
       <c r="Z30" s="5">
         <v>6737495</v>
       </c>
       <c r="AA30" s="5">
         <v>36119209.386</v>
       </c>
       <c r="AB30" s="5">
         <v>0</v>
       </c>
       <c r="AC30" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B31" s="14">
+      <c r="B31" s="15">
         <v>20</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>48</v>
       </c>
       <c r="D31" s="4">
         <v>12810</v>
       </c>
       <c r="E31" s="4">
         <v>8441</v>
       </c>
       <c r="F31" s="4">
         <v>1799897</v>
       </c>
       <c r="G31" s="4">
         <v>2013</v>
       </c>
       <c r="H31" s="4">
         <v>2314708</v>
       </c>
       <c r="I31" s="4">
         <v>939523</v>
       </c>
       <c r="J31" s="4">
         <v>24489022</v>
@@ -3295,51 +3262,51 @@
         <v>6004247</v>
       </c>
       <c r="W31" s="5">
         <v>33662414.670299999</v>
       </c>
       <c r="X31" s="5">
         <v>36513</v>
       </c>
       <c r="Y31" s="5">
         <v>631902.63607999997</v>
       </c>
       <c r="Z31" s="5">
         <v>29981100</v>
       </c>
       <c r="AA31" s="5">
         <v>209316711.90400001</v>
       </c>
       <c r="AB31" s="5">
         <v>18</v>
       </c>
       <c r="AC31" s="5">
         <v>16.707999999999998</v>
       </c>
     </row>
     <row r="32" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B32" s="14">
+      <c r="B32" s="15">
         <v>21</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D32" s="4">
         <v>9789</v>
       </c>
       <c r="E32" s="4">
         <v>3583</v>
       </c>
       <c r="F32" s="4">
         <v>2149340</v>
       </c>
       <c r="G32" s="4">
         <v>6279</v>
       </c>
       <c r="H32" s="4">
         <v>603081</v>
       </c>
       <c r="I32" s="4">
         <v>3799445</v>
       </c>
       <c r="J32" s="4">
         <v>17980990</v>
@@ -3381,51 +3348,51 @@
         <v>2984758</v>
       </c>
       <c r="W32" s="5">
         <v>19608249.608639941</v>
       </c>
       <c r="X32" s="5">
         <v>5056</v>
       </c>
       <c r="Y32" s="5">
         <v>105244.3318</v>
       </c>
       <c r="Z32" s="5">
         <v>12478782</v>
       </c>
       <c r="AA32" s="5">
         <v>95188748.324000001</v>
       </c>
       <c r="AB32" s="5">
         <v>0</v>
       </c>
       <c r="AC32" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B33" s="14">
+      <c r="B33" s="15">
         <v>22</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>50</v>
       </c>
       <c r="D33" s="4">
         <v>2366</v>
       </c>
       <c r="E33" s="4">
         <v>679</v>
       </c>
       <c r="F33" s="4">
         <v>14204</v>
       </c>
       <c r="G33" s="4">
         <v>1238</v>
       </c>
       <c r="H33" s="4">
         <v>0</v>
       </c>
       <c r="I33" s="4">
         <v>433301</v>
       </c>
       <c r="J33" s="4">
         <v>44359</v>
@@ -3467,51 +3434,51 @@
         <v>181190</v>
       </c>
       <c r="W33" s="5">
         <v>560522.57860999962</v>
       </c>
       <c r="X33" s="5">
         <v>0</v>
       </c>
       <c r="Y33" s="5">
         <v>0</v>
       </c>
       <c r="Z33" s="5">
         <v>4289043</v>
       </c>
       <c r="AA33" s="5">
         <v>22888213.884</v>
       </c>
       <c r="AB33" s="5">
         <v>113</v>
       </c>
       <c r="AC33" s="5">
         <v>33.049999999999997</v>
       </c>
     </row>
     <row r="34" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B34" s="14">
+      <c r="B34" s="15">
         <v>23</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>51</v>
       </c>
       <c r="D34" s="4">
         <v>738</v>
       </c>
       <c r="E34" s="4">
         <v>305</v>
       </c>
       <c r="F34" s="4">
         <v>39906</v>
       </c>
       <c r="G34" s="4">
         <v>7292</v>
       </c>
       <c r="H34" s="4">
         <v>0</v>
       </c>
       <c r="I34" s="4">
         <v>175515</v>
       </c>
       <c r="J34" s="4">
         <v>3775083</v>
@@ -3553,51 +3520,51 @@
         <v>281378</v>
       </c>
       <c r="W34" s="5">
         <v>3773674.32809</v>
       </c>
       <c r="X34" s="5">
         <v>0</v>
       </c>
       <c r="Y34" s="5">
         <v>0</v>
       </c>
       <c r="Z34" s="5">
         <v>2896116</v>
       </c>
       <c r="AA34" s="5">
         <v>16814143.732000001</v>
       </c>
       <c r="AB34" s="5">
         <v>0</v>
       </c>
       <c r="AC34" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B35" s="14">
+      <c r="B35" s="15">
         <v>24</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>52</v>
       </c>
       <c r="D35" s="4">
         <v>2042</v>
       </c>
       <c r="E35" s="4">
         <v>1010</v>
       </c>
       <c r="F35" s="4">
         <v>199138</v>
       </c>
       <c r="G35" s="4">
         <v>0</v>
       </c>
       <c r="H35" s="4">
         <v>12326</v>
       </c>
       <c r="I35" s="4">
         <v>7673677</v>
       </c>
       <c r="J35" s="4">
         <v>3188821</v>
@@ -3639,51 +3606,51 @@
         <v>425747</v>
       </c>
       <c r="W35" s="5">
         <v>2236292.5529999998</v>
       </c>
       <c r="X35" s="5">
         <v>755</v>
       </c>
       <c r="Y35" s="5">
         <v>64377.855000000003</v>
       </c>
       <c r="Z35" s="5">
         <v>3344853</v>
       </c>
       <c r="AA35" s="5">
         <v>19670542.391844999</v>
       </c>
       <c r="AB35" s="5">
         <v>0</v>
       </c>
       <c r="AC35" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B36" s="14">
+      <c r="B36" s="15">
         <v>25</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D36" s="4">
         <v>946</v>
       </c>
       <c r="E36" s="4">
         <v>635</v>
       </c>
       <c r="F36" s="4">
         <v>14159</v>
       </c>
       <c r="G36" s="4">
         <v>1268</v>
       </c>
       <c r="H36" s="4">
         <v>0</v>
       </c>
       <c r="I36" s="4">
         <v>630839</v>
       </c>
       <c r="J36" s="4">
         <v>130572</v>
@@ -3725,51 +3692,51 @@
         <v>625307</v>
       </c>
       <c r="W36" s="5">
         <v>501146.12883000006</v>
       </c>
       <c r="X36" s="5">
         <v>0</v>
       </c>
       <c r="Y36" s="5">
         <v>0</v>
       </c>
       <c r="Z36" s="5">
         <v>4630426</v>
       </c>
       <c r="AA36" s="5">
         <v>25471985.368000001</v>
       </c>
       <c r="AB36" s="5">
         <v>0</v>
       </c>
       <c r="AC36" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B37" s="14">
+      <c r="B37" s="15">
         <v>26</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>54</v>
       </c>
       <c r="D37" s="4">
         <v>952</v>
       </c>
       <c r="E37" s="4">
         <v>542</v>
       </c>
       <c r="F37" s="4">
         <v>9833</v>
       </c>
       <c r="G37" s="4">
         <v>0</v>
       </c>
       <c r="H37" s="4">
         <v>0</v>
       </c>
       <c r="I37" s="4">
         <v>132590</v>
       </c>
       <c r="J37" s="4">
         <v>0</v>
@@ -3811,51 +3778,51 @@
         <v>45508</v>
       </c>
       <c r="W37" s="5">
         <v>147967.31268</v>
       </c>
       <c r="X37" s="5">
         <v>0</v>
       </c>
       <c r="Y37" s="5">
         <v>0</v>
       </c>
       <c r="Z37" s="5">
         <v>3331993</v>
       </c>
       <c r="AA37" s="5">
         <v>16761431.641000001</v>
       </c>
       <c r="AB37" s="5">
         <v>0</v>
       </c>
       <c r="AC37" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B38" s="14">
+      <c r="B38" s="15">
         <v>27</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>55</v>
       </c>
       <c r="D38" s="4">
         <v>1544</v>
       </c>
       <c r="E38" s="4">
         <v>682</v>
       </c>
       <c r="F38" s="4">
         <v>1367</v>
       </c>
       <c r="G38" s="4">
         <v>0</v>
       </c>
       <c r="H38" s="4">
         <v>0</v>
       </c>
       <c r="I38" s="4">
         <v>45675</v>
       </c>
       <c r="J38" s="4">
         <v>10264</v>
@@ -3897,51 +3864,51 @@
         <v>114738</v>
       </c>
       <c r="W38" s="5">
         <v>550938.15480999975</v>
       </c>
       <c r="X38" s="5">
         <v>0</v>
       </c>
       <c r="Y38" s="5">
         <v>0</v>
       </c>
       <c r="Z38" s="5">
         <v>3653018</v>
       </c>
       <c r="AA38" s="5">
         <v>19217739.722230002</v>
       </c>
       <c r="AB38" s="5">
         <v>0</v>
       </c>
       <c r="AC38" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B39" s="14">
+      <c r="B39" s="15">
         <v>28</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>56</v>
       </c>
       <c r="D39" s="4">
         <v>1977</v>
       </c>
       <c r="E39" s="4">
         <v>950</v>
       </c>
       <c r="F39" s="4">
         <v>75696</v>
       </c>
       <c r="G39" s="4">
         <v>0</v>
       </c>
       <c r="H39" s="4">
         <v>146334</v>
       </c>
       <c r="I39" s="4">
         <v>728103</v>
       </c>
       <c r="J39" s="4">
         <v>4579966</v>
@@ -3983,51 +3950,51 @@
         <v>1451712</v>
       </c>
       <c r="W39" s="5">
         <v>4977492.4400000004</v>
       </c>
       <c r="X39" s="5">
         <v>0</v>
       </c>
       <c r="Y39" s="5">
         <v>0</v>
       </c>
       <c r="Z39" s="5">
         <v>8840293</v>
       </c>
       <c r="AA39" s="5">
         <v>46948280.042310014</v>
       </c>
       <c r="AB39" s="5">
         <v>0</v>
       </c>
       <c r="AC39" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B40" s="14">
+      <c r="B40" s="15">
         <v>29</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>57</v>
       </c>
       <c r="D40" s="4">
         <v>0</v>
       </c>
       <c r="E40" s="4">
         <v>0</v>
       </c>
       <c r="F40" s="4">
         <v>0</v>
       </c>
       <c r="G40" s="4">
         <v>0</v>
       </c>
       <c r="H40" s="4">
         <v>0</v>
       </c>
       <c r="I40" s="4">
         <v>0</v>
       </c>
       <c r="J40" s="4">
         <v>0</v>
@@ -4069,73 +4036,73 @@
         <v>2993</v>
       </c>
       <c r="W40" s="5">
         <v>10779.993390000001</v>
       </c>
       <c r="X40" s="5">
         <v>0</v>
       </c>
       <c r="Y40" s="5">
         <v>0</v>
       </c>
       <c r="Z40" s="5">
         <v>57158</v>
       </c>
       <c r="AA40" s="5">
         <v>282139.3</v>
       </c>
       <c r="AB40" s="5">
         <v>0</v>
       </c>
       <c r="AC40" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B41" s="14">
+      <c r="B41" s="15">
         <v>30</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>58</v>
       </c>
       <c r="D41" s="4">
         <v>378</v>
       </c>
       <c r="E41" s="4">
         <v>37</v>
       </c>
       <c r="F41" s="4">
         <v>2975778</v>
       </c>
       <c r="G41" s="4">
         <v>0</v>
       </c>
       <c r="H41" s="4">
         <v>1596</v>
       </c>
       <c r="I41" s="4">
-        <v>141725</v>
+        <v>51034</v>
       </c>
       <c r="J41" s="4">
         <v>4687959</v>
       </c>
       <c r="K41" s="4">
         <v>1640158</v>
       </c>
       <c r="L41" s="5">
         <v>4736670</v>
       </c>
       <c r="M41" s="5">
         <v>25094647.998270001</v>
       </c>
       <c r="N41" s="5">
         <v>5460284</v>
       </c>
       <c r="O41" s="5">
         <v>43434774.858690001</v>
       </c>
       <c r="P41" s="5">
         <v>0</v>
       </c>
       <c r="Q41" s="5">
         <v>0</v>
       </c>
@@ -4155,51 +4122,51 @@
         <v>65852</v>
       </c>
       <c r="W41" s="5">
         <v>411116.34651000012</v>
       </c>
       <c r="X41" s="5">
         <v>56</v>
       </c>
       <c r="Y41" s="5">
         <v>2479.25</v>
       </c>
       <c r="Z41" s="5">
         <v>409929</v>
       </c>
       <c r="AA41" s="5">
         <v>2277096.5890000002</v>
       </c>
       <c r="AB41" s="5">
         <v>0</v>
       </c>
       <c r="AC41" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B42" s="14">
+      <c r="B42" s="15">
         <v>31</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>59</v>
       </c>
       <c r="D42" s="4">
         <v>910</v>
       </c>
       <c r="E42" s="4">
         <v>364</v>
       </c>
       <c r="F42" s="4">
         <v>13918</v>
       </c>
       <c r="G42" s="4">
         <v>0</v>
       </c>
       <c r="H42" s="4">
         <v>38353</v>
       </c>
       <c r="I42" s="4">
         <v>105222</v>
       </c>
       <c r="J42" s="4">
         <v>369514</v>
@@ -4241,51 +4208,51 @@
         <v>151217</v>
       </c>
       <c r="W42" s="5">
         <v>835169.57509000006</v>
       </c>
       <c r="X42" s="5">
         <v>0</v>
       </c>
       <c r="Y42" s="5">
         <v>0</v>
       </c>
       <c r="Z42" s="5">
         <v>2441348</v>
       </c>
       <c r="AA42" s="5">
         <v>12845336.387</v>
       </c>
       <c r="AB42" s="5">
         <v>0</v>
       </c>
       <c r="AC42" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B43" s="14">
+      <c r="B43" s="15">
         <v>32</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>60</v>
       </c>
       <c r="D43" s="4">
         <v>505</v>
       </c>
       <c r="E43" s="4">
         <v>647</v>
       </c>
       <c r="F43" s="4">
         <v>2281</v>
       </c>
       <c r="G43" s="4">
         <v>0</v>
       </c>
       <c r="H43" s="4">
         <v>0</v>
       </c>
       <c r="I43" s="4">
         <v>189380</v>
       </c>
       <c r="J43" s="4">
         <v>27417</v>
@@ -4327,51 +4294,51 @@
         <v>25861</v>
       </c>
       <c r="W43" s="5">
         <v>173993.40714</v>
       </c>
       <c r="X43" s="5">
         <v>72</v>
       </c>
       <c r="Y43" s="5">
         <v>223.11099999999999</v>
       </c>
       <c r="Z43" s="5">
         <v>4278074</v>
       </c>
       <c r="AA43" s="5">
         <v>21524161.399999999</v>
       </c>
       <c r="AB43" s="5">
         <v>0</v>
       </c>
       <c r="AC43" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B44" s="14">
+      <c r="B44" s="15">
         <v>33</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D44" s="4">
         <v>1172</v>
       </c>
       <c r="E44" s="4">
         <v>157</v>
       </c>
       <c r="F44" s="4">
         <v>98449</v>
       </c>
       <c r="G44" s="4">
         <v>76472</v>
       </c>
       <c r="H44" s="4">
         <v>196060</v>
       </c>
       <c r="I44" s="4">
         <v>523573787</v>
       </c>
       <c r="J44" s="4">
         <v>2555892</v>
@@ -4416,80 +4383,80 @@
         <v>734938.95549999375</v>
       </c>
       <c r="X44" s="5">
         <v>27</v>
       </c>
       <c r="Y44" s="5">
         <v>325.39499999999998</v>
       </c>
       <c r="Z44" s="5">
         <v>1714734</v>
       </c>
       <c r="AA44" s="5">
         <v>9819619.4879999999</v>
       </c>
       <c r="AB44" s="5">
         <v>0</v>
       </c>
       <c r="AC44" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="2:29" x14ac:dyDescent="0.2">
       <c r="B45" s="8" t="s">
         <v>62</v>
       </c>
-      <c r="C45" s="24"/>
+      <c r="C45" s="25"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="2"/>
       <c r="M45" s="2"/>
       <c r="N45" s="2"/>
       <c r="O45" s="2"/>
       <c r="P45" s="2"/>
       <c r="Q45" s="2"/>
       <c r="R45" s="2"/>
       <c r="S45" s="2"/>
       <c r="T45" s="5"/>
       <c r="U45" s="5"/>
       <c r="V45" s="5"/>
       <c r="W45" s="5"/>
       <c r="X45" s="5"/>
       <c r="Y45" s="5"/>
       <c r="Z45" s="5"/>
       <c r="AA45" s="5"/>
       <c r="AB45" s="5"/>
       <c r="AC45" s="5"/>
     </row>
     <row r="46" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B46" s="14">
+      <c r="B46" s="15">
         <v>34</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>63</v>
       </c>
       <c r="D46" s="4">
         <v>0</v>
       </c>
       <c r="E46" s="4">
         <v>0</v>
       </c>
       <c r="F46" s="4">
         <v>14723</v>
       </c>
       <c r="G46" s="4">
         <v>0</v>
       </c>
       <c r="H46" s="4">
         <v>0</v>
       </c>
       <c r="I46" s="4">
         <v>0</v>
       </c>
       <c r="J46" s="4">
         <v>1405989</v>
@@ -4531,51 +4498,51 @@
         <v>0</v>
       </c>
       <c r="W46" s="5">
         <v>0</v>
       </c>
       <c r="X46" s="5">
         <v>0</v>
       </c>
       <c r="Y46" s="5">
         <v>0</v>
       </c>
       <c r="Z46" s="5">
         <v>0</v>
       </c>
       <c r="AA46" s="5">
         <v>0</v>
       </c>
       <c r="AB46" s="5">
         <v>0</v>
       </c>
       <c r="AC46" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B47" s="14">
+      <c r="B47" s="15">
         <v>35</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>64</v>
       </c>
       <c r="D47" s="4">
         <v>0</v>
       </c>
       <c r="E47" s="4">
         <v>0</v>
       </c>
       <c r="F47" s="4">
         <v>0</v>
       </c>
       <c r="G47" s="4">
         <v>0</v>
       </c>
       <c r="H47" s="4">
         <v>0</v>
       </c>
       <c r="I47" s="4">
         <v>0</v>
       </c>
       <c r="J47" s="4">
         <v>0</v>
@@ -4617,51 +4584,51 @@
         <v>0</v>
       </c>
       <c r="W47" s="5">
         <v>0</v>
       </c>
       <c r="X47" s="5">
         <v>0</v>
       </c>
       <c r="Y47" s="5">
         <v>0</v>
       </c>
       <c r="Z47" s="5">
         <v>0</v>
       </c>
       <c r="AA47" s="5">
         <v>0</v>
       </c>
       <c r="AB47" s="5">
         <v>0</v>
       </c>
       <c r="AC47" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B48" s="14">
+      <c r="B48" s="15">
         <v>36</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>65</v>
       </c>
       <c r="D48" s="4">
         <v>0</v>
       </c>
       <c r="E48" s="4">
         <v>0</v>
       </c>
       <c r="F48" s="4">
         <v>0</v>
       </c>
       <c r="G48" s="4">
         <v>0</v>
       </c>
       <c r="H48" s="4">
         <v>0</v>
       </c>
       <c r="I48" s="4">
         <v>0</v>
       </c>
       <c r="J48" s="4">
         <v>0</v>
@@ -4703,51 +4670,51 @@
         <v>0</v>
       </c>
       <c r="W48" s="5">
         <v>0</v>
       </c>
       <c r="X48" s="5">
         <v>0</v>
       </c>
       <c r="Y48" s="5">
         <v>0</v>
       </c>
       <c r="Z48" s="5">
         <v>1297</v>
       </c>
       <c r="AA48" s="5">
         <v>6822.75</v>
       </c>
       <c r="AB48" s="5">
         <v>0</v>
       </c>
       <c r="AC48" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B49" s="14">
+      <c r="B49" s="15">
         <v>37</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D49" s="4">
         <v>0</v>
       </c>
       <c r="E49" s="4">
         <v>0</v>
       </c>
       <c r="F49" s="4">
         <v>0</v>
       </c>
       <c r="G49" s="4">
         <v>0</v>
       </c>
       <c r="H49" s="4">
         <v>1</v>
       </c>
       <c r="I49" s="4">
         <v>0</v>
       </c>
       <c r="J49" s="4">
         <v>0</v>
@@ -4789,51 +4756,51 @@
         <v>2</v>
       </c>
       <c r="W49" s="5">
         <v>22.151</v>
       </c>
       <c r="X49" s="5">
         <v>0</v>
       </c>
       <c r="Y49" s="5">
         <v>0</v>
       </c>
       <c r="Z49" s="5">
         <v>496</v>
       </c>
       <c r="AA49" s="5">
         <v>4501.3999999999996</v>
       </c>
       <c r="AB49" s="5">
         <v>0</v>
       </c>
       <c r="AC49" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B50" s="14">
+      <c r="B50" s="15">
         <v>38</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>67</v>
       </c>
       <c r="D50" s="4">
         <v>0</v>
       </c>
       <c r="E50" s="4">
         <v>0</v>
       </c>
       <c r="F50" s="4">
         <v>0</v>
       </c>
       <c r="G50" s="4">
         <v>0</v>
       </c>
       <c r="H50" s="4">
         <v>0</v>
       </c>
       <c r="I50" s="4">
         <v>0</v>
       </c>
       <c r="J50" s="4">
         <v>242440</v>
@@ -4875,51 +4842,51 @@
         <v>0</v>
       </c>
       <c r="W50" s="5">
         <v>0</v>
       </c>
       <c r="X50" s="5">
         <v>0</v>
       </c>
       <c r="Y50" s="5">
         <v>0</v>
       </c>
       <c r="Z50" s="5">
         <v>0</v>
       </c>
       <c r="AA50" s="5">
         <v>0</v>
       </c>
       <c r="AB50" s="5">
         <v>0</v>
       </c>
       <c r="AC50" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B51" s="14">
+      <c r="B51" s="15">
         <v>39</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>68</v>
       </c>
       <c r="D51" s="4">
         <v>417</v>
       </c>
       <c r="E51" s="4">
         <v>331</v>
       </c>
       <c r="F51" s="4">
         <v>666</v>
       </c>
       <c r="G51" s="4">
         <v>90</v>
       </c>
       <c r="H51" s="4">
         <v>0</v>
       </c>
       <c r="I51" s="4">
         <v>8551</v>
       </c>
       <c r="J51" s="4">
         <v>438113</v>
@@ -4961,73 +4928,73 @@
         <v>66209</v>
       </c>
       <c r="W51" s="5">
         <v>226715.67399999971</v>
       </c>
       <c r="X51" s="5">
         <v>0</v>
       </c>
       <c r="Y51" s="5">
         <v>0</v>
       </c>
       <c r="Z51" s="5">
         <v>642462</v>
       </c>
       <c r="AA51" s="5">
         <v>3694631.6790000428</v>
       </c>
       <c r="AB51" s="5">
         <v>0</v>
       </c>
       <c r="AC51" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B52" s="14">
+      <c r="B52" s="15">
         <v>40</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>69</v>
       </c>
       <c r="D52" s="4">
         <v>13</v>
       </c>
       <c r="E52" s="4">
         <v>2</v>
       </c>
       <c r="F52" s="4">
         <v>0</v>
       </c>
       <c r="G52" s="4">
         <v>0</v>
       </c>
       <c r="H52" s="4">
         <v>0</v>
       </c>
       <c r="I52" s="4">
-        <v>1</v>
+        <v>306</v>
       </c>
       <c r="J52" s="4">
         <v>0</v>
       </c>
       <c r="K52" s="4">
         <v>101385</v>
       </c>
       <c r="L52" s="5">
         <v>0</v>
       </c>
       <c r="M52" s="5">
         <v>0</v>
       </c>
       <c r="N52" s="5">
         <v>0</v>
       </c>
       <c r="O52" s="5">
         <v>0</v>
       </c>
       <c r="P52" s="5">
         <v>0</v>
       </c>
       <c r="Q52" s="5">
         <v>0</v>
       </c>
@@ -5047,51 +5014,51 @@
         <v>12892</v>
       </c>
       <c r="W52" s="5">
         <v>50128.539809999915</v>
       </c>
       <c r="X52" s="5">
         <v>0</v>
       </c>
       <c r="Y52" s="5">
         <v>0</v>
       </c>
       <c r="Z52" s="5">
         <v>22062</v>
       </c>
       <c r="AA52" s="5">
         <v>141240.52499999999</v>
       </c>
       <c r="AB52" s="5">
         <v>0</v>
       </c>
       <c r="AC52" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B53" s="14">
+      <c r="B53" s="15">
         <v>41</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>70</v>
       </c>
       <c r="D53" s="4">
         <v>2</v>
       </c>
       <c r="E53" s="4">
         <v>0</v>
       </c>
       <c r="F53" s="4">
         <v>0</v>
       </c>
       <c r="G53" s="4">
         <v>0</v>
       </c>
       <c r="H53" s="4">
         <v>0</v>
       </c>
       <c r="I53" s="4">
         <v>0</v>
       </c>
       <c r="J53" s="4">
         <v>0</v>
@@ -5133,51 +5100,51 @@
         <v>109</v>
       </c>
       <c r="W53" s="5">
         <v>337.62953999999996</v>
       </c>
       <c r="X53" s="5">
         <v>0</v>
       </c>
       <c r="Y53" s="5">
         <v>0</v>
       </c>
       <c r="Z53" s="5">
         <v>1661</v>
       </c>
       <c r="AA53" s="5">
         <v>10421.200000000001</v>
       </c>
       <c r="AB53" s="5">
         <v>0</v>
       </c>
       <c r="AC53" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B54" s="14">
+      <c r="B54" s="15">
         <v>42</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D54" s="7">
         <v>46</v>
       </c>
       <c r="E54" s="4">
         <v>25</v>
       </c>
       <c r="F54" s="4">
         <v>0</v>
       </c>
       <c r="G54" s="4">
         <v>0</v>
       </c>
       <c r="H54" s="4">
         <v>0</v>
       </c>
       <c r="I54" s="4">
         <v>0</v>
       </c>
       <c r="J54" s="4">
         <v>946606</v>
@@ -5219,51 +5186,51 @@
         <v>0</v>
       </c>
       <c r="W54" s="5">
         <v>0</v>
       </c>
       <c r="X54" s="5">
         <v>0</v>
       </c>
       <c r="Y54" s="5">
         <v>0</v>
       </c>
       <c r="Z54" s="5">
         <v>221833</v>
       </c>
       <c r="AA54" s="5">
         <v>1379098.4909499993</v>
       </c>
       <c r="AB54" s="5">
         <v>0</v>
       </c>
       <c r="AC54" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B55" s="14">
+      <c r="B55" s="15">
         <v>43</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>72</v>
       </c>
       <c r="D55" s="4">
         <v>1</v>
       </c>
       <c r="E55" s="4">
         <v>0</v>
       </c>
       <c r="F55" s="4">
         <v>0</v>
       </c>
       <c r="G55" s="4">
         <v>0</v>
       </c>
       <c r="H55" s="4">
         <v>0</v>
       </c>
       <c r="I55" s="4">
         <v>0</v>
       </c>
       <c r="J55" s="4">
         <v>0</v>
@@ -5305,51 +5272,51 @@
         <v>98</v>
       </c>
       <c r="W55" s="5">
         <v>420.017</v>
       </c>
       <c r="X55" s="5">
         <v>0</v>
       </c>
       <c r="Y55" s="5">
         <v>0</v>
       </c>
       <c r="Z55" s="5">
         <v>190</v>
       </c>
       <c r="AA55" s="5">
         <v>1323.6</v>
       </c>
       <c r="AB55" s="5">
         <v>0</v>
       </c>
       <c r="AC55" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B56" s="14">
+      <c r="B56" s="15">
         <v>44</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>73</v>
       </c>
       <c r="D56" s="4">
         <v>0</v>
       </c>
       <c r="E56" s="4">
         <v>0</v>
       </c>
       <c r="F56" s="4">
         <v>0</v>
       </c>
       <c r="G56" s="4">
         <v>0</v>
       </c>
       <c r="H56" s="4">
         <v>0</v>
       </c>
       <c r="I56" s="4">
         <v>0</v>
       </c>
       <c r="J56" s="4">
         <v>0</v>
@@ -5391,54 +5358,54 @@
         <v>178</v>
       </c>
       <c r="W56" s="5">
         <v>616.45167000000004</v>
       </c>
       <c r="X56" s="5">
         <v>0</v>
       </c>
       <c r="Y56" s="5">
         <v>0</v>
       </c>
       <c r="Z56" s="5">
         <v>76</v>
       </c>
       <c r="AA56" s="5">
         <v>611.5</v>
       </c>
       <c r="AB56" s="5">
         <v>0</v>
       </c>
       <c r="AC56" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="A57" s="18" t="s">
+      <c r="A57" s="19" t="s">
         <v>74</v>
       </c>
-      <c r="B57" s="14">
+      <c r="B57" s="15">
         <v>45</v>
       </c>
       <c r="C57" s="3" t="s">
         <v>75</v>
       </c>
       <c r="D57" s="4">
         <v>0</v>
       </c>
       <c r="E57" s="4">
         <v>0</v>
       </c>
       <c r="F57" s="4">
         <v>0</v>
       </c>
       <c r="G57" s="4">
         <v>0</v>
       </c>
       <c r="H57" s="4">
         <v>0</v>
       </c>
       <c r="I57" s="4">
         <v>26</v>
       </c>
       <c r="J57" s="4">
         <v>703942</v>
@@ -5480,54 +5447,54 @@
         <v>8190</v>
       </c>
       <c r="W57" s="5">
         <v>33026.612049999996</v>
       </c>
       <c r="X57" s="5">
         <v>0</v>
       </c>
       <c r="Y57" s="5">
         <v>0</v>
       </c>
       <c r="Z57" s="5">
         <v>24623</v>
       </c>
       <c r="AA57" s="5">
         <v>82234.559280000001</v>
       </c>
       <c r="AB57" s="5">
         <v>0</v>
       </c>
       <c r="AC57" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B58" s="14">
+      <c r="B58" s="15">
         <v>46</v>
       </c>
-      <c r="C58" s="24" t="s">
+      <c r="C58" s="25" t="s">
         <v>76</v>
       </c>
       <c r="D58" s="4">
         <v>101</v>
       </c>
       <c r="E58" s="4">
         <v>41</v>
       </c>
       <c r="F58" s="4">
         <v>0</v>
       </c>
       <c r="G58" s="4">
         <v>0</v>
       </c>
       <c r="H58" s="4">
         <v>0</v>
       </c>
       <c r="I58" s="4">
         <v>0</v>
       </c>
       <c r="J58" s="4">
         <v>808765</v>
       </c>
       <c r="K58" s="4">
         <v>886608</v>
@@ -5566,54 +5533,54 @@
         <v>116130</v>
       </c>
       <c r="W58" s="5">
         <v>499511.41719000123</v>
       </c>
       <c r="X58" s="5">
         <v>23</v>
       </c>
       <c r="Y58" s="5">
         <v>282.64999999999998</v>
       </c>
       <c r="Z58" s="5">
         <v>432665</v>
       </c>
       <c r="AA58" s="5">
         <v>2448445.8784200023</v>
       </c>
       <c r="AB58" s="5">
         <v>0</v>
       </c>
       <c r="AC58" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B59" s="14">
+      <c r="B59" s="15">
         <v>47</v>
       </c>
-      <c r="C59" s="24" t="s">
+      <c r="C59" s="25" t="s">
         <v>77</v>
       </c>
       <c r="D59" s="4">
         <v>0</v>
       </c>
       <c r="E59" s="4">
         <v>0</v>
       </c>
       <c r="F59" s="4">
         <v>0</v>
       </c>
       <c r="G59" s="4">
         <v>0</v>
       </c>
       <c r="H59" s="4">
         <v>0</v>
       </c>
       <c r="I59" s="4">
         <v>0</v>
       </c>
       <c r="J59" s="4">
         <v>0</v>
       </c>
       <c r="K59" s="4">
         <v>1404</v>
@@ -5655,81 +5622,81 @@
         <v>1610.69067</v>
       </c>
       <c r="X59" s="5">
         <v>0</v>
       </c>
       <c r="Y59" s="5">
         <v>0</v>
       </c>
       <c r="Z59" s="5">
         <v>497</v>
       </c>
       <c r="AA59" s="5">
         <v>3685.9</v>
       </c>
       <c r="AB59" s="5">
         <v>0</v>
       </c>
       <c r="AC59" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:29" x14ac:dyDescent="0.2">
       <c r="B60" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="C60" s="24"/>
+      <c r="C60" s="25"/>
       <c r="D60" s="4"/>
       <c r="E60" s="4"/>
       <c r="F60" s="4"/>
       <c r="G60" s="4"/>
       <c r="H60" s="4"/>
       <c r="I60" s="4"/>
       <c r="J60" s="4"/>
       <c r="K60" s="4"/>
       <c r="L60" s="5"/>
       <c r="M60" s="5"/>
       <c r="N60" s="5"/>
       <c r="O60" s="5"/>
       <c r="P60" s="5"/>
       <c r="Q60" s="5"/>
       <c r="R60" s="5"/>
       <c r="S60" s="5"/>
       <c r="T60" s="5"/>
       <c r="U60" s="5"/>
       <c r="V60" s="5"/>
       <c r="W60" s="5"/>
       <c r="X60" s="5"/>
       <c r="Y60" s="5"/>
       <c r="Z60" s="5"/>
       <c r="AA60" s="5"/>
       <c r="AB60" s="5"/>
       <c r="AC60" s="5"/>
     </row>
-    <row r="61" spans="1:29" s="26" customFormat="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B61" s="15">
+    <row r="61" spans="1:29" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="26"/>
+      <c r="B61" s="16">
         <v>48</v>
       </c>
       <c r="C61" s="9" t="s">
         <v>79</v>
       </c>
       <c r="D61" s="10">
         <v>0</v>
       </c>
       <c r="E61" s="10">
         <v>0</v>
       </c>
       <c r="F61" s="10">
         <v>0</v>
       </c>
       <c r="G61" s="10">
         <v>152213</v>
       </c>
       <c r="H61" s="10">
         <v>0</v>
       </c>
       <c r="I61" s="10">
         <v>1175054</v>
       </c>
       <c r="J61" s="10">
         <v>0</v>
@@ -5770,53 +5737,53 @@
       <c r="V61" s="11">
         <v>40215</v>
       </c>
       <c r="W61" s="11">
         <v>65798.122520000004</v>
       </c>
       <c r="X61" s="11">
         <v>0</v>
       </c>
       <c r="Y61" s="11">
         <v>0</v>
       </c>
       <c r="Z61" s="11">
         <v>453004</v>
       </c>
       <c r="AA61" s="11">
         <v>1782262.8346099998</v>
       </c>
       <c r="AB61" s="11">
         <v>0</v>
       </c>
       <c r="AC61" s="11">
         <v>0</v>
       </c>
     </row>
-    <row r="62" spans="1:29" s="26" customFormat="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B62" s="15">
+    <row r="62" spans="1:29" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="26"/>
+      <c r="B62" s="16">
         <v>49</v>
       </c>
       <c r="C62" s="9" t="s">
         <v>80</v>
       </c>
       <c r="D62" s="10">
         <v>0</v>
       </c>
       <c r="E62" s="10">
         <v>0</v>
       </c>
       <c r="F62" s="10">
         <v>0</v>
       </c>
       <c r="G62" s="10">
         <v>457859</v>
       </c>
       <c r="H62" s="10">
         <v>0</v>
       </c>
       <c r="I62" s="10">
         <v>11294</v>
       </c>
       <c r="J62" s="10">
         <v>0</v>
@@ -5857,53 +5824,53 @@
       <c r="V62" s="11">
         <v>2751</v>
       </c>
       <c r="W62" s="11">
         <v>5840.9101500000006</v>
       </c>
       <c r="X62" s="11">
         <v>0</v>
       </c>
       <c r="Y62" s="11">
         <v>0</v>
       </c>
       <c r="Z62" s="11">
         <v>2092812</v>
       </c>
       <c r="AA62" s="11">
         <v>7120259.182</v>
       </c>
       <c r="AB62" s="11">
         <v>0</v>
       </c>
       <c r="AC62" s="11">
         <v>0</v>
       </c>
     </row>
-    <row r="63" spans="1:29" s="26" customFormat="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B63" s="15">
+    <row r="63" spans="1:29" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="26"/>
+      <c r="B63" s="16">
         <v>50</v>
       </c>
       <c r="C63" s="9" t="s">
         <v>81</v>
       </c>
       <c r="D63" s="10">
         <v>0</v>
       </c>
       <c r="E63" s="10">
         <v>0</v>
       </c>
       <c r="F63" s="10">
         <v>0</v>
       </c>
       <c r="G63" s="10">
         <v>195771</v>
       </c>
       <c r="H63" s="10">
         <v>0</v>
       </c>
       <c r="I63" s="10">
         <v>2624837</v>
       </c>
       <c r="J63" s="10">
         <v>0</v>
@@ -5944,53 +5911,53 @@
       <c r="V63" s="11">
         <v>167461</v>
       </c>
       <c r="W63" s="11">
         <v>88725.090730000011</v>
       </c>
       <c r="X63" s="11">
         <v>0</v>
       </c>
       <c r="Y63" s="11">
         <v>0</v>
       </c>
       <c r="Z63" s="11">
         <v>0</v>
       </c>
       <c r="AA63" s="11">
         <v>0</v>
       </c>
       <c r="AB63" s="11">
         <v>0</v>
       </c>
       <c r="AC63" s="11">
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="1:29" s="26" customFormat="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B64" s="15">
+    <row r="64" spans="1:29" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="26"/>
+      <c r="B64" s="16">
         <v>51</v>
       </c>
       <c r="C64" s="9" t="s">
         <v>82</v>
       </c>
       <c r="D64" s="10">
         <v>0</v>
       </c>
       <c r="E64" s="10">
         <v>0</v>
       </c>
       <c r="F64" s="10">
         <v>0</v>
       </c>
       <c r="G64" s="10">
         <v>0</v>
       </c>
       <c r="H64" s="10">
         <v>0</v>
       </c>
       <c r="I64" s="10">
         <v>128636</v>
       </c>
       <c r="J64" s="10">
         <v>0</v>
@@ -6031,53 +5998,53 @@
       <c r="V64" s="11">
         <v>27600</v>
       </c>
       <c r="W64" s="11">
         <v>103026.81009999999</v>
       </c>
       <c r="X64" s="11">
         <v>2005</v>
       </c>
       <c r="Y64" s="11">
         <v>1393.1839</v>
       </c>
       <c r="Z64" s="11">
         <v>86004</v>
       </c>
       <c r="AA64" s="11">
         <v>424590.52</v>
       </c>
       <c r="AB64" s="11">
         <v>0</v>
       </c>
       <c r="AC64" s="11">
         <v>0</v>
       </c>
     </row>
-    <row r="65" spans="1:29" s="26" customFormat="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B65" s="15">
+    <row r="65" spans="1:29" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="26"/>
+      <c r="B65" s="16">
         <v>52</v>
       </c>
       <c r="C65" s="9" t="s">
         <v>83</v>
       </c>
       <c r="D65" s="10">
         <v>0</v>
       </c>
       <c r="E65" s="10">
         <v>0</v>
       </c>
       <c r="F65" s="10">
         <v>0</v>
       </c>
       <c r="G65" s="10">
         <v>294632</v>
       </c>
       <c r="H65" s="10">
         <v>0</v>
       </c>
       <c r="I65" s="10">
         <v>0</v>
       </c>
       <c r="J65" s="10">
         <v>0</v>
@@ -6118,56 +6085,56 @@
       <c r="V65" s="11">
         <v>10613</v>
       </c>
       <c r="W65" s="11">
         <v>22063.225280000002</v>
       </c>
       <c r="X65" s="11">
         <v>0</v>
       </c>
       <c r="Y65" s="11">
         <v>0</v>
       </c>
       <c r="Z65" s="11">
         <v>407851</v>
       </c>
       <c r="AA65" s="11">
         <v>1061425</v>
       </c>
       <c r="AB65" s="11">
         <v>0</v>
       </c>
       <c r="AC65" s="11">
         <v>0</v>
       </c>
     </row>
-    <row r="66" spans="1:29" s="26" customFormat="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B66" s="15">
+    <row r="66" spans="1:29" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="26"/>
+      <c r="B66" s="16">
         <v>53</v>
       </c>
-      <c r="C66" s="27" t="s">
+      <c r="C66" s="28" t="s">
         <v>84</v>
       </c>
       <c r="D66" s="10">
         <v>0</v>
       </c>
       <c r="E66" s="10">
         <v>0</v>
       </c>
       <c r="F66" s="10">
         <v>0</v>
       </c>
       <c r="G66" s="10">
         <v>0</v>
       </c>
       <c r="H66" s="10">
         <v>0</v>
       </c>
       <c r="I66" s="10">
         <v>0</v>
       </c>
       <c r="J66" s="10">
         <v>0</v>
       </c>
       <c r="K66" s="10">
         <v>30589109</v>
@@ -6209,80 +6176,80 @@
         <v>165.87868</v>
       </c>
       <c r="X66" s="11">
         <v>0</v>
       </c>
       <c r="Y66" s="11">
         <v>0</v>
       </c>
       <c r="Z66" s="11">
         <v>32</v>
       </c>
       <c r="AA66" s="11">
         <v>46</v>
       </c>
       <c r="AB66" s="11">
         <v>0</v>
       </c>
       <c r="AC66" s="11">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:29" x14ac:dyDescent="0.2">
       <c r="B67" s="8" t="s">
         <v>85</v>
       </c>
-      <c r="C67" s="24"/>
+      <c r="C67" s="25"/>
       <c r="D67" s="1"/>
       <c r="E67" s="1"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="2"/>
       <c r="M67" s="2"/>
       <c r="N67" s="2"/>
       <c r="O67" s="2"/>
       <c r="P67" s="2"/>
       <c r="Q67" s="2"/>
       <c r="R67" s="2"/>
       <c r="S67" s="2"/>
       <c r="T67" s="5"/>
       <c r="U67" s="5"/>
       <c r="V67" s="5"/>
       <c r="W67" s="5"/>
       <c r="X67" s="5"/>
       <c r="Y67" s="5"/>
       <c r="Z67" s="5"/>
       <c r="AA67" s="5"/>
       <c r="AB67" s="5"/>
       <c r="AC67" s="5"/>
     </row>
     <row r="68" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B68" s="14">
+      <c r="B68" s="15">
         <v>54</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>86</v>
       </c>
       <c r="D68" s="4">
         <v>672</v>
       </c>
       <c r="E68" s="4">
         <v>6</v>
       </c>
       <c r="F68" s="4">
         <v>0</v>
       </c>
       <c r="G68" s="4">
         <v>852</v>
       </c>
       <c r="H68" s="4">
         <v>0</v>
       </c>
       <c r="I68" s="4">
         <v>348587</v>
       </c>
       <c r="J68" s="4">
         <v>982540</v>
@@ -6324,51 +6291,51 @@
         <v>147707</v>
       </c>
       <c r="W68" s="5">
         <v>659014.92373998289</v>
       </c>
       <c r="X68" s="5">
         <v>142</v>
       </c>
       <c r="Y68" s="5">
         <v>2079.62</v>
       </c>
       <c r="Z68" s="5">
         <v>1362143</v>
       </c>
       <c r="AA68" s="5">
         <v>7047788.8310000002</v>
       </c>
       <c r="AB68" s="5">
         <v>0</v>
       </c>
       <c r="AC68" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B69" s="14">
+      <c r="B69" s="15">
         <v>55</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>87</v>
       </c>
       <c r="D69" s="4">
         <v>194</v>
       </c>
       <c r="E69" s="4">
         <v>2</v>
       </c>
       <c r="F69" s="4">
         <v>0</v>
       </c>
       <c r="G69" s="4">
         <v>0</v>
       </c>
       <c r="H69" s="4">
         <v>0</v>
       </c>
       <c r="I69" s="4">
         <v>0</v>
       </c>
       <c r="J69" s="4">
         <v>0</v>
@@ -6410,51 +6377,51 @@
         <v>1486</v>
       </c>
       <c r="W69" s="5">
         <v>8531.924140000001</v>
       </c>
       <c r="X69" s="5">
         <v>0</v>
       </c>
       <c r="Y69" s="5">
         <v>0</v>
       </c>
       <c r="Z69" s="5">
         <v>103175</v>
       </c>
       <c r="AA69" s="5">
         <v>596151.92000000004</v>
       </c>
       <c r="AB69" s="5">
         <v>0</v>
       </c>
       <c r="AC69" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B70" s="14">
+      <c r="B70" s="15">
         <v>56</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>88</v>
       </c>
       <c r="D70" s="4">
         <v>372</v>
       </c>
       <c r="E70" s="4">
         <v>4</v>
       </c>
       <c r="F70" s="4">
         <v>2593</v>
       </c>
       <c r="G70" s="4">
         <v>336</v>
       </c>
       <c r="H70" s="4">
         <v>60338</v>
       </c>
       <c r="I70" s="4">
         <v>0</v>
       </c>
       <c r="J70" s="4">
         <v>1152</v>
@@ -6496,51 +6463,51 @@
         <v>19822</v>
       </c>
       <c r="W70" s="5">
         <v>116357.61112999999</v>
       </c>
       <c r="X70" s="5">
         <v>0</v>
       </c>
       <c r="Y70" s="5">
         <v>0</v>
       </c>
       <c r="Z70" s="5">
         <v>1857559</v>
       </c>
       <c r="AA70" s="5">
         <v>5381379.0369999995</v>
       </c>
       <c r="AB70" s="5">
         <v>0</v>
       </c>
       <c r="AC70" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B71" s="14">
+      <c r="B71" s="15">
         <v>57</v>
       </c>
       <c r="C71" s="3" t="s">
         <v>89</v>
       </c>
       <c r="D71" s="4">
         <v>711</v>
       </c>
       <c r="E71" s="4">
         <v>2</v>
       </c>
       <c r="F71" s="4">
         <v>0</v>
       </c>
       <c r="G71" s="4">
         <v>4948</v>
       </c>
       <c r="H71" s="4">
         <v>0</v>
       </c>
       <c r="I71" s="4">
         <v>0</v>
       </c>
       <c r="J71" s="4">
         <v>1993</v>
@@ -6582,51 +6549,51 @@
         <v>8372</v>
       </c>
       <c r="W71" s="5">
         <v>28679.070350000002</v>
       </c>
       <c r="X71" s="5">
         <v>0</v>
       </c>
       <c r="Y71" s="5">
         <v>0</v>
       </c>
       <c r="Z71" s="5">
         <v>681790</v>
       </c>
       <c r="AA71" s="5">
         <v>3324910.29</v>
       </c>
       <c r="AB71" s="5">
         <v>0</v>
       </c>
       <c r="AC71" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B72" s="14">
+      <c r="B72" s="15">
         <v>58</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>90</v>
       </c>
       <c r="D72" s="4">
         <v>58</v>
       </c>
       <c r="E72" s="4">
         <v>3</v>
       </c>
       <c r="F72" s="4">
         <v>0</v>
       </c>
       <c r="G72" s="4">
         <v>173</v>
       </c>
       <c r="H72" s="4">
         <v>0</v>
       </c>
       <c r="I72" s="4">
         <v>509397</v>
       </c>
       <c r="J72" s="4">
         <v>0</v>
@@ -6668,51 +6635,51 @@
         <v>7265</v>
       </c>
       <c r="W72" s="5">
         <v>30457.333489999997</v>
       </c>
       <c r="X72" s="5">
         <v>0</v>
       </c>
       <c r="Y72" s="5">
         <v>0</v>
       </c>
       <c r="Z72" s="5">
         <v>408939</v>
       </c>
       <c r="AA72" s="5">
         <v>1658869.9517600001</v>
       </c>
       <c r="AB72" s="5">
         <v>0</v>
       </c>
       <c r="AC72" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B73" s="14">
+      <c r="B73" s="15">
         <v>59</v>
       </c>
       <c r="C73" s="3" t="s">
         <v>91</v>
       </c>
       <c r="D73" s="4">
         <v>17</v>
       </c>
       <c r="E73" s="4">
         <v>1</v>
       </c>
       <c r="F73" s="4">
         <v>0</v>
       </c>
       <c r="G73" s="4">
         <v>0</v>
       </c>
       <c r="H73" s="4">
         <v>0</v>
       </c>
       <c r="I73" s="4">
         <v>0</v>
       </c>
       <c r="J73" s="4">
         <v>0</v>
@@ -6754,51 +6721,51 @@
         <v>12199</v>
       </c>
       <c r="W73" s="5">
         <v>42584.842680000002</v>
       </c>
       <c r="X73" s="5">
         <v>0</v>
       </c>
       <c r="Y73" s="5">
         <v>0</v>
       </c>
       <c r="Z73" s="5">
         <v>91992</v>
       </c>
       <c r="AA73" s="5">
         <v>331590</v>
       </c>
       <c r="AB73" s="5">
         <v>112</v>
       </c>
       <c r="AC73" s="5">
         <v>508.02440999999999</v>
       </c>
     </row>
     <row r="74" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B74" s="14">
+      <c r="B74" s="15">
         <v>60</v>
       </c>
       <c r="C74" s="3" t="s">
         <v>92</v>
       </c>
       <c r="D74" s="4">
         <v>0</v>
       </c>
       <c r="E74" s="4">
         <v>0</v>
       </c>
       <c r="F74" s="4">
         <v>0</v>
       </c>
       <c r="G74" s="4">
         <v>0</v>
       </c>
       <c r="H74" s="4">
         <v>0</v>
       </c>
       <c r="I74" s="4">
         <v>0</v>
       </c>
       <c r="J74" s="4">
         <v>0</v>
@@ -6840,51 +6807,51 @@
         <v>1743</v>
       </c>
       <c r="W74" s="5">
         <v>8343.6636600000002</v>
       </c>
       <c r="X74" s="5">
         <v>0</v>
       </c>
       <c r="Y74" s="5">
         <v>0</v>
       </c>
       <c r="Z74" s="5">
         <v>22109</v>
       </c>
       <c r="AA74" s="5">
         <v>106483.09</v>
       </c>
       <c r="AB74" s="5">
         <v>0</v>
       </c>
       <c r="AC74" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B75" s="14">
+      <c r="B75" s="15">
         <v>61</v>
       </c>
       <c r="C75" s="3" t="s">
         <v>93</v>
       </c>
       <c r="D75" s="4">
         <v>0</v>
       </c>
       <c r="E75" s="4">
         <v>0</v>
       </c>
       <c r="F75" s="4">
         <v>0</v>
       </c>
       <c r="G75" s="4">
         <v>67</v>
       </c>
       <c r="H75" s="4">
         <v>0</v>
       </c>
       <c r="I75" s="4">
         <v>0</v>
       </c>
       <c r="J75" s="4">
         <v>2075</v>
@@ -6926,51 +6893,51 @@
         <v>1571</v>
       </c>
       <c r="W75" s="5">
         <v>8373.3670000000002</v>
       </c>
       <c r="X75" s="5">
         <v>0</v>
       </c>
       <c r="Y75" s="5">
         <v>0</v>
       </c>
       <c r="Z75" s="5">
         <v>66921</v>
       </c>
       <c r="AA75" s="5">
         <v>306685.34399999998</v>
       </c>
       <c r="AB75" s="5">
         <v>0</v>
       </c>
       <c r="AC75" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B76" s="14">
+      <c r="B76" s="15">
         <v>62</v>
       </c>
       <c r="C76" s="3" t="s">
         <v>94</v>
       </c>
       <c r="D76" s="4">
         <v>609</v>
       </c>
       <c r="E76" s="4">
         <v>4</v>
       </c>
       <c r="F76" s="4">
         <v>0</v>
       </c>
       <c r="G76" s="4">
         <v>0</v>
       </c>
       <c r="H76" s="4">
         <v>0</v>
       </c>
       <c r="I76" s="4">
         <v>557891</v>
       </c>
       <c r="J76" s="4">
         <v>0</v>
@@ -7012,51 +6979,51 @@
         <v>28273</v>
       </c>
       <c r="W76" s="5">
         <v>110446.15340000001</v>
       </c>
       <c r="X76" s="5">
         <v>0</v>
       </c>
       <c r="Y76" s="5">
         <v>0</v>
       </c>
       <c r="Z76" s="5">
         <v>2901122</v>
       </c>
       <c r="AA76" s="5">
         <v>11796468.221999999</v>
       </c>
       <c r="AB76" s="5">
         <v>1</v>
       </c>
       <c r="AC76" s="5">
         <v>0.3</v>
       </c>
     </row>
     <row r="77" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B77" s="14">
+      <c r="B77" s="15">
         <v>63</v>
       </c>
       <c r="C77" s="3" t="s">
         <v>95</v>
       </c>
       <c r="D77" s="4">
         <v>193</v>
       </c>
       <c r="E77" s="4">
         <v>0</v>
       </c>
       <c r="F77" s="4">
         <v>0</v>
       </c>
       <c r="G77" s="4">
         <v>0</v>
       </c>
       <c r="H77" s="4">
         <v>0</v>
       </c>
       <c r="I77" s="4">
         <v>0</v>
       </c>
       <c r="J77" s="4">
         <v>6283</v>
@@ -7098,51 +7065,51 @@
         <v>1015</v>
       </c>
       <c r="W77" s="5">
         <v>4845.0963500000016</v>
       </c>
       <c r="X77" s="5">
         <v>0</v>
       </c>
       <c r="Y77" s="5">
         <v>0</v>
       </c>
       <c r="Z77" s="5">
         <v>34856</v>
       </c>
       <c r="AA77" s="5">
         <v>161436.96400000001</v>
       </c>
       <c r="AB77" s="5">
         <v>0</v>
       </c>
       <c r="AC77" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B78" s="14">
+      <c r="B78" s="15">
         <v>64</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D78" s="4">
         <v>355</v>
       </c>
       <c r="E78" s="4">
         <v>7</v>
       </c>
       <c r="F78" s="4">
         <v>0</v>
       </c>
       <c r="G78" s="4">
         <v>777</v>
       </c>
       <c r="H78" s="4">
         <v>0</v>
       </c>
       <c r="I78" s="4">
         <v>40433</v>
       </c>
       <c r="J78" s="4">
         <v>142182</v>
@@ -7183,79 +7150,79 @@
       <c r="V78" s="5">
         <v>6749</v>
       </c>
       <c r="W78" s="5">
         <v>32115.435800000054</v>
       </c>
       <c r="X78" s="5">
         <v>0</v>
       </c>
       <c r="Y78" s="5">
         <v>0</v>
       </c>
       <c r="Z78" s="5">
         <v>163456</v>
       </c>
       <c r="AA78" s="5">
         <v>909979.11800000002</v>
       </c>
       <c r="AB78" s="5">
         <v>0</v>
       </c>
       <c r="AC78" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="79" spans="1:29" s="29" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B79" s="42" t="s">
+    <row r="79" spans="1:29" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="29"/>
+      <c r="B79" s="40" t="s">
         <v>97</v>
       </c>
-      <c r="C79" s="43"/>
+      <c r="C79" s="41"/>
       <c r="D79" s="12">
         <f>SUM(D11:D78)</f>
         <v>131169</v>
       </c>
       <c r="E79" s="12">
         <f>SUM(E11:E78)</f>
         <v>78801</v>
       </c>
       <c r="F79" s="12">
         <f t="shared" ref="F79:AC79" si="0">SUM(F11:F78)</f>
         <v>11782954</v>
       </c>
       <c r="G79" s="12">
         <f t="shared" si="0"/>
         <v>1459218</v>
       </c>
       <c r="H79" s="12">
         <f t="shared" si="0"/>
         <v>6699048</v>
       </c>
       <c r="I79" s="12">
         <f t="shared" si="0"/>
-        <v>678251197</v>
+        <v>678160811</v>
       </c>
       <c r="J79" s="12">
         <f t="shared" si="0"/>
         <v>110969493</v>
       </c>
       <c r="K79" s="12">
         <f t="shared" si="0"/>
         <v>1005180283</v>
       </c>
       <c r="L79" s="12">
         <f t="shared" si="0"/>
         <v>233869565</v>
       </c>
       <c r="M79" s="12">
         <f t="shared" si="0"/>
         <v>674677887.2128396</v>
       </c>
       <c r="N79" s="12">
         <f t="shared" si="0"/>
         <v>223606182</v>
       </c>
       <c r="O79" s="12">
         <f t="shared" si="0"/>
         <v>1155976975.2314992</v>
       </c>
@@ -7295,1057 +7262,1059 @@
         <f t="shared" si="0"/>
         <v>71982</v>
       </c>
       <c r="Y79" s="12">
         <f t="shared" si="0"/>
         <v>1293974.99526</v>
       </c>
       <c r="Z79" s="12">
         <f t="shared" si="0"/>
         <v>435858139</v>
       </c>
       <c r="AA79" s="12">
         <f t="shared" si="0"/>
         <v>2287346695.8159156</v>
       </c>
       <c r="AB79" s="12">
         <f t="shared" si="0"/>
         <v>11475</v>
       </c>
       <c r="AC79" s="12">
         <f t="shared" si="0"/>
         <v>10832.765899999999</v>
       </c>
     </row>
     <row r="80" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="A80" s="39" t="s">
+      <c r="A80" s="14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B80" s="36" t="s">
+        <v>99</v>
+      </c>
+      <c r="C80" s="36"/>
+      <c r="D80" s="36"/>
+      <c r="E80" s="36"/>
+      <c r="F80" s="36"/>
+      <c r="G80" s="36"/>
+      <c r="H80" s="36"/>
+      <c r="I80" s="36"/>
+      <c r="J80" s="36"/>
+      <c r="K80" s="36"/>
+      <c r="L80" s="36"/>
+      <c r="M80" s="36"/>
+      <c r="N80" s="36"/>
+      <c r="O80" s="36"/>
+      <c r="P80" s="36"/>
+      <c r="Q80" s="36"/>
+      <c r="R80" s="36"/>
+      <c r="S80" s="36"/>
+      <c r="T80" s="36"/>
+      <c r="U80" s="36"/>
+      <c r="V80" s="36"/>
+      <c r="W80" s="36"/>
+      <c r="X80" s="36"/>
+      <c r="Y80" s="36"/>
+      <c r="Z80" s="36"/>
+      <c r="AA80" s="36"/>
+      <c r="AB80" s="36"/>
+      <c r="AC80" s="36"/>
+    </row>
+    <row r="81" spans="1:30" x14ac:dyDescent="0.2">
+      <c r="A81" s="31">
+        <v>1</v>
+      </c>
+      <c r="B81" s="36" t="s">
+        <v>100</v>
+      </c>
+      <c r="C81" s="36"/>
+      <c r="D81" s="36"/>
+      <c r="E81" s="36"/>
+      <c r="F81" s="36"/>
+      <c r="G81" s="36"/>
+      <c r="H81" s="36"/>
+      <c r="I81" s="36"/>
+      <c r="J81" s="36"/>
+      <c r="K81" s="36"/>
+      <c r="L81" s="36"/>
+      <c r="M81" s="36"/>
+      <c r="N81" s="36"/>
+      <c r="O81" s="36"/>
+      <c r="P81" s="36"/>
+      <c r="Q81" s="36"/>
+      <c r="R81" s="36"/>
+      <c r="S81" s="36"/>
+      <c r="T81" s="36"/>
+      <c r="U81" s="36"/>
+      <c r="V81" s="36"/>
+      <c r="W81" s="36"/>
+      <c r="X81" s="36"/>
+      <c r="Y81" s="36"/>
+      <c r="Z81" s="36"/>
+      <c r="AA81" s="36"/>
+      <c r="AB81" s="36"/>
+      <c r="AC81" s="36"/>
+    </row>
+    <row r="82" spans="1:30" x14ac:dyDescent="0.2">
+      <c r="A82" s="31">
+        <v>2</v>
+      </c>
+      <c r="B82" s="36" t="s">
+        <v>101</v>
+      </c>
+      <c r="C82" s="36"/>
+      <c r="D82" s="36"/>
+      <c r="E82" s="36"/>
+      <c r="F82" s="36"/>
+      <c r="G82" s="36"/>
+      <c r="H82" s="36"/>
+      <c r="I82" s="36"/>
+      <c r="J82" s="36"/>
+      <c r="K82" s="36"/>
+      <c r="L82" s="36"/>
+      <c r="M82" s="36"/>
+      <c r="N82" s="36"/>
+      <c r="O82" s="36"/>
+      <c r="P82" s="36"/>
+      <c r="Q82" s="36"/>
+      <c r="R82" s="36"/>
+      <c r="S82" s="36"/>
+      <c r="T82" s="36"/>
+      <c r="U82" s="36"/>
+      <c r="V82" s="36"/>
+      <c r="W82" s="36"/>
+      <c r="X82" s="36"/>
+      <c r="Y82" s="36"/>
+      <c r="Z82" s="36"/>
+      <c r="AA82" s="36"/>
+      <c r="AB82" s="36"/>
+      <c r="AC82" s="36"/>
+    </row>
+    <row r="83" spans="1:30" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="31">
+        <v>3</v>
+      </c>
+      <c r="B83" s="36" t="s">
+        <v>102</v>
+      </c>
+      <c r="C83" s="36"/>
+      <c r="D83" s="36"/>
+      <c r="E83" s="36"/>
+      <c r="F83" s="36"/>
+      <c r="G83" s="36"/>
+      <c r="H83" s="36"/>
+      <c r="I83" s="36"/>
+      <c r="J83" s="36"/>
+      <c r="K83" s="36"/>
+      <c r="L83" s="36"/>
+      <c r="M83" s="36"/>
+      <c r="N83" s="36"/>
+      <c r="O83" s="36"/>
+      <c r="P83" s="36"/>
+      <c r="Q83" s="36"/>
+      <c r="R83" s="36"/>
+      <c r="S83" s="36"/>
+      <c r="T83" s="36"/>
+      <c r="U83" s="36"/>
+      <c r="V83" s="36"/>
+      <c r="W83" s="36"/>
+      <c r="X83" s="36"/>
+      <c r="Y83" s="36"/>
+      <c r="Z83" s="36"/>
+      <c r="AA83" s="36"/>
+      <c r="AB83" s="36"/>
+      <c r="AC83" s="36"/>
+    </row>
+    <row r="84" spans="1:30" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="31">
+        <v>4</v>
+      </c>
+      <c r="B84" s="36" t="s">
+        <v>103</v>
+      </c>
+      <c r="C84" s="36"/>
+      <c r="D84" s="36"/>
+      <c r="E84" s="36"/>
+      <c r="F84" s="36"/>
+      <c r="G84" s="36"/>
+      <c r="H84" s="36"/>
+      <c r="I84" s="36"/>
+      <c r="J84" s="36"/>
+      <c r="K84" s="36"/>
+      <c r="L84" s="36"/>
+      <c r="M84" s="36"/>
+      <c r="N84" s="36"/>
+      <c r="O84" s="36"/>
+      <c r="P84" s="36"/>
+      <c r="Q84" s="36"/>
+      <c r="R84" s="36"/>
+      <c r="S84" s="36"/>
+      <c r="T84" s="36"/>
+      <c r="U84" s="36"/>
+      <c r="V84" s="36"/>
+      <c r="W84" s="36"/>
+      <c r="X84" s="36"/>
+      <c r="Y84" s="36"/>
+      <c r="Z84" s="36"/>
+      <c r="AA84" s="36"/>
+      <c r="AB84" s="36"/>
+      <c r="AC84" s="36"/>
+    </row>
+    <row r="85" spans="1:30" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="31">
+        <v>5</v>
+      </c>
+      <c r="B85" s="36" t="s">
+        <v>104</v>
+      </c>
+      <c r="C85" s="36"/>
+      <c r="D85" s="36"/>
+      <c r="E85" s="36"/>
+      <c r="F85" s="36"/>
+      <c r="G85" s="36"/>
+      <c r="H85" s="36"/>
+      <c r="I85" s="36"/>
+      <c r="J85" s="36"/>
+      <c r="K85" s="36"/>
+      <c r="L85" s="36"/>
+      <c r="M85" s="36"/>
+      <c r="N85" s="36"/>
+      <c r="O85" s="36"/>
+      <c r="P85" s="36"/>
+      <c r="Q85" s="36"/>
+      <c r="R85" s="36"/>
+      <c r="S85" s="36"/>
+      <c r="T85" s="36"/>
+      <c r="U85" s="36"/>
+      <c r="V85" s="36"/>
+      <c r="W85" s="36"/>
+      <c r="X85" s="36"/>
+      <c r="Y85" s="36"/>
+      <c r="Z85" s="36"/>
+      <c r="AA85" s="36"/>
+      <c r="AB85" s="36"/>
+      <c r="AC85" s="36"/>
+    </row>
+    <row r="86" spans="1:30" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="31">
+        <v>6</v>
+      </c>
+      <c r="B86" s="36" t="s">
+        <v>105</v>
+      </c>
+      <c r="C86" s="36"/>
+      <c r="D86" s="36"/>
+      <c r="E86" s="36"/>
+      <c r="F86" s="36"/>
+      <c r="G86" s="36"/>
+      <c r="H86" s="36"/>
+      <c r="I86" s="36"/>
+      <c r="J86" s="36"/>
+      <c r="K86" s="36"/>
+      <c r="L86" s="36"/>
+      <c r="M86" s="36"/>
+      <c r="N86" s="36"/>
+      <c r="O86" s="36"/>
+      <c r="P86" s="36"/>
+      <c r="Q86" s="36"/>
+      <c r="R86" s="36"/>
+      <c r="S86" s="36"/>
+      <c r="T86" s="36"/>
+      <c r="U86" s="36"/>
+      <c r="V86" s="36"/>
+      <c r="W86" s="36"/>
+      <c r="X86" s="36"/>
+      <c r="Y86" s="36"/>
+      <c r="Z86" s="36"/>
+      <c r="AA86" s="36"/>
+      <c r="AB86" s="36"/>
+      <c r="AC86" s="36"/>
+    </row>
+    <row r="87" spans="1:30" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="31">
+        <v>7</v>
+      </c>
+      <c r="B87" s="36" t="s">
+        <v>106</v>
+      </c>
+      <c r="C87" s="36"/>
+      <c r="D87" s="36"/>
+      <c r="E87" s="36"/>
+      <c r="F87" s="36"/>
+      <c r="G87" s="36"/>
+      <c r="H87" s="36"/>
+      <c r="I87" s="36"/>
+      <c r="J87" s="36"/>
+      <c r="K87" s="36"/>
+      <c r="L87" s="36"/>
+      <c r="M87" s="36"/>
+      <c r="N87" s="36"/>
+      <c r="O87" s="36"/>
+      <c r="P87" s="36"/>
+      <c r="Q87" s="36"/>
+      <c r="R87" s="36"/>
+      <c r="S87" s="36"/>
+      <c r="T87" s="36"/>
+      <c r="U87" s="36"/>
+      <c r="V87" s="36"/>
+      <c r="W87" s="36"/>
+      <c r="X87" s="36"/>
+      <c r="Y87" s="36"/>
+      <c r="Z87" s="36"/>
+      <c r="AA87" s="36"/>
+      <c r="AB87" s="36"/>
+      <c r="AC87" s="36"/>
+    </row>
+    <row r="88" spans="1:30" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="31">
+        <v>8</v>
+      </c>
+      <c r="B88" s="36" t="s">
+        <v>107</v>
+      </c>
+      <c r="C88" s="36"/>
+      <c r="D88" s="36"/>
+      <c r="E88" s="36"/>
+      <c r="F88" s="36"/>
+      <c r="G88" s="36"/>
+      <c r="H88" s="36"/>
+      <c r="I88" s="36"/>
+      <c r="J88" s="36"/>
+      <c r="K88" s="36"/>
+      <c r="L88" s="36"/>
+      <c r="M88" s="36"/>
+      <c r="N88" s="36"/>
+      <c r="O88" s="36"/>
+      <c r="P88" s="36"/>
+      <c r="Q88" s="36"/>
+      <c r="R88" s="36"/>
+      <c r="S88" s="36"/>
+      <c r="T88" s="36"/>
+      <c r="U88" s="36"/>
+      <c r="V88" s="36"/>
+      <c r="W88" s="36"/>
+      <c r="X88" s="36"/>
+      <c r="Y88" s="36"/>
+      <c r="Z88" s="36"/>
+      <c r="AA88" s="36"/>
+      <c r="AB88" s="36"/>
+      <c r="AC88" s="36"/>
+    </row>
+    <row r="89" spans="1:30" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="31">
+        <v>9</v>
+      </c>
+      <c r="B89" s="36" t="s">
+        <v>108</v>
+      </c>
+      <c r="C89" s="36"/>
+      <c r="D89" s="36"/>
+      <c r="E89" s="36"/>
+      <c r="F89" s="36"/>
+      <c r="G89" s="36"/>
+      <c r="H89" s="36"/>
+      <c r="I89" s="36"/>
+      <c r="J89" s="36"/>
+      <c r="K89" s="36"/>
+      <c r="L89" s="36"/>
+      <c r="M89" s="36"/>
+      <c r="N89" s="36"/>
+      <c r="O89" s="36"/>
+      <c r="P89" s="36"/>
+      <c r="Q89" s="36"/>
+      <c r="R89" s="36"/>
+      <c r="S89" s="36"/>
+      <c r="T89" s="36"/>
+      <c r="U89" s="36"/>
+      <c r="V89" s="36"/>
+      <c r="W89" s="36"/>
+      <c r="X89" s="36"/>
+      <c r="Y89" s="36"/>
+      <c r="Z89" s="36"/>
+      <c r="AA89" s="36"/>
+      <c r="AB89" s="36"/>
+      <c r="AC89" s="36"/>
+      <c r="AD89" s="17"/>
+    </row>
+    <row r="90" spans="1:30" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="31">
+        <v>10</v>
+      </c>
+      <c r="B90" s="36" t="s">
+        <v>109</v>
+      </c>
+      <c r="C90" s="36"/>
+      <c r="D90" s="36"/>
+      <c r="E90" s="36"/>
+      <c r="F90" s="36"/>
+      <c r="G90" s="36"/>
+      <c r="H90" s="36"/>
+      <c r="I90" s="36"/>
+      <c r="J90" s="36"/>
+      <c r="K90" s="36"/>
+      <c r="L90" s="36"/>
+      <c r="M90" s="36"/>
+      <c r="N90" s="36"/>
+      <c r="O90" s="36"/>
+      <c r="P90" s="36"/>
+      <c r="Q90" s="36"/>
+      <c r="R90" s="36"/>
+      <c r="S90" s="36"/>
+      <c r="T90" s="36"/>
+      <c r="U90" s="36"/>
+      <c r="V90" s="36"/>
+      <c r="W90" s="36"/>
+      <c r="X90" s="36"/>
+      <c r="Y90" s="36"/>
+      <c r="Z90" s="36"/>
+      <c r="AA90" s="36"/>
+      <c r="AB90" s="36"/>
+      <c r="AC90" s="36"/>
+    </row>
+    <row r="91" spans="1:30" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="31">
+        <v>11</v>
+      </c>
+      <c r="B91" s="36" t="s">
+        <v>110</v>
+      </c>
+      <c r="C91" s="36"/>
+      <c r="D91" s="36"/>
+      <c r="E91" s="36"/>
+      <c r="F91" s="36"/>
+      <c r="G91" s="36"/>
+      <c r="H91" s="36"/>
+      <c r="I91" s="36"/>
+      <c r="J91" s="36"/>
+      <c r="K91" s="36"/>
+      <c r="L91" s="36"/>
+      <c r="M91" s="36"/>
+      <c r="N91" s="36"/>
+      <c r="O91" s="36"/>
+      <c r="P91" s="36"/>
+      <c r="Q91" s="36"/>
+      <c r="R91" s="36"/>
+      <c r="S91" s="36"/>
+      <c r="T91" s="36"/>
+      <c r="U91" s="36"/>
+      <c r="V91" s="36"/>
+      <c r="W91" s="36"/>
+      <c r="X91" s="36"/>
+      <c r="Y91" s="36"/>
+      <c r="Z91" s="36"/>
+      <c r="AA91" s="36"/>
+      <c r="AB91" s="36"/>
+      <c r="AC91" s="36"/>
+      <c r="AD91" s="17"/>
+    </row>
+    <row r="92" spans="1:30" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="31">
+        <v>12</v>
+      </c>
+      <c r="B92" s="36" t="s">
+        <v>111</v>
+      </c>
+      <c r="C92" s="36"/>
+      <c r="D92" s="36"/>
+      <c r="E92" s="36"/>
+      <c r="F92" s="36"/>
+      <c r="G92" s="36"/>
+      <c r="H92" s="36"/>
+      <c r="I92" s="36"/>
+      <c r="J92" s="36"/>
+      <c r="K92" s="36"/>
+      <c r="L92" s="36"/>
+      <c r="M92" s="36"/>
+      <c r="N92" s="36"/>
+      <c r="O92" s="36"/>
+      <c r="P92" s="36"/>
+      <c r="Q92" s="36"/>
+      <c r="R92" s="36"/>
+      <c r="S92" s="36"/>
+      <c r="T92" s="36"/>
+      <c r="U92" s="36"/>
+      <c r="V92" s="36"/>
+      <c r="W92" s="36"/>
+      <c r="X92" s="36"/>
+      <c r="Y92" s="36"/>
+      <c r="Z92" s="36"/>
+      <c r="AA92" s="36"/>
+      <c r="AB92" s="36"/>
+      <c r="AC92" s="36"/>
+    </row>
+    <row r="93" spans="1:30" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="31">
+        <v>13</v>
+      </c>
+      <c r="B93" s="36" t="s">
+        <v>112</v>
+      </c>
+      <c r="C93" s="36"/>
+      <c r="D93" s="36"/>
+      <c r="E93" s="36"/>
+      <c r="F93" s="36"/>
+      <c r="G93" s="36"/>
+      <c r="H93" s="36"/>
+      <c r="I93" s="36"/>
+      <c r="J93" s="36"/>
+      <c r="K93" s="36"/>
+      <c r="L93" s="36"/>
+      <c r="M93" s="36"/>
+      <c r="N93" s="36"/>
+      <c r="O93" s="36"/>
+      <c r="P93" s="36"/>
+      <c r="Q93" s="36"/>
+      <c r="R93" s="36"/>
+      <c r="S93" s="36"/>
+      <c r="T93" s="36"/>
+      <c r="U93" s="36"/>
+      <c r="V93" s="36"/>
+      <c r="W93" s="36"/>
+      <c r="X93" s="36"/>
+      <c r="Y93" s="36"/>
+      <c r="Z93" s="36"/>
+      <c r="AA93" s="36"/>
+      <c r="AB93" s="36"/>
+      <c r="AC93" s="36"/>
+    </row>
+    <row r="94" spans="1:30" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="31">
+        <v>14</v>
+      </c>
+      <c r="B94" s="36" t="s">
+        <v>113</v>
+      </c>
+      <c r="C94" s="36"/>
+      <c r="D94" s="36"/>
+      <c r="E94" s="36"/>
+      <c r="F94" s="36"/>
+      <c r="G94" s="36"/>
+      <c r="H94" s="36"/>
+      <c r="I94" s="36"/>
+      <c r="J94" s="36"/>
+      <c r="K94" s="36"/>
+      <c r="L94" s="36"/>
+      <c r="M94" s="36"/>
+      <c r="N94" s="36"/>
+      <c r="O94" s="36"/>
+      <c r="P94" s="36"/>
+      <c r="Q94" s="36"/>
+      <c r="R94" s="36"/>
+      <c r="S94" s="36"/>
+      <c r="T94" s="36"/>
+      <c r="U94" s="36"/>
+      <c r="V94" s="36"/>
+      <c r="W94" s="36"/>
+      <c r="X94" s="36"/>
+      <c r="Y94" s="36"/>
+      <c r="Z94" s="36"/>
+      <c r="AA94" s="36"/>
+      <c r="AB94" s="36"/>
+      <c r="AC94" s="36"/>
+    </row>
+    <row r="95" spans="1:30" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="31">
+        <v>15</v>
+      </c>
+      <c r="B95" s="36" t="s">
+        <v>114</v>
+      </c>
+      <c r="C95" s="36"/>
+      <c r="D95" s="36"/>
+      <c r="E95" s="36"/>
+      <c r="F95" s="36"/>
+      <c r="G95" s="36"/>
+      <c r="H95" s="36"/>
+      <c r="I95" s="36"/>
+      <c r="J95" s="36"/>
+      <c r="K95" s="36"/>
+      <c r="L95" s="36"/>
+      <c r="M95" s="36"/>
+      <c r="N95" s="36"/>
+      <c r="O95" s="36"/>
+      <c r="P95" s="36"/>
+      <c r="Q95" s="36"/>
+      <c r="R95" s="36"/>
+      <c r="S95" s="36"/>
+      <c r="T95" s="36"/>
+      <c r="U95" s="36"/>
+      <c r="V95" s="36"/>
+      <c r="W95" s="36"/>
+      <c r="X95" s="36"/>
+      <c r="Y95" s="36"/>
+      <c r="Z95" s="36"/>
+      <c r="AA95" s="36"/>
+      <c r="AB95" s="36"/>
+      <c r="AC95" s="36"/>
+    </row>
+    <row r="96" spans="1:30" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="31">
+        <v>16</v>
+      </c>
+      <c r="B96" s="36" t="s">
+        <v>115</v>
+      </c>
+      <c r="C96" s="36"/>
+      <c r="D96" s="36"/>
+      <c r="E96" s="36"/>
+      <c r="F96" s="36"/>
+      <c r="G96" s="36"/>
+      <c r="H96" s="36"/>
+      <c r="I96" s="36"/>
+      <c r="J96" s="36"/>
+      <c r="K96" s="36"/>
+      <c r="L96" s="36"/>
+      <c r="M96" s="36"/>
+      <c r="N96" s="36"/>
+      <c r="O96" s="36"/>
+      <c r="P96" s="36"/>
+      <c r="Q96" s="36"/>
+      <c r="R96" s="36"/>
+      <c r="S96" s="36"/>
+      <c r="T96" s="36"/>
+      <c r="U96" s="36"/>
+      <c r="V96" s="36"/>
+      <c r="W96" s="36"/>
+      <c r="X96" s="36"/>
+      <c r="Y96" s="36"/>
+      <c r="Z96" s="36"/>
+      <c r="AA96" s="36"/>
+      <c r="AB96" s="36"/>
+      <c r="AC96" s="36"/>
+    </row>
+    <row r="97" spans="1:31" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="31">
+        <v>17</v>
+      </c>
+      <c r="B97" s="36" t="s">
+        <v>116</v>
+      </c>
+      <c r="C97" s="36"/>
+      <c r="D97" s="36"/>
+      <c r="E97" s="36"/>
+      <c r="F97" s="36"/>
+      <c r="G97" s="36"/>
+      <c r="H97" s="36"/>
+      <c r="I97" s="36"/>
+      <c r="J97" s="36"/>
+      <c r="K97" s="36"/>
+      <c r="L97" s="36"/>
+      <c r="M97" s="36"/>
+      <c r="N97" s="36"/>
+      <c r="O97" s="36"/>
+      <c r="P97" s="36"/>
+      <c r="Q97" s="36"/>
+      <c r="R97" s="36"/>
+      <c r="S97" s="36"/>
+      <c r="T97" s="36"/>
+      <c r="U97" s="36"/>
+      <c r="V97" s="36"/>
+      <c r="W97" s="36"/>
+      <c r="X97" s="36"/>
+      <c r="Y97" s="36"/>
+      <c r="Z97" s="36"/>
+      <c r="AA97" s="36"/>
+      <c r="AB97" s="36"/>
+      <c r="AC97" s="36"/>
+    </row>
+    <row r="98" spans="1:31" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="31">
+        <v>18</v>
+      </c>
+      <c r="B98" s="36" t="s">
+        <v>117</v>
+      </c>
+      <c r="C98" s="36"/>
+      <c r="D98" s="36"/>
+      <c r="E98" s="36"/>
+      <c r="F98" s="36"/>
+      <c r="G98" s="36"/>
+      <c r="H98" s="36"/>
+      <c r="I98" s="36"/>
+      <c r="J98" s="36"/>
+      <c r="K98" s="36"/>
+      <c r="L98" s="36"/>
+      <c r="M98" s="36"/>
+      <c r="N98" s="36"/>
+      <c r="O98" s="36"/>
+      <c r="P98" s="36"/>
+      <c r="Q98" s="36"/>
+      <c r="R98" s="36"/>
+      <c r="S98" s="36"/>
+      <c r="T98" s="36"/>
+      <c r="U98" s="36"/>
+      <c r="V98" s="36"/>
+      <c r="W98" s="36"/>
+      <c r="X98" s="36"/>
+      <c r="Y98" s="36"/>
+      <c r="Z98" s="36"/>
+      <c r="AA98" s="36"/>
+      <c r="AB98" s="36"/>
+      <c r="AC98" s="36"/>
+    </row>
+    <row r="99" spans="1:31" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="31">
+        <v>19</v>
+      </c>
+      <c r="B99" s="36" t="s">
+        <v>118</v>
+      </c>
+      <c r="C99" s="36"/>
+      <c r="D99" s="36"/>
+      <c r="E99" s="36"/>
+      <c r="F99" s="36"/>
+      <c r="G99" s="36"/>
+      <c r="H99" s="36"/>
+      <c r="I99" s="36"/>
+      <c r="J99" s="36"/>
+      <c r="K99" s="36"/>
+      <c r="L99" s="36"/>
+      <c r="M99" s="36"/>
+      <c r="N99" s="36"/>
+      <c r="O99" s="36"/>
+      <c r="P99" s="36"/>
+      <c r="Q99" s="36"/>
+      <c r="R99" s="36"/>
+      <c r="S99" s="36"/>
+      <c r="T99" s="36"/>
+      <c r="U99" s="36"/>
+      <c r="V99" s="36"/>
+      <c r="W99" s="36"/>
+      <c r="X99" s="36"/>
+      <c r="Y99" s="36"/>
+      <c r="Z99" s="36"/>
+      <c r="AA99" s="36"/>
+      <c r="AB99" s="36"/>
+      <c r="AC99" s="36"/>
+    </row>
+    <row r="100" spans="1:31" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="21">
+        <v>20</v>
+      </c>
+      <c r="B100" s="36" t="s">
+        <v>119</v>
+      </c>
+      <c r="C100" s="36"/>
+      <c r="D100" s="36"/>
+      <c r="E100" s="36"/>
+      <c r="F100" s="36"/>
+      <c r="G100" s="36"/>
+      <c r="H100" s="36"/>
+      <c r="I100" s="36"/>
+      <c r="J100" s="36"/>
+      <c r="K100" s="36"/>
+      <c r="L100" s="36"/>
+      <c r="M100" s="36"/>
+      <c r="N100" s="36"/>
+      <c r="O100" s="36"/>
+      <c r="P100" s="36"/>
+      <c r="Q100" s="36"/>
+      <c r="R100" s="36"/>
+      <c r="S100" s="36"/>
+      <c r="T100" s="36"/>
+      <c r="U100" s="36"/>
+      <c r="V100" s="36"/>
+      <c r="W100" s="36"/>
+      <c r="X100" s="36"/>
+      <c r="Y100" s="36"/>
+      <c r="Z100" s="36"/>
+      <c r="AA100" s="36"/>
+      <c r="AB100" s="36"/>
+      <c r="AC100" s="36"/>
+      <c r="AD100" s="18"/>
+      <c r="AE100" s="18"/>
+    </row>
+    <row r="101" spans="1:31" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="31">
+        <v>21</v>
+      </c>
+      <c r="B101" s="36" t="s">
+        <v>120</v>
+      </c>
+      <c r="C101" s="36"/>
+      <c r="D101" s="36"/>
+      <c r="E101" s="36"/>
+      <c r="F101" s="36"/>
+      <c r="G101" s="36"/>
+      <c r="H101" s="36"/>
+      <c r="I101" s="36"/>
+      <c r="J101" s="36"/>
+      <c r="K101" s="36"/>
+      <c r="L101" s="36"/>
+      <c r="M101" s="36"/>
+      <c r="N101" s="36"/>
+      <c r="O101" s="36"/>
+      <c r="P101" s="36"/>
+      <c r="Q101" s="36"/>
+      <c r="R101" s="36"/>
+      <c r="S101" s="36"/>
+      <c r="T101" s="36"/>
+      <c r="U101" s="36"/>
+      <c r="V101" s="36"/>
+      <c r="W101" s="36"/>
+      <c r="X101" s="36"/>
+      <c r="Y101" s="36"/>
+      <c r="Z101" s="36"/>
+      <c r="AA101" s="36"/>
+      <c r="AB101" s="36"/>
+      <c r="AC101" s="36"/>
+    </row>
+    <row r="102" spans="1:31" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="31">
+        <v>22</v>
+      </c>
+      <c r="B102" s="36" t="s">
+        <v>121</v>
+      </c>
+      <c r="C102" s="36"/>
+      <c r="D102" s="36"/>
+      <c r="E102" s="36"/>
+      <c r="F102" s="36"/>
+      <c r="G102" s="36"/>
+      <c r="H102" s="36"/>
+      <c r="I102" s="36"/>
+      <c r="J102" s="36"/>
+      <c r="K102" s="36"/>
+      <c r="L102" s="36"/>
+      <c r="M102" s="36"/>
+      <c r="N102" s="36"/>
+      <c r="O102" s="36"/>
+      <c r="P102" s="36"/>
+      <c r="Q102" s="36"/>
+      <c r="R102" s="36"/>
+      <c r="S102" s="36"/>
+      <c r="T102" s="36"/>
+      <c r="U102" s="36"/>
+      <c r="V102" s="36"/>
+      <c r="W102" s="36"/>
+      <c r="X102" s="36"/>
+      <c r="Y102" s="36"/>
+      <c r="Z102" s="36"/>
+      <c r="AA102" s="36"/>
+      <c r="AB102" s="36"/>
+      <c r="AC102" s="36"/>
+    </row>
+    <row r="103" spans="1:31" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="31">
+        <v>23</v>
+      </c>
+      <c r="B103" s="36" t="s">
+        <v>122</v>
+      </c>
+      <c r="C103" s="36"/>
+      <c r="D103" s="36"/>
+      <c r="E103" s="36"/>
+      <c r="F103" s="36"/>
+      <c r="G103" s="36"/>
+      <c r="H103" s="36"/>
+      <c r="I103" s="36"/>
+      <c r="J103" s="36"/>
+      <c r="K103" s="36"/>
+      <c r="L103" s="36"/>
+      <c r="M103" s="36"/>
+      <c r="N103" s="36"/>
+      <c r="O103" s="36"/>
+      <c r="P103" s="36"/>
+      <c r="Q103" s="36"/>
+      <c r="R103" s="36"/>
+      <c r="S103" s="36"/>
+      <c r="T103" s="36"/>
+      <c r="U103" s="36"/>
+      <c r="V103" s="36"/>
+      <c r="W103" s="36"/>
+      <c r="X103" s="36"/>
+      <c r="Y103" s="36"/>
+      <c r="Z103" s="36"/>
+      <c r="AA103" s="36"/>
+      <c r="AB103" s="36"/>
+      <c r="AC103" s="36"/>
+    </row>
+    <row r="104" spans="1:31" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="31">
+        <v>24</v>
+      </c>
+      <c r="B104" s="36" t="s">
+        <v>123</v>
+      </c>
+      <c r="C104" s="36"/>
+      <c r="D104" s="36"/>
+      <c r="E104" s="36"/>
+      <c r="F104" s="36"/>
+      <c r="G104" s="36"/>
+      <c r="H104" s="36"/>
+      <c r="I104" s="36"/>
+      <c r="J104" s="36"/>
+      <c r="K104" s="36"/>
+      <c r="L104" s="36"/>
+      <c r="M104" s="36"/>
+      <c r="N104" s="36"/>
+      <c r="O104" s="36"/>
+      <c r="P104" s="36"/>
+      <c r="Q104" s="36"/>
+      <c r="R104" s="36"/>
+      <c r="S104" s="36"/>
+      <c r="T104" s="36"/>
+      <c r="U104" s="36"/>
+      <c r="V104" s="36"/>
+      <c r="W104" s="36"/>
+      <c r="X104" s="36"/>
+      <c r="Y104" s="36"/>
+      <c r="Z104" s="36"/>
+      <c r="AA104" s="36"/>
+      <c r="AB104" s="36"/>
+      <c r="AC104" s="36"/>
+    </row>
+    <row r="105" spans="1:31" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="31">
+        <v>25</v>
+      </c>
+      <c r="B105" s="36" t="s">
         <v>124</v>
       </c>
-      <c r="B80" s="40"/>
-[...908 lines deleted...]
-      <c r="A106" s="30">
+      <c r="C105" s="36"/>
+      <c r="D105" s="36"/>
+      <c r="E105" s="36"/>
+      <c r="F105" s="36"/>
+      <c r="G105" s="36"/>
+      <c r="H105" s="36"/>
+      <c r="I105" s="36"/>
+      <c r="J105" s="36"/>
+      <c r="K105" s="36"/>
+      <c r="L105" s="36"/>
+      <c r="M105" s="36"/>
+      <c r="N105" s="36"/>
+      <c r="O105" s="36"/>
+      <c r="P105" s="36"/>
+      <c r="Q105" s="36"/>
+      <c r="R105" s="36"/>
+      <c r="S105" s="36"/>
+      <c r="T105" s="36"/>
+      <c r="U105" s="36"/>
+      <c r="V105" s="36"/>
+      <c r="W105" s="36"/>
+      <c r="X105" s="36"/>
+      <c r="Y105" s="36"/>
+      <c r="Z105" s="36"/>
+      <c r="AA105" s="36"/>
+      <c r="AB105" s="36"/>
+      <c r="AC105" s="36"/>
+    </row>
+    <row r="106" spans="1:31" s="32" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="31">
         <v>26</v>
       </c>
-      <c r="B106" s="38" t="s">
-[...28 lines deleted...]
-      <c r="AC106" s="38"/>
+      <c r="B106" s="36" t="s">
+        <v>125</v>
+      </c>
+      <c r="C106" s="36"/>
+      <c r="D106" s="36"/>
+      <c r="E106" s="36"/>
+      <c r="F106" s="36"/>
+      <c r="G106" s="36"/>
+      <c r="H106" s="36"/>
+      <c r="I106" s="36"/>
+      <c r="J106" s="36"/>
+      <c r="K106" s="36"/>
+      <c r="L106" s="36"/>
+      <c r="M106" s="36"/>
+      <c r="N106" s="36"/>
+      <c r="O106" s="36"/>
+      <c r="P106" s="36"/>
+      <c r="Q106" s="36"/>
+      <c r="R106" s="36"/>
+      <c r="S106" s="36"/>
+      <c r="T106" s="36"/>
+      <c r="U106" s="36"/>
+      <c r="V106" s="36"/>
+      <c r="W106" s="36"/>
+      <c r="X106" s="36"/>
+      <c r="Y106" s="36"/>
+      <c r="Z106" s="36"/>
+      <c r="AA106" s="36"/>
+      <c r="AB106" s="36"/>
+      <c r="AC106" s="36"/>
     </row>
   </sheetData>
   <mergeCells count="56">
-    <mergeCell ref="A80:AC80"/>
     <mergeCell ref="B79:C79"/>
+    <mergeCell ref="B2:AC2"/>
+    <mergeCell ref="B3:B7"/>
+    <mergeCell ref="C3:C7"/>
+    <mergeCell ref="D3:K3"/>
+    <mergeCell ref="L3:AC3"/>
+    <mergeCell ref="D4:K4"/>
+    <mergeCell ref="L4:S4"/>
+    <mergeCell ref="T4:AC4"/>
+    <mergeCell ref="D5:E6"/>
+    <mergeCell ref="F5:F7"/>
+    <mergeCell ref="R5:S5"/>
+    <mergeCell ref="T5:Y5"/>
+    <mergeCell ref="Z5:AC5"/>
+    <mergeCell ref="L6:M6"/>
+    <mergeCell ref="G5:G7"/>
+    <mergeCell ref="H5:H7"/>
+    <mergeCell ref="X6:Y6"/>
+    <mergeCell ref="I5:I7"/>
+    <mergeCell ref="J5:J7"/>
+    <mergeCell ref="K5:K7"/>
+    <mergeCell ref="N6:O6"/>
+    <mergeCell ref="P6:Q6"/>
+    <mergeCell ref="L5:Q5"/>
+    <mergeCell ref="B97:AC97"/>
+    <mergeCell ref="Z6:AA6"/>
+    <mergeCell ref="B99:AC99"/>
+    <mergeCell ref="B100:AC100"/>
+    <mergeCell ref="AB6:AC6"/>
+    <mergeCell ref="B80:AC80"/>
+    <mergeCell ref="B81:AC81"/>
+    <mergeCell ref="B82:AC82"/>
+    <mergeCell ref="B88:AC88"/>
+    <mergeCell ref="B84:AC84"/>
+    <mergeCell ref="B85:AC85"/>
+    <mergeCell ref="B86:AC86"/>
+    <mergeCell ref="B87:AC87"/>
+    <mergeCell ref="R6:S6"/>
+    <mergeCell ref="T6:U6"/>
+    <mergeCell ref="V6:W6"/>
     <mergeCell ref="B98:AC98"/>
     <mergeCell ref="B83:AC83"/>
     <mergeCell ref="B106:AC106"/>
     <mergeCell ref="B89:AC89"/>
     <mergeCell ref="B102:AC102"/>
     <mergeCell ref="B103:AC103"/>
     <mergeCell ref="B104:AC104"/>
     <mergeCell ref="B105:AC105"/>
     <mergeCell ref="B101:AC101"/>
     <mergeCell ref="B90:AC90"/>
     <mergeCell ref="B91:AC91"/>
     <mergeCell ref="B92:AC92"/>
     <mergeCell ref="B93:AC93"/>
     <mergeCell ref="B94:AC94"/>
     <mergeCell ref="B95:AC95"/>
     <mergeCell ref="B96:AC96"/>
-    <mergeCell ref="B97:AC97"/>
-[...36 lines deleted...]
-    <mergeCell ref="H5:H7"/>
   </mergeCells>
-  <pageMargins left="0.04" right="0.03" top="0.06" bottom="0.04" header="0.02" footer="0.04"/>
-  <pageSetup scale="45" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="3.937007874015748E-2" right="0" top="3.937007874015748E-2" bottom="7.874015748031496E-2" header="3.937007874015748E-2" footer="3.937007874015748E-2"/>
+  <pageSetup scale="42" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>June 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>