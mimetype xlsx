--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -3,62 +3,62 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Gaush\0Dec2025\23-12-2025\ATM &amp; Card Statistics data - November  2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Gaush\0Jan2026\23-01-2026\ATM &amp; Card Statistics data - December  2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{35F70F4D-54E4-4570-8559-45250920AAFA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{55BB2B80-3342-4FFC-96B5-56E21AA61033}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="May 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="For Website May 2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'May 2025'!$D$8:$AC$79</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'For Website May 2025'!$D$8:$AC$79</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="O79" i="1" l="1"/>
   <c r="E79" i="1"/>
   <c r="D79" i="1"/>
   <c r="AC79" i="1"/>
@@ -689,64 +689,64 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2 10" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 2 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -1050,304 +1050,304 @@
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A2:AE106"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane xSplit="3" ySplit="8" topLeftCell="D9" activePane="bottomRight" state="frozen"/>
       <selection activeCell="C49" sqref="C49:AE49"/>
       <selection pane="topRight" activeCell="C49" sqref="C49:AE49"/>
       <selection pane="bottomLeft" activeCell="C49" sqref="C49:AE49"/>
       <selection pane="bottomRight" activeCell="D3" sqref="D3:K3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.140625" style="16" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="5.28515625" style="17" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="9.28515625" style="17" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="5.85546875" style="17" customWidth="1"/>
+    <col min="3" max="3" width="45.28515625" style="17" customWidth="1"/>
+    <col min="4" max="4" width="9.42578125" style="32" customWidth="1"/>
+    <col min="5" max="5" width="9.28515625" style="32" customWidth="1"/>
+    <col min="6" max="6" width="9.7109375" style="17" customWidth="1"/>
     <col min="7" max="7" width="9.28515625" style="17" customWidth="1"/>
-    <col min="8" max="8" width="9.7109375" style="17" customWidth="1"/>
+    <col min="8" max="8" width="10.42578125" style="17" customWidth="1"/>
     <col min="9" max="9" width="11.5703125" style="17" customWidth="1"/>
     <col min="10" max="10" width="11" style="17" customWidth="1"/>
-    <col min="11" max="11" width="12.5703125" style="17" customWidth="1"/>
+    <col min="11" max="11" width="11.7109375" style="17" customWidth="1"/>
     <col min="12" max="12" width="10.28515625" style="17" bestFit="1" customWidth="1"/>
-    <col min="13" max="13" width="11.28515625" style="17" customWidth="1"/>
-    <col min="14" max="14" width="10" style="17" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="12" style="17" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="10.85546875" style="17" customWidth="1"/>
     <col min="15" max="15" width="12" style="17" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="8.85546875" style="17" bestFit="1" customWidth="1"/>
-    <col min="17" max="17" width="7.7109375" style="17" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="9.7109375" style="17" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="8.85546875" style="17" bestFit="1" customWidth="1"/>
-    <col min="19" max="19" width="8.140625" style="17" bestFit="1" customWidth="1"/>
-    <col min="20" max="20" width="9.28515625" style="17" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="9.7109375" style="17" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="10" style="17" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.28515625" style="17" bestFit="1" customWidth="1"/>
-    <col min="22" max="22" width="10.5703125" style="17" customWidth="1"/>
+    <col min="22" max="22" width="11.7109375" style="17" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="10.28515625" style="17" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="8.85546875" style="17" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="27" max="27" width="12.140625" style="17" customWidth="1"/>
+    <col min="24" max="24" width="10.85546875" style="17" customWidth="1"/>
+    <col min="25" max="25" width="9.7109375" style="17" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="10.28515625" style="17" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="11.28515625" style="17" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="8.85546875" style="17" bestFit="1" customWidth="1"/>
-    <col min="29" max="29" width="7.7109375" style="17" bestFit="1" customWidth="1"/>
+    <col min="29" max="29" width="9.7109375" style="17" bestFit="1" customWidth="1"/>
     <col min="30" max="30" width="12.28515625" style="17" customWidth="1"/>
     <col min="31" max="16384" width="8.85546875" style="17"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B2" s="37" t="s">
-[...28 lines deleted...]
-      <c r="AC2" s="37"/>
+      <c r="B2" s="35" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="35"/>
+      <c r="D2" s="35"/>
+      <c r="E2" s="35"/>
+      <c r="F2" s="35"/>
+      <c r="G2" s="35"/>
+      <c r="H2" s="35"/>
+      <c r="I2" s="35"/>
+      <c r="J2" s="35"/>
+      <c r="K2" s="35"/>
+      <c r="L2" s="35"/>
+      <c r="M2" s="35"/>
+      <c r="N2" s="35"/>
+      <c r="O2" s="35"/>
+      <c r="P2" s="35"/>
+      <c r="Q2" s="35"/>
+      <c r="R2" s="35"/>
+      <c r="S2" s="35"/>
+      <c r="T2" s="35"/>
+      <c r="U2" s="35"/>
+      <c r="V2" s="35"/>
+      <c r="W2" s="35"/>
+      <c r="X2" s="35"/>
+      <c r="Y2" s="35"/>
+      <c r="Z2" s="35"/>
+      <c r="AA2" s="35"/>
+      <c r="AB2" s="35"/>
+      <c r="AC2" s="35"/>
     </row>
     <row r="3" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B3" s="36" t="s">
+      <c r="B3" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="37" t="s">
+      <c r="C3" s="35" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="38" t="s">
+      <c r="D3" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="38"/>
-[...6 lines deleted...]
-      <c r="L3" s="37" t="s">
+      <c r="E3" s="36"/>
+      <c r="F3" s="36"/>
+      <c r="G3" s="36"/>
+      <c r="H3" s="36"/>
+      <c r="I3" s="36"/>
+      <c r="J3" s="36"/>
+      <c r="K3" s="36"/>
+      <c r="L3" s="35" t="s">
         <v>4</v>
       </c>
-      <c r="M3" s="37"/>
-[...15 lines deleted...]
-      <c r="AC3" s="37"/>
+      <c r="M3" s="35"/>
+      <c r="N3" s="35"/>
+      <c r="O3" s="35"/>
+      <c r="P3" s="35"/>
+      <c r="Q3" s="35"/>
+      <c r="R3" s="35"/>
+      <c r="S3" s="35"/>
+      <c r="T3" s="35"/>
+      <c r="U3" s="35"/>
+      <c r="V3" s="35"/>
+      <c r="W3" s="35"/>
+      <c r="X3" s="35"/>
+      <c r="Y3" s="35"/>
+      <c r="Z3" s="35"/>
+      <c r="AA3" s="35"/>
+      <c r="AB3" s="35"/>
+      <c r="AC3" s="35"/>
     </row>
     <row r="4" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B4" s="36"/>
-[...1 lines deleted...]
-      <c r="D4" s="36" t="s">
+      <c r="B4" s="37"/>
+      <c r="C4" s="35"/>
+      <c r="D4" s="37" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="36"/>
-[...6 lines deleted...]
-      <c r="L4" s="37" t="s">
+      <c r="E4" s="37"/>
+      <c r="F4" s="37"/>
+      <c r="G4" s="37"/>
+      <c r="H4" s="37"/>
+      <c r="I4" s="37"/>
+      <c r="J4" s="37"/>
+      <c r="K4" s="37"/>
+      <c r="L4" s="35" t="s">
         <v>6</v>
       </c>
-      <c r="M4" s="37"/>
-[...6 lines deleted...]
-      <c r="T4" s="37" t="s">
+      <c r="M4" s="35"/>
+      <c r="N4" s="35"/>
+      <c r="O4" s="35"/>
+      <c r="P4" s="35"/>
+      <c r="Q4" s="35"/>
+      <c r="R4" s="35"/>
+      <c r="S4" s="35"/>
+      <c r="T4" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="U4" s="37"/>
-[...7 lines deleted...]
-      <c r="AC4" s="37"/>
+      <c r="U4" s="35"/>
+      <c r="V4" s="35"/>
+      <c r="W4" s="35"/>
+      <c r="X4" s="35"/>
+      <c r="Y4" s="35"/>
+      <c r="Z4" s="35"/>
+      <c r="AA4" s="35"/>
+      <c r="AB4" s="35"/>
+      <c r="AC4" s="35"/>
     </row>
     <row r="5" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B5" s="36"/>
-[...1 lines deleted...]
-      <c r="D5" s="36" t="s">
+      <c r="B5" s="37"/>
+      <c r="C5" s="35"/>
+      <c r="D5" s="37" t="s">
         <v>8</v>
       </c>
-      <c r="E5" s="36"/>
-      <c r="F5" s="36" t="s">
+      <c r="E5" s="37"/>
+      <c r="F5" s="37" t="s">
         <v>9</v>
       </c>
-      <c r="G5" s="36" t="s">
+      <c r="G5" s="37" t="s">
         <v>10</v>
       </c>
-      <c r="H5" s="36" t="s">
+      <c r="H5" s="37" t="s">
         <v>11</v>
       </c>
-      <c r="I5" s="36" t="s">
+      <c r="I5" s="37" t="s">
         <v>12</v>
       </c>
-      <c r="J5" s="36" t="s">
+      <c r="J5" s="37" t="s">
         <v>13</v>
       </c>
-      <c r="K5" s="36" t="s">
+      <c r="K5" s="37" t="s">
         <v>14</v>
       </c>
-      <c r="L5" s="37" t="s">
+      <c r="L5" s="35" t="s">
         <v>15</v>
       </c>
-      <c r="M5" s="37"/>
-[...4 lines deleted...]
-      <c r="R5" s="37" t="s">
+      <c r="M5" s="35"/>
+      <c r="N5" s="35"/>
+      <c r="O5" s="35"/>
+      <c r="P5" s="35"/>
+      <c r="Q5" s="35"/>
+      <c r="R5" s="35" t="s">
         <v>16</v>
       </c>
-      <c r="S5" s="37"/>
-      <c r="T5" s="37" t="s">
+      <c r="S5" s="35"/>
+      <c r="T5" s="35" t="s">
         <v>15</v>
       </c>
-      <c r="U5" s="37"/>
-[...4 lines deleted...]
-      <c r="Z5" s="37" t="s">
+      <c r="U5" s="35"/>
+      <c r="V5" s="35"/>
+      <c r="W5" s="35"/>
+      <c r="X5" s="35"/>
+      <c r="Y5" s="35"/>
+      <c r="Z5" s="35" t="s">
         <v>16</v>
       </c>
-      <c r="AA5" s="37"/>
-[...1 lines deleted...]
-      <c r="AC5" s="37"/>
+      <c r="AA5" s="35"/>
+      <c r="AB5" s="35"/>
+      <c r="AC5" s="35"/>
     </row>
     <row r="6" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B6" s="36"/>
-[...9 lines deleted...]
-      <c r="L6" s="36" t="s">
+      <c r="B6" s="37"/>
+      <c r="C6" s="35"/>
+      <c r="D6" s="37"/>
+      <c r="E6" s="37"/>
+      <c r="F6" s="37"/>
+      <c r="G6" s="37"/>
+      <c r="H6" s="37"/>
+      <c r="I6" s="37"/>
+      <c r="J6" s="37"/>
+      <c r="K6" s="37"/>
+      <c r="L6" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="M6" s="36"/>
-      <c r="N6" s="36" t="s">
+      <c r="M6" s="37"/>
+      <c r="N6" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="O6" s="36"/>
-      <c r="P6" s="37" t="s">
+      <c r="O6" s="37"/>
+      <c r="P6" s="35" t="s">
         <v>19</v>
       </c>
-      <c r="Q6" s="37"/>
-      <c r="R6" s="37" t="s">
+      <c r="Q6" s="35"/>
+      <c r="R6" s="35" t="s">
         <v>20</v>
       </c>
-      <c r="S6" s="37"/>
-      <c r="T6" s="36" t="s">
+      <c r="S6" s="35"/>
+      <c r="T6" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="U6" s="36"/>
-      <c r="V6" s="36" t="s">
+      <c r="U6" s="37"/>
+      <c r="V6" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="W6" s="36"/>
-      <c r="X6" s="37" t="s">
+      <c r="W6" s="37"/>
+      <c r="X6" s="35" t="s">
         <v>19</v>
       </c>
-      <c r="Y6" s="37"/>
-      <c r="Z6" s="36" t="s">
+      <c r="Y6" s="35"/>
+      <c r="Z6" s="37" t="s">
         <v>21</v>
       </c>
-      <c r="AA6" s="36"/>
-      <c r="AB6" s="36" t="s">
+      <c r="AA6" s="37"/>
+      <c r="AB6" s="37" t="s">
         <v>9</v>
       </c>
-      <c r="AC6" s="36"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:29" s="24" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AC6" s="37"/>
+    </row>
+    <row r="7" spans="1:29" s="24" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="22"/>
-      <c r="B7" s="36"/>
-      <c r="C7" s="37"/>
+      <c r="B7" s="37"/>
+      <c r="C7" s="35"/>
       <c r="D7" s="34" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="33" t="s">
         <v>23</v>
       </c>
-      <c r="F7" s="36"/>
-[...4 lines deleted...]
-      <c r="K7" s="36"/>
+      <c r="F7" s="37"/>
+      <c r="G7" s="37"/>
+      <c r="H7" s="37"/>
+      <c r="I7" s="37"/>
+      <c r="J7" s="37"/>
+      <c r="K7" s="37"/>
       <c r="L7" s="23" t="s">
         <v>24</v>
       </c>
       <c r="M7" s="23" t="s">
         <v>25</v>
       </c>
       <c r="N7" s="23" t="s">
         <v>24</v>
       </c>
       <c r="O7" s="23" t="s">
         <v>25</v>
       </c>
       <c r="P7" s="23" t="s">
         <v>24</v>
       </c>
       <c r="Q7" s="23" t="s">
         <v>25</v>
       </c>
       <c r="R7" s="23" t="s">
         <v>24</v>
       </c>
       <c r="S7" s="23" t="s">
         <v>25</v>
       </c>
       <c r="T7" s="23" t="s">
@@ -4054,51 +4054,51 @@
       </c>
     </row>
     <row r="41" spans="2:29" x14ac:dyDescent="0.2">
       <c r="B41" s="19">
         <v>30</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>58</v>
       </c>
       <c r="D41" s="4">
         <v>378</v>
       </c>
       <c r="E41" s="4">
         <v>37</v>
       </c>
       <c r="F41" s="4">
         <v>2893565</v>
       </c>
       <c r="G41" s="4">
         <v>0</v>
       </c>
       <c r="H41" s="4">
         <v>1596</v>
       </c>
       <c r="I41" s="4">
-        <v>140929</v>
+        <v>50448</v>
       </c>
       <c r="J41" s="4">
         <v>4735288</v>
       </c>
       <c r="K41" s="4">
         <v>1634861</v>
       </c>
       <c r="L41" s="5">
         <v>4970659</v>
       </c>
       <c r="M41" s="5">
         <v>27525747.741289999</v>
       </c>
       <c r="N41" s="5">
         <v>5631609</v>
       </c>
       <c r="O41" s="5">
         <v>46788122.080140002</v>
       </c>
       <c r="P41" s="5">
         <v>0</v>
       </c>
       <c r="Q41" s="5">
         <v>0</v>
       </c>
@@ -4946,51 +4946,51 @@
       </c>
     </row>
     <row r="52" spans="1:29" x14ac:dyDescent="0.2">
       <c r="B52" s="19">
         <v>40</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>69</v>
       </c>
       <c r="D52" s="4">
         <v>13</v>
       </c>
       <c r="E52" s="4">
         <v>2</v>
       </c>
       <c r="F52" s="4">
         <v>0</v>
       </c>
       <c r="G52" s="4">
         <v>0</v>
       </c>
       <c r="H52" s="4">
         <v>0</v>
       </c>
       <c r="I52" s="4">
-        <v>1</v>
+        <v>306</v>
       </c>
       <c r="J52" s="4">
         <v>0</v>
       </c>
       <c r="K52" s="4">
         <v>102940</v>
       </c>
       <c r="L52" s="5">
         <v>0</v>
       </c>
       <c r="M52" s="5">
         <v>0</v>
       </c>
       <c r="N52" s="5">
         <v>0</v>
       </c>
       <c r="O52" s="5">
         <v>0</v>
       </c>
       <c r="P52" s="5">
         <v>0</v>
       </c>
       <c r="Q52" s="5">
         <v>0</v>
       </c>
@@ -7174,51 +7174,51 @@
         <v>97</v>
       </c>
       <c r="C79" s="40"/>
       <c r="D79" s="12">
         <f>SUM(D11:D78)</f>
         <v>134809</v>
       </c>
       <c r="E79" s="12">
         <f>SUM(E11:E78)</f>
         <v>81162</v>
       </c>
       <c r="F79" s="12">
         <f t="shared" ref="F79:AC79" si="0">SUM(F11:F78)</f>
         <v>11581161</v>
       </c>
       <c r="G79" s="12">
         <f t="shared" si="0"/>
         <v>1478043</v>
       </c>
       <c r="H79" s="12">
         <f t="shared" si="0"/>
         <v>6642075</v>
       </c>
       <c r="I79" s="12">
         <f t="shared" si="0"/>
-        <v>669820082</v>
+        <v>669729906</v>
       </c>
       <c r="J79" s="12">
         <f t="shared" si="0"/>
         <v>111049553</v>
       </c>
       <c r="K79" s="12">
         <f t="shared" si="0"/>
         <v>1000369817</v>
       </c>
       <c r="L79" s="12">
         <f t="shared" si="0"/>
         <v>235914154</v>
       </c>
       <c r="M79" s="12">
         <f t="shared" si="0"/>
         <v>696074160.48351991</v>
       </c>
       <c r="N79" s="12">
         <f t="shared" si="0"/>
         <v>230745664</v>
       </c>
       <c r="O79" s="12">
         <f t="shared" si="0"/>
         <v>1202052736.0140886</v>
       </c>
@@ -7261,1071 +7261,1071 @@
       <c r="Y79" s="12">
         <f t="shared" si="0"/>
         <v>1465297.0460100002</v>
       </c>
       <c r="Z79" s="12">
         <f t="shared" si="0"/>
         <v>457987566</v>
       </c>
       <c r="AA79" s="12">
         <f t="shared" si="0"/>
         <v>2449449083.287087</v>
       </c>
       <c r="AB79" s="12">
         <f t="shared" si="0"/>
         <v>12800</v>
       </c>
       <c r="AC79" s="12">
         <f t="shared" si="0"/>
         <v>12621.420320000005</v>
       </c>
     </row>
     <row r="80" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A80" s="13" t="s">
         <v>98</v>
       </c>
-      <c r="B80" s="35" t="s">
+      <c r="B80" s="38" t="s">
         <v>99</v>
       </c>
-      <c r="C80" s="35"/>
-[...25 lines deleted...]
-      <c r="AC80" s="35"/>
+      <c r="C80" s="38"/>
+      <c r="D80" s="38"/>
+      <c r="E80" s="38"/>
+      <c r="F80" s="38"/>
+      <c r="G80" s="38"/>
+      <c r="H80" s="38"/>
+      <c r="I80" s="38"/>
+      <c r="J80" s="38"/>
+      <c r="K80" s="38"/>
+      <c r="L80" s="38"/>
+      <c r="M80" s="38"/>
+      <c r="N80" s="38"/>
+      <c r="O80" s="38"/>
+      <c r="P80" s="38"/>
+      <c r="Q80" s="38"/>
+      <c r="R80" s="38"/>
+      <c r="S80" s="38"/>
+      <c r="T80" s="38"/>
+      <c r="U80" s="38"/>
+      <c r="V80" s="38"/>
+      <c r="W80" s="38"/>
+      <c r="X80" s="38"/>
+      <c r="Y80" s="38"/>
+      <c r="Z80" s="38"/>
+      <c r="AA80" s="38"/>
+      <c r="AB80" s="38"/>
+      <c r="AC80" s="38"/>
     </row>
     <row r="81" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A81" s="19">
         <v>1</v>
       </c>
-      <c r="B81" s="35" t="s">
+      <c r="B81" s="38" t="s">
         <v>100</v>
       </c>
-      <c r="C81" s="35"/>
-[...25 lines deleted...]
-      <c r="AC81" s="35"/>
+      <c r="C81" s="38"/>
+      <c r="D81" s="38"/>
+      <c r="E81" s="38"/>
+      <c r="F81" s="38"/>
+      <c r="G81" s="38"/>
+      <c r="H81" s="38"/>
+      <c r="I81" s="38"/>
+      <c r="J81" s="38"/>
+      <c r="K81" s="38"/>
+      <c r="L81" s="38"/>
+      <c r="M81" s="38"/>
+      <c r="N81" s="38"/>
+      <c r="O81" s="38"/>
+      <c r="P81" s="38"/>
+      <c r="Q81" s="38"/>
+      <c r="R81" s="38"/>
+      <c r="S81" s="38"/>
+      <c r="T81" s="38"/>
+      <c r="U81" s="38"/>
+      <c r="V81" s="38"/>
+      <c r="W81" s="38"/>
+      <c r="X81" s="38"/>
+      <c r="Y81" s="38"/>
+      <c r="Z81" s="38"/>
+      <c r="AA81" s="38"/>
+      <c r="AB81" s="38"/>
+      <c r="AC81" s="38"/>
     </row>
     <row r="82" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A82" s="19">
         <v>2</v>
       </c>
-      <c r="B82" s="35" t="s">
+      <c r="B82" s="38" t="s">
         <v>101</v>
       </c>
-      <c r="C82" s="35"/>
-[...25 lines deleted...]
-      <c r="AC82" s="35"/>
+      <c r="C82" s="38"/>
+      <c r="D82" s="38"/>
+      <c r="E82" s="38"/>
+      <c r="F82" s="38"/>
+      <c r="G82" s="38"/>
+      <c r="H82" s="38"/>
+      <c r="I82" s="38"/>
+      <c r="J82" s="38"/>
+      <c r="K82" s="38"/>
+      <c r="L82" s="38"/>
+      <c r="M82" s="38"/>
+      <c r="N82" s="38"/>
+      <c r="O82" s="38"/>
+      <c r="P82" s="38"/>
+      <c r="Q82" s="38"/>
+      <c r="R82" s="38"/>
+      <c r="S82" s="38"/>
+      <c r="T82" s="38"/>
+      <c r="U82" s="38"/>
+      <c r="V82" s="38"/>
+      <c r="W82" s="38"/>
+      <c r="X82" s="38"/>
+      <c r="Y82" s="38"/>
+      <c r="Z82" s="38"/>
+      <c r="AA82" s="38"/>
+      <c r="AB82" s="38"/>
+      <c r="AC82" s="38"/>
     </row>
     <row r="83" spans="1:30" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A83" s="19">
         <v>3</v>
       </c>
-      <c r="B83" s="35" t="s">
+      <c r="B83" s="38" t="s">
         <v>102</v>
       </c>
-      <c r="C83" s="35"/>
-[...25 lines deleted...]
-      <c r="AC83" s="35"/>
+      <c r="C83" s="38"/>
+      <c r="D83" s="38"/>
+      <c r="E83" s="38"/>
+      <c r="F83" s="38"/>
+      <c r="G83" s="38"/>
+      <c r="H83" s="38"/>
+      <c r="I83" s="38"/>
+      <c r="J83" s="38"/>
+      <c r="K83" s="38"/>
+      <c r="L83" s="38"/>
+      <c r="M83" s="38"/>
+      <c r="N83" s="38"/>
+      <c r="O83" s="38"/>
+      <c r="P83" s="38"/>
+      <c r="Q83" s="38"/>
+      <c r="R83" s="38"/>
+      <c r="S83" s="38"/>
+      <c r="T83" s="38"/>
+      <c r="U83" s="38"/>
+      <c r="V83" s="38"/>
+      <c r="W83" s="38"/>
+      <c r="X83" s="38"/>
+      <c r="Y83" s="38"/>
+      <c r="Z83" s="38"/>
+      <c r="AA83" s="38"/>
+      <c r="AB83" s="38"/>
+      <c r="AC83" s="38"/>
     </row>
     <row r="84" spans="1:30" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A84" s="19">
         <v>4</v>
       </c>
-      <c r="B84" s="35" t="s">
+      <c r="B84" s="38" t="s">
         <v>103</v>
       </c>
-      <c r="C84" s="35"/>
-[...25 lines deleted...]
-      <c r="AC84" s="35"/>
+      <c r="C84" s="38"/>
+      <c r="D84" s="38"/>
+      <c r="E84" s="38"/>
+      <c r="F84" s="38"/>
+      <c r="G84" s="38"/>
+      <c r="H84" s="38"/>
+      <c r="I84" s="38"/>
+      <c r="J84" s="38"/>
+      <c r="K84" s="38"/>
+      <c r="L84" s="38"/>
+      <c r="M84" s="38"/>
+      <c r="N84" s="38"/>
+      <c r="O84" s="38"/>
+      <c r="P84" s="38"/>
+      <c r="Q84" s="38"/>
+      <c r="R84" s="38"/>
+      <c r="S84" s="38"/>
+      <c r="T84" s="38"/>
+      <c r="U84" s="38"/>
+      <c r="V84" s="38"/>
+      <c r="W84" s="38"/>
+      <c r="X84" s="38"/>
+      <c r="Y84" s="38"/>
+      <c r="Z84" s="38"/>
+      <c r="AA84" s="38"/>
+      <c r="AB84" s="38"/>
+      <c r="AC84" s="38"/>
     </row>
     <row r="85" spans="1:30" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A85" s="19">
         <v>5</v>
       </c>
-      <c r="B85" s="35" t="s">
+      <c r="B85" s="38" t="s">
         <v>104</v>
       </c>
-      <c r="C85" s="35"/>
-[...25 lines deleted...]
-      <c r="AC85" s="35"/>
+      <c r="C85" s="38"/>
+      <c r="D85" s="38"/>
+      <c r="E85" s="38"/>
+      <c r="F85" s="38"/>
+      <c r="G85" s="38"/>
+      <c r="H85" s="38"/>
+      <c r="I85" s="38"/>
+      <c r="J85" s="38"/>
+      <c r="K85" s="38"/>
+      <c r="L85" s="38"/>
+      <c r="M85" s="38"/>
+      <c r="N85" s="38"/>
+      <c r="O85" s="38"/>
+      <c r="P85" s="38"/>
+      <c r="Q85" s="38"/>
+      <c r="R85" s="38"/>
+      <c r="S85" s="38"/>
+      <c r="T85" s="38"/>
+      <c r="U85" s="38"/>
+      <c r="V85" s="38"/>
+      <c r="W85" s="38"/>
+      <c r="X85" s="38"/>
+      <c r="Y85" s="38"/>
+      <c r="Z85" s="38"/>
+      <c r="AA85" s="38"/>
+      <c r="AB85" s="38"/>
+      <c r="AC85" s="38"/>
     </row>
     <row r="86" spans="1:30" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A86" s="19">
         <v>6</v>
       </c>
-      <c r="B86" s="35" t="s">
+      <c r="B86" s="38" t="s">
         <v>105</v>
       </c>
-      <c r="C86" s="35"/>
-[...25 lines deleted...]
-      <c r="AC86" s="35"/>
+      <c r="C86" s="38"/>
+      <c r="D86" s="38"/>
+      <c r="E86" s="38"/>
+      <c r="F86" s="38"/>
+      <c r="G86" s="38"/>
+      <c r="H86" s="38"/>
+      <c r="I86" s="38"/>
+      <c r="J86" s="38"/>
+      <c r="K86" s="38"/>
+      <c r="L86" s="38"/>
+      <c r="M86" s="38"/>
+      <c r="N86" s="38"/>
+      <c r="O86" s="38"/>
+      <c r="P86" s="38"/>
+      <c r="Q86" s="38"/>
+      <c r="R86" s="38"/>
+      <c r="S86" s="38"/>
+      <c r="T86" s="38"/>
+      <c r="U86" s="38"/>
+      <c r="V86" s="38"/>
+      <c r="W86" s="38"/>
+      <c r="X86" s="38"/>
+      <c r="Y86" s="38"/>
+      <c r="Z86" s="38"/>
+      <c r="AA86" s="38"/>
+      <c r="AB86" s="38"/>
+      <c r="AC86" s="38"/>
     </row>
     <row r="87" spans="1:30" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A87" s="19">
         <v>7</v>
       </c>
-      <c r="B87" s="35" t="s">
+      <c r="B87" s="38" t="s">
         <v>106</v>
       </c>
-      <c r="C87" s="35"/>
-[...25 lines deleted...]
-      <c r="AC87" s="35"/>
+      <c r="C87" s="38"/>
+      <c r="D87" s="38"/>
+      <c r="E87" s="38"/>
+      <c r="F87" s="38"/>
+      <c r="G87" s="38"/>
+      <c r="H87" s="38"/>
+      <c r="I87" s="38"/>
+      <c r="J87" s="38"/>
+      <c r="K87" s="38"/>
+      <c r="L87" s="38"/>
+      <c r="M87" s="38"/>
+      <c r="N87" s="38"/>
+      <c r="O87" s="38"/>
+      <c r="P87" s="38"/>
+      <c r="Q87" s="38"/>
+      <c r="R87" s="38"/>
+      <c r="S87" s="38"/>
+      <c r="T87" s="38"/>
+      <c r="U87" s="38"/>
+      <c r="V87" s="38"/>
+      <c r="W87" s="38"/>
+      <c r="X87" s="38"/>
+      <c r="Y87" s="38"/>
+      <c r="Z87" s="38"/>
+      <c r="AA87" s="38"/>
+      <c r="AB87" s="38"/>
+      <c r="AC87" s="38"/>
     </row>
     <row r="88" spans="1:30" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A88" s="19">
         <v>8</v>
       </c>
-      <c r="B88" s="35" t="s">
+      <c r="B88" s="38" t="s">
         <v>107</v>
       </c>
-      <c r="C88" s="35"/>
-[...25 lines deleted...]
-      <c r="AC88" s="35"/>
+      <c r="C88" s="38"/>
+      <c r="D88" s="38"/>
+      <c r="E88" s="38"/>
+      <c r="F88" s="38"/>
+      <c r="G88" s="38"/>
+      <c r="H88" s="38"/>
+      <c r="I88" s="38"/>
+      <c r="J88" s="38"/>
+      <c r="K88" s="38"/>
+      <c r="L88" s="38"/>
+      <c r="M88" s="38"/>
+      <c r="N88" s="38"/>
+      <c r="O88" s="38"/>
+      <c r="P88" s="38"/>
+      <c r="Q88" s="38"/>
+      <c r="R88" s="38"/>
+      <c r="S88" s="38"/>
+      <c r="T88" s="38"/>
+      <c r="U88" s="38"/>
+      <c r="V88" s="38"/>
+      <c r="W88" s="38"/>
+      <c r="X88" s="38"/>
+      <c r="Y88" s="38"/>
+      <c r="Z88" s="38"/>
+      <c r="AA88" s="38"/>
+      <c r="AB88" s="38"/>
+      <c r="AC88" s="38"/>
     </row>
     <row r="89" spans="1:30" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A89" s="19">
         <v>9</v>
       </c>
-      <c r="B89" s="35" t="s">
+      <c r="B89" s="38" t="s">
         <v>108</v>
       </c>
-      <c r="C89" s="35"/>
-[...25 lines deleted...]
-      <c r="AC89" s="35"/>
+      <c r="C89" s="38"/>
+      <c r="D89" s="38"/>
+      <c r="E89" s="38"/>
+      <c r="F89" s="38"/>
+      <c r="G89" s="38"/>
+      <c r="H89" s="38"/>
+      <c r="I89" s="38"/>
+      <c r="J89" s="38"/>
+      <c r="K89" s="38"/>
+      <c r="L89" s="38"/>
+      <c r="M89" s="38"/>
+      <c r="N89" s="38"/>
+      <c r="O89" s="38"/>
+      <c r="P89" s="38"/>
+      <c r="Q89" s="38"/>
+      <c r="R89" s="38"/>
+      <c r="S89" s="38"/>
+      <c r="T89" s="38"/>
+      <c r="U89" s="38"/>
+      <c r="V89" s="38"/>
+      <c r="W89" s="38"/>
+      <c r="X89" s="38"/>
+      <c r="Y89" s="38"/>
+      <c r="Z89" s="38"/>
+      <c r="AA89" s="38"/>
+      <c r="AB89" s="38"/>
+      <c r="AC89" s="38"/>
       <c r="AD89" s="14"/>
     </row>
     <row r="90" spans="1:30" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A90" s="19">
         <v>10</v>
       </c>
-      <c r="B90" s="35" t="s">
+      <c r="B90" s="38" t="s">
         <v>109</v>
       </c>
-      <c r="C90" s="35"/>
-[...25 lines deleted...]
-      <c r="AC90" s="35"/>
+      <c r="C90" s="38"/>
+      <c r="D90" s="38"/>
+      <c r="E90" s="38"/>
+      <c r="F90" s="38"/>
+      <c r="G90" s="38"/>
+      <c r="H90" s="38"/>
+      <c r="I90" s="38"/>
+      <c r="J90" s="38"/>
+      <c r="K90" s="38"/>
+      <c r="L90" s="38"/>
+      <c r="M90" s="38"/>
+      <c r="N90" s="38"/>
+      <c r="O90" s="38"/>
+      <c r="P90" s="38"/>
+      <c r="Q90" s="38"/>
+      <c r="R90" s="38"/>
+      <c r="S90" s="38"/>
+      <c r="T90" s="38"/>
+      <c r="U90" s="38"/>
+      <c r="V90" s="38"/>
+      <c r="W90" s="38"/>
+      <c r="X90" s="38"/>
+      <c r="Y90" s="38"/>
+      <c r="Z90" s="38"/>
+      <c r="AA90" s="38"/>
+      <c r="AB90" s="38"/>
+      <c r="AC90" s="38"/>
     </row>
     <row r="91" spans="1:30" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A91" s="19">
         <v>11</v>
       </c>
-      <c r="B91" s="35" t="s">
+      <c r="B91" s="38" t="s">
         <v>110</v>
       </c>
-      <c r="C91" s="35"/>
-[...25 lines deleted...]
-      <c r="AC91" s="35"/>
+      <c r="C91" s="38"/>
+      <c r="D91" s="38"/>
+      <c r="E91" s="38"/>
+      <c r="F91" s="38"/>
+      <c r="G91" s="38"/>
+      <c r="H91" s="38"/>
+      <c r="I91" s="38"/>
+      <c r="J91" s="38"/>
+      <c r="K91" s="38"/>
+      <c r="L91" s="38"/>
+      <c r="M91" s="38"/>
+      <c r="N91" s="38"/>
+      <c r="O91" s="38"/>
+      <c r="P91" s="38"/>
+      <c r="Q91" s="38"/>
+      <c r="R91" s="38"/>
+      <c r="S91" s="38"/>
+      <c r="T91" s="38"/>
+      <c r="U91" s="38"/>
+      <c r="V91" s="38"/>
+      <c r="W91" s="38"/>
+      <c r="X91" s="38"/>
+      <c r="Y91" s="38"/>
+      <c r="Z91" s="38"/>
+      <c r="AA91" s="38"/>
+      <c r="AB91" s="38"/>
+      <c r="AC91" s="38"/>
       <c r="AD91" s="14"/>
     </row>
     <row r="92" spans="1:30" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A92" s="19">
         <v>12</v>
       </c>
-      <c r="B92" s="35" t="s">
+      <c r="B92" s="38" t="s">
         <v>111</v>
       </c>
-      <c r="C92" s="35"/>
-[...25 lines deleted...]
-      <c r="AC92" s="35"/>
+      <c r="C92" s="38"/>
+      <c r="D92" s="38"/>
+      <c r="E92" s="38"/>
+      <c r="F92" s="38"/>
+      <c r="G92" s="38"/>
+      <c r="H92" s="38"/>
+      <c r="I92" s="38"/>
+      <c r="J92" s="38"/>
+      <c r="K92" s="38"/>
+      <c r="L92" s="38"/>
+      <c r="M92" s="38"/>
+      <c r="N92" s="38"/>
+      <c r="O92" s="38"/>
+      <c r="P92" s="38"/>
+      <c r="Q92" s="38"/>
+      <c r="R92" s="38"/>
+      <c r="S92" s="38"/>
+      <c r="T92" s="38"/>
+      <c r="U92" s="38"/>
+      <c r="V92" s="38"/>
+      <c r="W92" s="38"/>
+      <c r="X92" s="38"/>
+      <c r="Y92" s="38"/>
+      <c r="Z92" s="38"/>
+      <c r="AA92" s="38"/>
+      <c r="AB92" s="38"/>
+      <c r="AC92" s="38"/>
     </row>
     <row r="93" spans="1:30" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A93" s="19">
         <v>13</v>
       </c>
-      <c r="B93" s="35" t="s">
+      <c r="B93" s="38" t="s">
         <v>112</v>
       </c>
-      <c r="C93" s="35"/>
-[...25 lines deleted...]
-      <c r="AC93" s="35"/>
+      <c r="C93" s="38"/>
+      <c r="D93" s="38"/>
+      <c r="E93" s="38"/>
+      <c r="F93" s="38"/>
+      <c r="G93" s="38"/>
+      <c r="H93" s="38"/>
+      <c r="I93" s="38"/>
+      <c r="J93" s="38"/>
+      <c r="K93" s="38"/>
+      <c r="L93" s="38"/>
+      <c r="M93" s="38"/>
+      <c r="N93" s="38"/>
+      <c r="O93" s="38"/>
+      <c r="P93" s="38"/>
+      <c r="Q93" s="38"/>
+      <c r="R93" s="38"/>
+      <c r="S93" s="38"/>
+      <c r="T93" s="38"/>
+      <c r="U93" s="38"/>
+      <c r="V93" s="38"/>
+      <c r="W93" s="38"/>
+      <c r="X93" s="38"/>
+      <c r="Y93" s="38"/>
+      <c r="Z93" s="38"/>
+      <c r="AA93" s="38"/>
+      <c r="AB93" s="38"/>
+      <c r="AC93" s="38"/>
     </row>
     <row r="94" spans="1:30" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A94" s="19">
         <v>14</v>
       </c>
-      <c r="B94" s="35" t="s">
+      <c r="B94" s="38" t="s">
         <v>113</v>
       </c>
-      <c r="C94" s="35"/>
-[...25 lines deleted...]
-      <c r="AC94" s="35"/>
+      <c r="C94" s="38"/>
+      <c r="D94" s="38"/>
+      <c r="E94" s="38"/>
+      <c r="F94" s="38"/>
+      <c r="G94" s="38"/>
+      <c r="H94" s="38"/>
+      <c r="I94" s="38"/>
+      <c r="J94" s="38"/>
+      <c r="K94" s="38"/>
+      <c r="L94" s="38"/>
+      <c r="M94" s="38"/>
+      <c r="N94" s="38"/>
+      <c r="O94" s="38"/>
+      <c r="P94" s="38"/>
+      <c r="Q94" s="38"/>
+      <c r="R94" s="38"/>
+      <c r="S94" s="38"/>
+      <c r="T94" s="38"/>
+      <c r="U94" s="38"/>
+      <c r="V94" s="38"/>
+      <c r="W94" s="38"/>
+      <c r="X94" s="38"/>
+      <c r="Y94" s="38"/>
+      <c r="Z94" s="38"/>
+      <c r="AA94" s="38"/>
+      <c r="AB94" s="38"/>
+      <c r="AC94" s="38"/>
     </row>
     <row r="95" spans="1:30" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A95" s="19">
         <v>15</v>
       </c>
-      <c r="B95" s="35" t="s">
+      <c r="B95" s="38" t="s">
         <v>114</v>
       </c>
-      <c r="C95" s="35"/>
-[...25 lines deleted...]
-      <c r="AC95" s="35"/>
+      <c r="C95" s="38"/>
+      <c r="D95" s="38"/>
+      <c r="E95" s="38"/>
+      <c r="F95" s="38"/>
+      <c r="G95" s="38"/>
+      <c r="H95" s="38"/>
+      <c r="I95" s="38"/>
+      <c r="J95" s="38"/>
+      <c r="K95" s="38"/>
+      <c r="L95" s="38"/>
+      <c r="M95" s="38"/>
+      <c r="N95" s="38"/>
+      <c r="O95" s="38"/>
+      <c r="P95" s="38"/>
+      <c r="Q95" s="38"/>
+      <c r="R95" s="38"/>
+      <c r="S95" s="38"/>
+      <c r="T95" s="38"/>
+      <c r="U95" s="38"/>
+      <c r="V95" s="38"/>
+      <c r="W95" s="38"/>
+      <c r="X95" s="38"/>
+      <c r="Y95" s="38"/>
+      <c r="Z95" s="38"/>
+      <c r="AA95" s="38"/>
+      <c r="AB95" s="38"/>
+      <c r="AC95" s="38"/>
     </row>
     <row r="96" spans="1:30" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A96" s="19">
         <v>16</v>
       </c>
-      <c r="B96" s="35" t="s">
+      <c r="B96" s="38" t="s">
         <v>115</v>
       </c>
-      <c r="C96" s="35"/>
-[...25 lines deleted...]
-      <c r="AC96" s="35"/>
+      <c r="C96" s="38"/>
+      <c r="D96" s="38"/>
+      <c r="E96" s="38"/>
+      <c r="F96" s="38"/>
+      <c r="G96" s="38"/>
+      <c r="H96" s="38"/>
+      <c r="I96" s="38"/>
+      <c r="J96" s="38"/>
+      <c r="K96" s="38"/>
+      <c r="L96" s="38"/>
+      <c r="M96" s="38"/>
+      <c r="N96" s="38"/>
+      <c r="O96" s="38"/>
+      <c r="P96" s="38"/>
+      <c r="Q96" s="38"/>
+      <c r="R96" s="38"/>
+      <c r="S96" s="38"/>
+      <c r="T96" s="38"/>
+      <c r="U96" s="38"/>
+      <c r="V96" s="38"/>
+      <c r="W96" s="38"/>
+      <c r="X96" s="38"/>
+      <c r="Y96" s="38"/>
+      <c r="Z96" s="38"/>
+      <c r="AA96" s="38"/>
+      <c r="AB96" s="38"/>
+      <c r="AC96" s="38"/>
     </row>
     <row r="97" spans="1:31" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A97" s="19">
         <v>17</v>
       </c>
-      <c r="B97" s="35" t="s">
+      <c r="B97" s="38" t="s">
         <v>116</v>
       </c>
-      <c r="C97" s="35"/>
-[...25 lines deleted...]
-      <c r="AC97" s="35"/>
+      <c r="C97" s="38"/>
+      <c r="D97" s="38"/>
+      <c r="E97" s="38"/>
+      <c r="F97" s="38"/>
+      <c r="G97" s="38"/>
+      <c r="H97" s="38"/>
+      <c r="I97" s="38"/>
+      <c r="J97" s="38"/>
+      <c r="K97" s="38"/>
+      <c r="L97" s="38"/>
+      <c r="M97" s="38"/>
+      <c r="N97" s="38"/>
+      <c r="O97" s="38"/>
+      <c r="P97" s="38"/>
+      <c r="Q97" s="38"/>
+      <c r="R97" s="38"/>
+      <c r="S97" s="38"/>
+      <c r="T97" s="38"/>
+      <c r="U97" s="38"/>
+      <c r="V97" s="38"/>
+      <c r="W97" s="38"/>
+      <c r="X97" s="38"/>
+      <c r="Y97" s="38"/>
+      <c r="Z97" s="38"/>
+      <c r="AA97" s="38"/>
+      <c r="AB97" s="38"/>
+      <c r="AC97" s="38"/>
     </row>
     <row r="98" spans="1:31" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A98" s="19">
         <v>18</v>
       </c>
-      <c r="B98" s="35" t="s">
+      <c r="B98" s="38" t="s">
         <v>117</v>
       </c>
-      <c r="C98" s="35"/>
-[...25 lines deleted...]
-      <c r="AC98" s="35"/>
+      <c r="C98" s="38"/>
+      <c r="D98" s="38"/>
+      <c r="E98" s="38"/>
+      <c r="F98" s="38"/>
+      <c r="G98" s="38"/>
+      <c r="H98" s="38"/>
+      <c r="I98" s="38"/>
+      <c r="J98" s="38"/>
+      <c r="K98" s="38"/>
+      <c r="L98" s="38"/>
+      <c r="M98" s="38"/>
+      <c r="N98" s="38"/>
+      <c r="O98" s="38"/>
+      <c r="P98" s="38"/>
+      <c r="Q98" s="38"/>
+      <c r="R98" s="38"/>
+      <c r="S98" s="38"/>
+      <c r="T98" s="38"/>
+      <c r="U98" s="38"/>
+      <c r="V98" s="38"/>
+      <c r="W98" s="38"/>
+      <c r="X98" s="38"/>
+      <c r="Y98" s="38"/>
+      <c r="Z98" s="38"/>
+      <c r="AA98" s="38"/>
+      <c r="AB98" s="38"/>
+      <c r="AC98" s="38"/>
     </row>
     <row r="99" spans="1:31" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A99" s="19">
         <v>19</v>
       </c>
-      <c r="B99" s="35" t="s">
+      <c r="B99" s="38" t="s">
         <v>118</v>
       </c>
-      <c r="C99" s="35"/>
-[...25 lines deleted...]
-      <c r="AC99" s="35"/>
+      <c r="C99" s="38"/>
+      <c r="D99" s="38"/>
+      <c r="E99" s="38"/>
+      <c r="F99" s="38"/>
+      <c r="G99" s="38"/>
+      <c r="H99" s="38"/>
+      <c r="I99" s="38"/>
+      <c r="J99" s="38"/>
+      <c r="K99" s="38"/>
+      <c r="L99" s="38"/>
+      <c r="M99" s="38"/>
+      <c r="N99" s="38"/>
+      <c r="O99" s="38"/>
+      <c r="P99" s="38"/>
+      <c r="Q99" s="38"/>
+      <c r="R99" s="38"/>
+      <c r="S99" s="38"/>
+      <c r="T99" s="38"/>
+      <c r="U99" s="38"/>
+      <c r="V99" s="38"/>
+      <c r="W99" s="38"/>
+      <c r="X99" s="38"/>
+      <c r="Y99" s="38"/>
+      <c r="Z99" s="38"/>
+      <c r="AA99" s="38"/>
+      <c r="AB99" s="38"/>
+      <c r="AC99" s="38"/>
     </row>
     <row r="100" spans="1:31" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A100" s="21">
         <v>20</v>
       </c>
-      <c r="B100" s="35" t="s">
+      <c r="B100" s="38" t="s">
         <v>119</v>
       </c>
-      <c r="C100" s="35"/>
-[...25 lines deleted...]
-      <c r="AC100" s="35"/>
+      <c r="C100" s="38"/>
+      <c r="D100" s="38"/>
+      <c r="E100" s="38"/>
+      <c r="F100" s="38"/>
+      <c r="G100" s="38"/>
+      <c r="H100" s="38"/>
+      <c r="I100" s="38"/>
+      <c r="J100" s="38"/>
+      <c r="K100" s="38"/>
+      <c r="L100" s="38"/>
+      <c r="M100" s="38"/>
+      <c r="N100" s="38"/>
+      <c r="O100" s="38"/>
+      <c r="P100" s="38"/>
+      <c r="Q100" s="38"/>
+      <c r="R100" s="38"/>
+      <c r="S100" s="38"/>
+      <c r="T100" s="38"/>
+      <c r="U100" s="38"/>
+      <c r="V100" s="38"/>
+      <c r="W100" s="38"/>
+      <c r="X100" s="38"/>
+      <c r="Y100" s="38"/>
+      <c r="Z100" s="38"/>
+      <c r="AA100" s="38"/>
+      <c r="AB100" s="38"/>
+      <c r="AC100" s="38"/>
       <c r="AD100" s="15"/>
       <c r="AE100" s="15"/>
     </row>
     <row r="101" spans="1:31" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A101" s="19">
         <v>21</v>
       </c>
-      <c r="B101" s="35" t="s">
+      <c r="B101" s="38" t="s">
         <v>120</v>
       </c>
-      <c r="C101" s="35"/>
-[...25 lines deleted...]
-      <c r="AC101" s="35"/>
+      <c r="C101" s="38"/>
+      <c r="D101" s="38"/>
+      <c r="E101" s="38"/>
+      <c r="F101" s="38"/>
+      <c r="G101" s="38"/>
+      <c r="H101" s="38"/>
+      <c r="I101" s="38"/>
+      <c r="J101" s="38"/>
+      <c r="K101" s="38"/>
+      <c r="L101" s="38"/>
+      <c r="M101" s="38"/>
+      <c r="N101" s="38"/>
+      <c r="O101" s="38"/>
+      <c r="P101" s="38"/>
+      <c r="Q101" s="38"/>
+      <c r="R101" s="38"/>
+      <c r="S101" s="38"/>
+      <c r="T101" s="38"/>
+      <c r="U101" s="38"/>
+      <c r="V101" s="38"/>
+      <c r="W101" s="38"/>
+      <c r="X101" s="38"/>
+      <c r="Y101" s="38"/>
+      <c r="Z101" s="38"/>
+      <c r="AA101" s="38"/>
+      <c r="AB101" s="38"/>
+      <c r="AC101" s="38"/>
     </row>
     <row r="102" spans="1:31" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A102" s="19">
         <v>22</v>
       </c>
-      <c r="B102" s="35" t="s">
+      <c r="B102" s="38" t="s">
         <v>121</v>
       </c>
-      <c r="C102" s="35"/>
-[...25 lines deleted...]
-      <c r="AC102" s="35"/>
+      <c r="C102" s="38"/>
+      <c r="D102" s="38"/>
+      <c r="E102" s="38"/>
+      <c r="F102" s="38"/>
+      <c r="G102" s="38"/>
+      <c r="H102" s="38"/>
+      <c r="I102" s="38"/>
+      <c r="J102" s="38"/>
+      <c r="K102" s="38"/>
+      <c r="L102" s="38"/>
+      <c r="M102" s="38"/>
+      <c r="N102" s="38"/>
+      <c r="O102" s="38"/>
+      <c r="P102" s="38"/>
+      <c r="Q102" s="38"/>
+      <c r="R102" s="38"/>
+      <c r="S102" s="38"/>
+      <c r="T102" s="38"/>
+      <c r="U102" s="38"/>
+      <c r="V102" s="38"/>
+      <c r="W102" s="38"/>
+      <c r="X102" s="38"/>
+      <c r="Y102" s="38"/>
+      <c r="Z102" s="38"/>
+      <c r="AA102" s="38"/>
+      <c r="AB102" s="38"/>
+      <c r="AC102" s="38"/>
     </row>
     <row r="103" spans="1:31" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A103" s="19">
         <v>23</v>
       </c>
-      <c r="B103" s="35" t="s">
+      <c r="B103" s="38" t="s">
         <v>122</v>
       </c>
-      <c r="C103" s="35"/>
-[...25 lines deleted...]
-      <c r="AC103" s="35"/>
+      <c r="C103" s="38"/>
+      <c r="D103" s="38"/>
+      <c r="E103" s="38"/>
+      <c r="F103" s="38"/>
+      <c r="G103" s="38"/>
+      <c r="H103" s="38"/>
+      <c r="I103" s="38"/>
+      <c r="J103" s="38"/>
+      <c r="K103" s="38"/>
+      <c r="L103" s="38"/>
+      <c r="M103" s="38"/>
+      <c r="N103" s="38"/>
+      <c r="O103" s="38"/>
+      <c r="P103" s="38"/>
+      <c r="Q103" s="38"/>
+      <c r="R103" s="38"/>
+      <c r="S103" s="38"/>
+      <c r="T103" s="38"/>
+      <c r="U103" s="38"/>
+      <c r="V103" s="38"/>
+      <c r="W103" s="38"/>
+      <c r="X103" s="38"/>
+      <c r="Y103" s="38"/>
+      <c r="Z103" s="38"/>
+      <c r="AA103" s="38"/>
+      <c r="AB103" s="38"/>
+      <c r="AC103" s="38"/>
     </row>
     <row r="104" spans="1:31" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A104" s="19">
         <v>24</v>
       </c>
-      <c r="B104" s="35" t="s">
+      <c r="B104" s="38" t="s">
         <v>123</v>
       </c>
-      <c r="C104" s="35"/>
-[...25 lines deleted...]
-      <c r="AC104" s="35"/>
+      <c r="C104" s="38"/>
+      <c r="D104" s="38"/>
+      <c r="E104" s="38"/>
+      <c r="F104" s="38"/>
+      <c r="G104" s="38"/>
+      <c r="H104" s="38"/>
+      <c r="I104" s="38"/>
+      <c r="J104" s="38"/>
+      <c r="K104" s="38"/>
+      <c r="L104" s="38"/>
+      <c r="M104" s="38"/>
+      <c r="N104" s="38"/>
+      <c r="O104" s="38"/>
+      <c r="P104" s="38"/>
+      <c r="Q104" s="38"/>
+      <c r="R104" s="38"/>
+      <c r="S104" s="38"/>
+      <c r="T104" s="38"/>
+      <c r="U104" s="38"/>
+      <c r="V104" s="38"/>
+      <c r="W104" s="38"/>
+      <c r="X104" s="38"/>
+      <c r="Y104" s="38"/>
+      <c r="Z104" s="38"/>
+      <c r="AA104" s="38"/>
+      <c r="AB104" s="38"/>
+      <c r="AC104" s="38"/>
     </row>
     <row r="105" spans="1:31" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A105" s="19">
         <v>25</v>
       </c>
-      <c r="B105" s="35" t="s">
+      <c r="B105" s="38" t="s">
         <v>124</v>
       </c>
-      <c r="C105" s="35"/>
-[...25 lines deleted...]
-      <c r="AC105" s="35"/>
+      <c r="C105" s="38"/>
+      <c r="D105" s="38"/>
+      <c r="E105" s="38"/>
+      <c r="F105" s="38"/>
+      <c r="G105" s="38"/>
+      <c r="H105" s="38"/>
+      <c r="I105" s="38"/>
+      <c r="J105" s="38"/>
+      <c r="K105" s="38"/>
+      <c r="L105" s="38"/>
+      <c r="M105" s="38"/>
+      <c r="N105" s="38"/>
+      <c r="O105" s="38"/>
+      <c r="P105" s="38"/>
+      <c r="Q105" s="38"/>
+      <c r="R105" s="38"/>
+      <c r="S105" s="38"/>
+      <c r="T105" s="38"/>
+      <c r="U105" s="38"/>
+      <c r="V105" s="38"/>
+      <c r="W105" s="38"/>
+      <c r="X105" s="38"/>
+      <c r="Y105" s="38"/>
+      <c r="Z105" s="38"/>
+      <c r="AA105" s="38"/>
+      <c r="AB105" s="38"/>
+      <c r="AC105" s="38"/>
     </row>
     <row r="106" spans="1:31" s="31" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A106" s="19">
         <v>26</v>
       </c>
-      <c r="B106" s="35" t="s">
+      <c r="B106" s="38" t="s">
         <v>125</v>
       </c>
-      <c r="C106" s="35"/>
-[...25 lines deleted...]
-      <c r="AC106" s="35"/>
+      <c r="C106" s="38"/>
+      <c r="D106" s="38"/>
+      <c r="E106" s="38"/>
+      <c r="F106" s="38"/>
+      <c r="G106" s="38"/>
+      <c r="H106" s="38"/>
+      <c r="I106" s="38"/>
+      <c r="J106" s="38"/>
+      <c r="K106" s="38"/>
+      <c r="L106" s="38"/>
+      <c r="M106" s="38"/>
+      <c r="N106" s="38"/>
+      <c r="O106" s="38"/>
+      <c r="P106" s="38"/>
+      <c r="Q106" s="38"/>
+      <c r="R106" s="38"/>
+      <c r="S106" s="38"/>
+      <c r="T106" s="38"/>
+      <c r="U106" s="38"/>
+      <c r="V106" s="38"/>
+      <c r="W106" s="38"/>
+      <c r="X106" s="38"/>
+      <c r="Y106" s="38"/>
+      <c r="Z106" s="38"/>
+      <c r="AA106" s="38"/>
+      <c r="AB106" s="38"/>
+      <c r="AC106" s="38"/>
     </row>
   </sheetData>
   <mergeCells count="56">
+    <mergeCell ref="B98:AC98"/>
     <mergeCell ref="B79:C79"/>
+    <mergeCell ref="B83:AC83"/>
+    <mergeCell ref="B106:AC106"/>
+    <mergeCell ref="B89:AC89"/>
+    <mergeCell ref="B102:AC102"/>
+    <mergeCell ref="B103:AC103"/>
+    <mergeCell ref="B104:AC104"/>
+    <mergeCell ref="B105:AC105"/>
+    <mergeCell ref="B101:AC101"/>
+    <mergeCell ref="B90:AC90"/>
+    <mergeCell ref="B91:AC91"/>
+    <mergeCell ref="B92:AC92"/>
+    <mergeCell ref="B93:AC93"/>
+    <mergeCell ref="B94:AC94"/>
+    <mergeCell ref="B95:AC95"/>
+    <mergeCell ref="B96:AC96"/>
+    <mergeCell ref="B97:AC97"/>
+    <mergeCell ref="Z6:AA6"/>
+    <mergeCell ref="B99:AC99"/>
+    <mergeCell ref="B100:AC100"/>
+    <mergeCell ref="AB6:AC6"/>
+    <mergeCell ref="B80:AC80"/>
+    <mergeCell ref="B81:AC81"/>
+    <mergeCell ref="B82:AC82"/>
+    <mergeCell ref="B88:AC88"/>
+    <mergeCell ref="B84:AC84"/>
+    <mergeCell ref="B85:AC85"/>
+    <mergeCell ref="B86:AC86"/>
+    <mergeCell ref="B87:AC87"/>
+    <mergeCell ref="R6:S6"/>
+    <mergeCell ref="T6:U6"/>
+    <mergeCell ref="V6:W6"/>
+    <mergeCell ref="X6:Y6"/>
+    <mergeCell ref="I5:I7"/>
+    <mergeCell ref="J5:J7"/>
+    <mergeCell ref="K5:K7"/>
+    <mergeCell ref="N6:O6"/>
+    <mergeCell ref="P6:Q6"/>
+    <mergeCell ref="L5:Q5"/>
     <mergeCell ref="B2:AC2"/>
     <mergeCell ref="B3:B7"/>
     <mergeCell ref="C3:C7"/>
     <mergeCell ref="D3:K3"/>
     <mergeCell ref="L3:AC3"/>
     <mergeCell ref="D4:K4"/>
     <mergeCell ref="L4:S4"/>
     <mergeCell ref="T4:AC4"/>
     <mergeCell ref="D5:E6"/>
     <mergeCell ref="F5:F7"/>
     <mergeCell ref="R5:S5"/>
     <mergeCell ref="T5:Y5"/>
     <mergeCell ref="Z5:AC5"/>
     <mergeCell ref="L6:M6"/>
     <mergeCell ref="G5:G7"/>
     <mergeCell ref="H5:H7"/>
-    <mergeCell ref="I5:I7"/>
-[...37 lines deleted...]
-    <mergeCell ref="B98:AC98"/>
   </mergeCells>
-  <pageMargins left="0" right="0.04" top="0.04" bottom="0.02" header="0.04" footer="0"/>
-  <pageSetup scale="45" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="3.937007874015748E-2" right="0" top="7.874015748031496E-2" bottom="7.874015748031496E-2" header="7.874015748031496E-2" footer="3.937007874015748E-2"/>
+  <pageSetup scale="44" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>May 2025</vt:lpstr>
+      <vt:lpstr>For Website May 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Suvarna Suresh Jadhav</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>