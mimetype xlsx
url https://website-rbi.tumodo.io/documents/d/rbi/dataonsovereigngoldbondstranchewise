--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -1,115 +1,116 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9A15CD93-901F-4ED3-BAAD-C2C345BA3F2B}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A3AB7511-3DEC-4A0C-A72C-BE035084A445}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SGB OS data as on Sep 30, 2024" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="I33" i="1" l="1"/>
+  <c r="I30" i="1"/>
+  <c r="I45" i="1"/>
+  <c r="I39" i="1"/>
+  <c r="I51" i="1" l="1"/>
+  <c r="I29" i="1"/>
+  <c r="I38" i="1"/>
+  <c r="I32" i="1"/>
+  <c r="I44" i="1"/>
   <c r="I49" i="1" l="1"/>
   <c r="I24" i="1"/>
   <c r="I28" i="1"/>
   <c r="I23" i="1"/>
   <c r="I22" i="1"/>
   <c r="I43" i="1" l="1"/>
   <c r="I37" i="1"/>
   <c r="I31" i="1"/>
   <c r="I21" i="1"/>
   <c r="I20" i="1" l="1"/>
   <c r="I19" i="1"/>
   <c r="I18" i="1"/>
   <c r="I42" i="1"/>
   <c r="I48" i="1"/>
   <c r="I27" i="1"/>
   <c r="I17" i="1"/>
   <c r="I16" i="1" l="1"/>
   <c r="I25" i="1"/>
   <c r="I36" i="1" l="1"/>
   <c r="I15" i="1" l="1"/>
   <c r="I41" i="1"/>
   <c r="I26" i="1"/>
   <c r="I14" i="1"/>
   <c r="I35" i="1"/>
   <c r="I13" i="1"/>
   <c r="I34" i="1"/>
   <c r="I40" i="1"/>
   <c r="I46" i="1"/>
-  <c r="I33" i="1"/>
-[...2 lines deleted...]
-  <c r="I39" i="1"/>
   <c r="I12" i="1"/>
-  <c r="I29" i="1"/>
-[...2 lines deleted...]
-  <c r="I44" i="1"/>
   <c r="I11" i="1" l="1"/>
   <c r="J41" i="1" l="1"/>
   <c r="I10" i="1" l="1"/>
   <c r="I7" i="1" l="1"/>
   <c r="J70" i="1" l="1"/>
   <c r="I5" i="1" l="1"/>
   <c r="J69" i="1" l="1"/>
   <c r="J68" i="1" l="1"/>
   <c r="G4" i="1" l="1"/>
   <c r="J67" i="1" l="1"/>
   <c r="J66" i="1" l="1"/>
   <c r="J64" i="1" l="1"/>
   <c r="J65" i="1"/>
   <c r="J62" i="1" l="1"/>
   <c r="J63" i="1"/>
   <c r="J61" i="1" l="1"/>
   <c r="J60" i="1"/>
   <c r="J59" i="1" l="1"/>
   <c r="J58" i="1" l="1"/>
   <c r="J57" i="1" l="1"/>
   <c r="J56" i="1" l="1"/>
   <c r="J55" i="1"/>
   <c r="J54" i="1"/>
   <c r="J53" i="1"/>
   <c r="J52" i="1"/>
@@ -783,51 +784,51 @@
   <si>
     <t>IN0020230168</t>
   </si>
   <si>
     <t>December 28, 2023</t>
   </si>
   <si>
     <t>2023-24, Series IV</t>
   </si>
   <si>
     <t>IN0020230184</t>
   </si>
   <si>
     <t>February 21, 2024</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Final Redemption Price/Unit</t>
   </si>
   <si>
     <t>Number of units redeemed (including premature redemption)/cancelled (in grams)</t>
   </si>
   <si>
-    <t>Data on Sovereign Gold Bonds (Tranche wise) issued till January 05, 2026</t>
+    <t>Data on Sovereign Gold Bonds (Tranche wise) issued till February 13, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -875,97 +876,82 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...27 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF99FF66"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -1223,111 +1209,111 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:BS73"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomLeft" activeCell="G32" sqref="G32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.140625" style="2" customWidth="1"/>
     <col min="2" max="2" width="10.85546875" style="2" customWidth="1"/>
     <col min="3" max="3" width="22.5703125" style="2" customWidth="1"/>
     <col min="4" max="4" width="19.85546875" style="2" customWidth="1"/>
     <col min="5" max="5" width="23.85546875" style="2" customWidth="1"/>
     <col min="6" max="6" width="13" style="2" customWidth="1"/>
     <col min="7" max="7" width="15.5703125" style="2" customWidth="1"/>
     <col min="8" max="8" width="13.7109375" style="2" customWidth="1"/>
     <col min="9" max="9" width="21.7109375" style="2" customWidth="1"/>
     <col min="10" max="10" width="17.7109375" style="2" customWidth="1"/>
     <col min="11" max="11" width="12" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.140625" style="1"/>
     <col min="13" max="13" width="12" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="71" width="9.140625" style="1"/>
     <col min="72" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:71" x14ac:dyDescent="0.25">
-      <c r="B2" s="18" t="s">
+      <c r="B2" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="C2" s="18"/>
-[...6 lines deleted...]
-      <c r="J2" s="18"/>
+      <c r="C2" s="5"/>
+      <c r="D2" s="5"/>
+      <c r="E2" s="5"/>
+      <c r="F2" s="5"/>
+      <c r="G2" s="5"/>
+      <c r="H2" s="5"/>
+      <c r="I2" s="5"/>
+      <c r="J2" s="5"/>
     </row>
     <row r="3" spans="2:71" s="3" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
-      <c r="B3" s="5" t="s">
+      <c r="B3" s="6" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="5" t="s">
+      <c r="C3" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="D3" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="E3" s="5" t="s">
+      <c r="E3" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="F3" s="5" t="s">
+      <c r="F3" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="G3" s="5" t="s">
+      <c r="G3" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="H3" s="5" t="s">
+      <c r="H3" s="6" t="s">
         <v>209</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="I3" s="6" t="s">
         <v>210</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="J3" s="6" t="s">
         <v>6</v>
       </c>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
       <c r="Z3" s="1"/>
       <c r="AA3" s="1"/>
       <c r="AB3" s="1"/>
       <c r="AC3" s="1"/>
       <c r="AD3" s="1"/>
       <c r="AE3" s="1"/>
       <c r="AF3" s="1"/>
       <c r="AG3" s="1"/>
@@ -1349,2047 +1335,2038 @@
       <c r="AW3" s="1"/>
       <c r="AX3" s="1"/>
       <c r="AY3" s="1"/>
       <c r="AZ3" s="1"/>
       <c r="BA3" s="1"/>
       <c r="BB3" s="1"/>
       <c r="BC3" s="1"/>
       <c r="BD3" s="1"/>
       <c r="BE3" s="1"/>
       <c r="BF3" s="1"/>
       <c r="BG3" s="1"/>
       <c r="BH3" s="1"/>
       <c r="BI3" s="1"/>
       <c r="BJ3" s="1"/>
       <c r="BK3" s="1"/>
       <c r="BL3" s="1"/>
       <c r="BM3" s="1"/>
       <c r="BN3" s="1"/>
       <c r="BO3" s="1"/>
       <c r="BP3" s="1"/>
       <c r="BQ3" s="1"/>
       <c r="BR3" s="1"/>
       <c r="BS3" s="1"/>
     </row>
     <row r="4" spans="2:71" x14ac:dyDescent="0.25">
-      <c r="B4" s="6">
+      <c r="B4" s="7">
         <v>1</v>
       </c>
-      <c r="C4" s="7" t="s">
+      <c r="C4" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="D4" s="8" t="s">
+      <c r="D4" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="F4" s="7">
+      <c r="F4" s="8">
         <v>2684</v>
       </c>
-      <c r="G4" s="7">
+      <c r="G4" s="8">
         <f>913571</f>
         <v>913571</v>
       </c>
-      <c r="H4" s="7">
+      <c r="H4" s="8">
         <v>6132</v>
       </c>
-      <c r="I4" s="7">
+      <c r="I4" s="8">
         <v>913571</v>
       </c>
-      <c r="J4" s="7">
+      <c r="J4" s="8">
         <f>G4-I4</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="2:71" x14ac:dyDescent="0.25">
-      <c r="B5" s="6">
+      <c r="B5" s="7">
         <v>2</v>
       </c>
-      <c r="C5" s="7" t="s">
+      <c r="C5" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="D5" s="8" t="s">
+      <c r="D5" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="E5" s="9" t="s">
+      <c r="E5" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="F5" s="7">
+      <c r="F5" s="8">
         <v>2600</v>
       </c>
-      <c r="G5" s="7">
+      <c r="G5" s="8">
         <f>2869973</f>
         <v>2869973</v>
       </c>
-      <c r="H5" s="7">
+      <c r="H5" s="8">
         <v>6271</v>
       </c>
-      <c r="I5" s="7">
+      <c r="I5" s="8">
         <f>2869973</f>
         <v>2869973</v>
       </c>
-      <c r="J5" s="7">
+      <c r="J5" s="8">
         <f t="shared" ref="J5:J70" si="0">G5-I5</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="2:71" x14ac:dyDescent="0.25">
-      <c r="B6" s="6">
+      <c r="B6" s="7">
         <v>3</v>
       </c>
-      <c r="C6" s="7" t="s">
+      <c r="C6" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="D6" s="8" t="s">
+      <c r="D6" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="E6" s="9" t="s">
+      <c r="E6" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="F6" s="7">
+      <c r="F6" s="8">
         <v>2916</v>
       </c>
-      <c r="G6" s="7">
+      <c r="G6" s="8">
         <f>1119741</f>
         <v>1119741</v>
       </c>
-      <c r="H6" s="7">
+      <c r="H6" s="8">
         <v>6601</v>
       </c>
-      <c r="I6" s="7">
+      <c r="I6" s="8">
         <f>G6</f>
         <v>1119741</v>
       </c>
-      <c r="J6" s="7">
+      <c r="J6" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="2:71" x14ac:dyDescent="0.25">
-      <c r="B7" s="6">
+      <c r="B7" s="7">
         <v>4</v>
       </c>
-      <c r="C7" s="7" t="s">
+      <c r="C7" s="8" t="s">
         <v>16</v>
       </c>
-      <c r="D7" s="8" t="s">
+      <c r="D7" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="E7" s="9" t="s">
+      <c r="E7" s="10" t="s">
         <v>18</v>
       </c>
-      <c r="F7" s="7">
+      <c r="F7" s="8">
         <v>3119</v>
       </c>
-      <c r="G7" s="7">
+      <c r="G7" s="8">
         <f>2953025</f>
         <v>2953025</v>
       </c>
-      <c r="H7" s="7">
+      <c r="H7" s="8">
         <v>6938</v>
       </c>
-      <c r="I7" s="7">
+      <c r="I7" s="8">
         <f>9319+51669+52502+47298+27095+14315 +2750827</f>
         <v>2953025</v>
       </c>
-      <c r="J7" s="7">
+      <c r="J7" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="2:71" x14ac:dyDescent="0.25">
-      <c r="B8" s="6">
+      <c r="B8" s="7">
         <v>5</v>
       </c>
-      <c r="C8" s="7" t="s">
+      <c r="C8" s="8" t="s">
         <v>19</v>
       </c>
-      <c r="D8" s="8" t="s">
+      <c r="D8" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="E8" s="9" t="s">
+      <c r="E8" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F8" s="7">
+      <c r="F8" s="8">
         <v>3150</v>
       </c>
-      <c r="G8" s="7">
+      <c r="G8" s="8">
         <v>2615800</v>
       </c>
-      <c r="H8" s="7">
+      <c r="H8" s="8">
         <v>7517</v>
       </c>
-      <c r="I8" s="7">
+      <c r="I8" s="8">
         <v>2615800</v>
       </c>
-      <c r="J8" s="7">
+      <c r="J8" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="2:71" x14ac:dyDescent="0.25">
-      <c r="B9" s="6">
+      <c r="B9" s="7">
         <v>6</v>
       </c>
-      <c r="C9" s="7" t="s">
+      <c r="C9" s="8" t="s">
         <v>22</v>
       </c>
-      <c r="D9" s="8" t="s">
+      <c r="D9" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="E9" s="9" t="s">
+      <c r="E9" s="10" t="s">
         <v>24</v>
       </c>
-      <c r="F9" s="7">
+      <c r="F9" s="8">
         <v>3007</v>
       </c>
-      <c r="G9" s="7">
+      <c r="G9" s="8">
         <v>3597875</v>
       </c>
-      <c r="H9" s="7">
+      <c r="H9" s="8">
         <v>7788</v>
       </c>
-      <c r="I9" s="7">
+      <c r="I9" s="8">
         <v>3597875</v>
       </c>
-      <c r="J9" s="7">
+      <c r="J9" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="2:71" x14ac:dyDescent="0.25">
-      <c r="B10" s="6">
+      <c r="B10" s="7">
         <v>7</v>
       </c>
-      <c r="C10" s="7" t="s">
+      <c r="C10" s="8" t="s">
         <v>25</v>
       </c>
-      <c r="D10" s="8" t="s">
+      <c r="D10" s="9" t="s">
         <v>26</v>
       </c>
-      <c r="E10" s="9" t="s">
+      <c r="E10" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="F10" s="7">
+      <c r="F10" s="8">
         <v>2943</v>
       </c>
-      <c r="G10" s="7">
+      <c r="G10" s="8">
         <v>2220885</v>
       </c>
-      <c r="H10" s="7">
+      <c r="H10" s="8">
         <v>8624</v>
       </c>
-      <c r="I10" s="7">
+      <c r="I10" s="8">
         <f>25400+57645+45145+29284+19439+11132+2032840</f>
         <v>2220885</v>
       </c>
-      <c r="J10" s="7">
+      <c r="J10" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="2:71" x14ac:dyDescent="0.25">
-      <c r="B11" s="6">
+      <c r="B11" s="7">
         <v>8</v>
       </c>
-      <c r="C11" s="7" t="s">
+      <c r="C11" s="8" t="s">
         <v>28</v>
       </c>
-      <c r="D11" s="8" t="s">
+      <c r="D11" s="9" t="s">
         <v>29</v>
       </c>
-      <c r="E11" s="9" t="s">
+      <c r="E11" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="F11" s="7">
+      <c r="F11" s="8">
         <v>2951</v>
       </c>
-      <c r="G11" s="7">
+      <c r="G11" s="8">
         <v>2027695</v>
       </c>
-      <c r="H11" s="7">
+      <c r="H11" s="8">
         <v>9486</v>
       </c>
-      <c r="I11" s="7">
+      <c r="I11" s="8">
         <f>134075+14596+7504+1871520</f>
         <v>2027695</v>
       </c>
-      <c r="J11" s="7">
+      <c r="J11" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="2:71" x14ac:dyDescent="0.25">
-      <c r="B12" s="6">
+      <c r="B12" s="7">
         <v>9</v>
       </c>
-      <c r="C12" s="7" t="s">
+      <c r="C12" s="8" t="s">
         <v>31</v>
       </c>
-      <c r="D12" s="8" t="s">
+      <c r="D12" s="9" t="s">
         <v>32</v>
       </c>
-      <c r="E12" s="9" t="s">
+      <c r="E12" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="F12" s="7">
+      <c r="F12" s="8">
         <v>2830</v>
       </c>
-      <c r="G12" s="7">
+      <c r="G12" s="8">
         <v>2349953</v>
       </c>
-      <c r="H12" s="7">
+      <c r="H12" s="8">
         <v>9924</v>
       </c>
-      <c r="I12" s="7">
+      <c r="I12" s="8">
         <f>38217+66208+42742+23852+13177+5+9056+2156696</f>
         <v>2349953</v>
       </c>
-      <c r="J12" s="7">
+      <c r="J12" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="2:71" x14ac:dyDescent="0.25">
-      <c r="B13" s="6">
+      <c r="B13" s="7">
         <v>10</v>
       </c>
-      <c r="C13" s="7" t="s">
+      <c r="C13" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="D13" s="8" t="s">
+      <c r="D13" s="9" t="s">
         <v>35</v>
       </c>
-      <c r="E13" s="9" t="s">
+      <c r="E13" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="F13" s="7">
+      <c r="F13" s="8">
         <v>2956</v>
       </c>
-      <c r="G13" s="7">
+      <c r="G13" s="8">
         <v>264815</v>
       </c>
-      <c r="H13" s="7">
+      <c r="H13" s="8">
         <v>12567</v>
       </c>
-      <c r="I13" s="7">
+      <c r="I13" s="8">
         <f>1967+4697+3093+1621+794+470+252173</f>
         <v>264815</v>
       </c>
-      <c r="J13" s="7">
+      <c r="J13" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:71" x14ac:dyDescent="0.25">
-      <c r="B14" s="6">
+      <c r="B14" s="7">
         <v>11</v>
       </c>
-      <c r="C14" s="7" t="s">
+      <c r="C14" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="D14" s="8" t="s">
+      <c r="D14" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="E14" s="9" t="s">
+      <c r="E14" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="F14" s="7">
+      <c r="F14" s="8">
         <v>2987</v>
       </c>
-      <c r="G14" s="7">
+      <c r="G14" s="8">
         <v>378945</v>
       </c>
-      <c r="H14" s="7">
+      <c r="H14" s="8">
         <v>12704</v>
       </c>
-      <c r="I14" s="7">
+      <c r="I14" s="8">
         <f>2214+7594+5110+2769+1500+1288+358470</f>
         <v>378945</v>
       </c>
-      <c r="J14" s="7">
+      <c r="J14" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:71" x14ac:dyDescent="0.25">
-      <c r="B15" s="6">
+      <c r="B15" s="7">
         <v>12</v>
       </c>
-      <c r="C15" s="7" t="s">
+      <c r="C15" s="8" t="s">
         <v>40</v>
       </c>
-      <c r="D15" s="8" t="s">
+      <c r="D15" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="E15" s="9" t="s">
+      <c r="E15" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="F15" s="7">
+      <c r="F15" s="8">
         <v>2971</v>
       </c>
-      <c r="G15" s="7">
+      <c r="G15" s="8">
         <v>174024</v>
       </c>
-      <c r="H15" s="7">
+      <c r="H15" s="8">
         <v>11992</v>
       </c>
-      <c r="I15" s="7">
+      <c r="I15" s="8">
         <f>1827+4145+2553+2019+939+989+161552</f>
         <v>174024</v>
       </c>
-      <c r="J15" s="7">
+      <c r="J15" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:71" x14ac:dyDescent="0.25">
-      <c r="B16" s="6">
+      <c r="B16" s="7">
         <v>13</v>
       </c>
-      <c r="C16" s="7" t="s">
+      <c r="C16" s="8" t="s">
         <v>43</v>
       </c>
-      <c r="D16" s="8" t="s">
+      <c r="D16" s="9" t="s">
         <v>44</v>
       </c>
-      <c r="E16" s="9" t="s">
+      <c r="E16" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="F16" s="7">
+      <c r="F16" s="8">
         <v>2945</v>
       </c>
-      <c r="G16" s="7">
+      <c r="G16" s="8">
         <v>153356</v>
       </c>
-      <c r="H16" s="7">
+      <c r="H16" s="8">
         <v>12066</v>
       </c>
-      <c r="I16" s="7">
+      <c r="I16" s="8">
         <f>1073+2973+1780+1109+464+1048+144909</f>
         <v>153356</v>
       </c>
-      <c r="J16" s="7">
+      <c r="J16" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B17" s="6">
+      <c r="B17" s="7">
         <v>14</v>
       </c>
-      <c r="C17" s="7" t="s">
+      <c r="C17" s="8" t="s">
         <v>46</v>
       </c>
-      <c r="D17" s="8" t="s">
+      <c r="D17" s="9" t="s">
         <v>47</v>
       </c>
-      <c r="E17" s="9" t="s">
+      <c r="E17" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="F17" s="7">
+      <c r="F17" s="8">
         <v>2934</v>
       </c>
-      <c r="G17" s="7">
+      <c r="G17" s="8">
         <v>175121</v>
       </c>
-      <c r="H17" s="7">
+      <c r="H17" s="8">
         <v>12350</v>
       </c>
-      <c r="I17" s="7">
+      <c r="I17" s="8">
         <f>5364+1184+239+504+167830</f>
         <v>175121</v>
       </c>
-      <c r="J17" s="7">
+      <c r="J17" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B18" s="6">
+      <c r="B18" s="7">
         <v>15</v>
       </c>
-      <c r="C18" s="7" t="s">
+      <c r="C18" s="8" t="s">
         <v>49</v>
       </c>
-      <c r="D18" s="8" t="s">
+      <c r="D18" s="9" t="s">
         <v>50</v>
       </c>
-      <c r="E18" s="9" t="s">
+      <c r="E18" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="F18" s="7">
+      <c r="F18" s="8">
         <v>2961</v>
       </c>
-      <c r="G18" s="7">
+      <c r="G18" s="8">
         <v>135666</v>
       </c>
-      <c r="H18" s="7">
+      <c r="H18" s="8">
         <v>12300</v>
       </c>
-      <c r="I18" s="7">
+      <c r="I18" s="8">
         <f>1244+2695+2258+1296+661+779+126733</f>
         <v>135666</v>
       </c>
-      <c r="J18" s="7">
+      <c r="J18" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B19" s="6">
+      <c r="B19" s="7">
         <v>16</v>
       </c>
-      <c r="C19" s="7" t="s">
+      <c r="C19" s="8" t="s">
         <v>52</v>
       </c>
-      <c r="D19" s="8" t="s">
+      <c r="D19" s="9" t="s">
         <v>53</v>
       </c>
-      <c r="E19" s="9" t="s">
+      <c r="E19" s="10" t="s">
         <v>54</v>
       </c>
-      <c r="F19" s="7">
+      <c r="F19" s="8">
         <v>2964</v>
       </c>
-      <c r="G19" s="7">
+      <c r="G19" s="8">
         <v>105512</v>
       </c>
-      <c r="H19" s="7">
+      <c r="H19" s="8">
         <v>12484</v>
       </c>
-      <c r="I19" s="7">
+      <c r="I19" s="8">
         <f>1072+2467+1076+683+448+254+99512</f>
         <v>105512</v>
       </c>
-      <c r="J19" s="7">
+      <c r="J19" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B20" s="6">
+      <c r="B20" s="7">
         <v>17</v>
       </c>
-      <c r="C20" s="7" t="s">
+      <c r="C20" s="8" t="s">
         <v>55</v>
       </c>
-      <c r="D20" s="8" t="s">
+      <c r="D20" s="9" t="s">
         <v>56</v>
       </c>
-      <c r="E20" s="9" t="s">
+      <c r="E20" s="10" t="s">
         <v>57</v>
       </c>
-      <c r="F20" s="7">
+      <c r="F20" s="8">
         <v>2961</v>
       </c>
-      <c r="G20" s="7">
+      <c r="G20" s="8">
         <v>107380</v>
       </c>
-      <c r="H20" s="7">
+      <c r="H20" s="8">
         <v>12820</v>
       </c>
-      <c r="I20" s="7">
+      <c r="I20" s="8">
         <f>544+2688+781 +490+289+239+102349</f>
         <v>107380</v>
       </c>
-      <c r="J20" s="7">
+      <c r="J20" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B21" s="6">
+      <c r="B21" s="7">
         <v>18</v>
       </c>
-      <c r="C21" s="7" t="s">
+      <c r="C21" s="8" t="s">
         <v>58</v>
       </c>
-      <c r="D21" s="8" t="s">
+      <c r="D21" s="9" t="s">
         <v>59</v>
       </c>
-      <c r="E21" s="9" t="s">
+      <c r="E21" s="10" t="s">
         <v>60</v>
       </c>
-      <c r="F21" s="7">
+      <c r="F21" s="8">
         <v>2952</v>
       </c>
-      <c r="G21" s="7">
+      <c r="G21" s="8">
         <v>81614</v>
       </c>
-      <c r="H21" s="7">
+      <c r="H21" s="8">
         <v>12801</v>
       </c>
-      <c r="I21" s="7">
+      <c r="I21" s="8">
         <f>1182+1731+440+338+429+357+77137</f>
         <v>81614</v>
       </c>
-      <c r="J21" s="7">
+      <c r="J21" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B22" s="6">
+      <c r="B22" s="7">
         <v>19</v>
       </c>
-      <c r="C22" s="7" t="s">
+      <c r="C22" s="8" t="s">
         <v>61</v>
       </c>
-      <c r="D22" s="8" t="s">
+      <c r="D22" s="9" t="s">
         <v>62</v>
       </c>
-      <c r="E22" s="9" t="s">
+      <c r="E22" s="10" t="s">
         <v>63</v>
       </c>
-      <c r="F22" s="7">
+      <c r="F22" s="8">
         <v>2890</v>
       </c>
-      <c r="G22" s="7">
+      <c r="G22" s="8">
         <v>111218</v>
       </c>
-      <c r="H22" s="7">
+      <c r="H22" s="8">
         <v>13245</v>
       </c>
-      <c r="I22" s="7">
+      <c r="I22" s="8">
         <f>1936+1910+583+1756+1108+615+103310</f>
         <v>111218</v>
       </c>
-      <c r="J22" s="7">
+      <c r="J22" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B23" s="6">
+      <c r="B23" s="7">
         <v>20</v>
       </c>
-      <c r="C23" s="7" t="s">
+      <c r="C23" s="8" t="s">
         <v>64</v>
       </c>
-      <c r="D23" s="8" t="s">
+      <c r="D23" s="9" t="s">
         <v>65</v>
       </c>
-      <c r="E23" s="9" t="s">
+      <c r="E23" s="10" t="s">
         <v>66</v>
       </c>
-      <c r="F23" s="7">
+      <c r="F23" s="8">
         <v>2866</v>
       </c>
-      <c r="G23" s="7">
+      <c r="G23" s="8">
         <v>131958</v>
       </c>
-      <c r="H23" s="7">
+      <c r="H23" s="8">
         <v>13563</v>
       </c>
-      <c r="I23" s="7">
+      <c r="I23" s="8">
         <f>1405+3041+988+917+961+672+123974</f>
         <v>131958</v>
       </c>
-      <c r="J23" s="7">
+      <c r="J23" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B24" s="6">
+      <c r="B24" s="7">
         <v>21</v>
       </c>
-      <c r="C24" s="14" t="s">
+      <c r="C24" s="8" t="s">
         <v>67</v>
       </c>
-      <c r="D24" s="15" t="s">
+      <c r="D24" s="9" t="s">
         <v>68</v>
       </c>
-      <c r="E24" s="16" t="s">
+      <c r="E24" s="10" t="s">
         <v>69</v>
       </c>
-      <c r="F24" s="14">
+      <c r="F24" s="8">
         <v>2881</v>
       </c>
-      <c r="G24" s="14">
+      <c r="G24" s="8">
         <v>327434</v>
       </c>
-      <c r="H24" s="14">
+      <c r="H24" s="8">
         <v>13486</v>
       </c>
-      <c r="I24" s="14">
+      <c r="I24" s="8">
         <f>3812+4284+2022+1258+693+1023+314342</f>
         <v>327434</v>
       </c>
-      <c r="J24" s="14">
+      <c r="J24" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B25" s="6">
+      <c r="B25" s="7">
         <v>22</v>
       </c>
-      <c r="C25" s="7" t="s">
+      <c r="C25" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D25" s="8" t="s">
+      <c r="D25" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="E25" s="9" t="s">
+      <c r="E25" s="10" t="s">
         <v>72</v>
       </c>
-      <c r="F25" s="7">
+      <c r="F25" s="8">
         <v>3114</v>
       </c>
-      <c r="G25" s="7">
+      <c r="G25" s="8">
         <v>650337</v>
       </c>
-      <c r="H25" s="7"/>
-      <c r="I25" s="7">
+      <c r="H25" s="8"/>
+      <c r="I25" s="8">
         <f>8173+8885+5237+3384+4338+2241</f>
         <v>32258</v>
       </c>
-      <c r="J25" s="7">
+      <c r="J25" s="8">
         <f t="shared" si="0"/>
         <v>618079</v>
       </c>
     </row>
     <row r="26" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B26" s="6">
+      <c r="B26" s="7">
         <v>23</v>
       </c>
-      <c r="C26" s="7" t="s">
+      <c r="C26" s="8" t="s">
         <v>73</v>
       </c>
-      <c r="D26" s="8" t="s">
+      <c r="D26" s="9" t="s">
         <v>74</v>
       </c>
-      <c r="E26" s="9" t="s">
+      <c r="E26" s="10" t="s">
         <v>75</v>
       </c>
-      <c r="F26" s="7">
+      <c r="F26" s="8">
         <v>3146</v>
       </c>
-      <c r="G26" s="7">
+      <c r="G26" s="8">
         <v>312258</v>
       </c>
-      <c r="H26" s="7"/>
-      <c r="I26" s="7">
+      <c r="H26" s="8"/>
+      <c r="I26" s="8">
         <f>1793+4320+1887+1989+1422</f>
         <v>11411</v>
       </c>
-      <c r="J26" s="7">
+      <c r="J26" s="8">
         <f t="shared" si="0"/>
         <v>300847</v>
       </c>
     </row>
     <row r="27" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B27" s="6">
+      <c r="B27" s="7">
         <v>24</v>
       </c>
-      <c r="C27" s="7" t="s">
+      <c r="C27" s="8" t="s">
         <v>76</v>
       </c>
-      <c r="D27" s="8" t="s">
+      <c r="D27" s="9" t="s">
         <v>77</v>
       </c>
-      <c r="E27" s="10" t="s">
+      <c r="E27" s="11" t="s">
         <v>78</v>
       </c>
-      <c r="F27" s="7">
+      <c r="F27" s="8">
         <v>3183</v>
       </c>
-      <c r="G27" s="7">
+      <c r="G27" s="8">
         <v>409398</v>
       </c>
-      <c r="H27" s="7"/>
-      <c r="I27" s="7">
+      <c r="H27" s="8"/>
+      <c r="I27" s="8">
         <f>2437+4528+2597+3783+1890</f>
         <v>15235</v>
       </c>
-      <c r="J27" s="7">
+      <c r="J27" s="8">
         <f t="shared" si="0"/>
         <v>394163</v>
       </c>
     </row>
     <row r="28" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B28" s="6">
+      <c r="B28" s="7">
         <v>25</v>
       </c>
-      <c r="C28" s="14" t="s">
+      <c r="C28" s="8" t="s">
         <v>79</v>
       </c>
-      <c r="D28" s="15" t="s">
+      <c r="D28" s="9" t="s">
         <v>80</v>
       </c>
-      <c r="E28" s="17" t="s">
+      <c r="E28" s="11" t="s">
         <v>81</v>
       </c>
-      <c r="F28" s="14">
+      <c r="F28" s="8">
         <v>3119</v>
       </c>
-      <c r="G28" s="14">
+      <c r="G28" s="8">
         <v>207886</v>
       </c>
-      <c r="H28" s="14"/>
-      <c r="I28" s="14">
+      <c r="H28" s="8"/>
+      <c r="I28" s="8">
         <f>947+1215+944+1843+1021</f>
         <v>5970</v>
       </c>
-      <c r="J28" s="14">
+      <c r="J28" s="8">
         <f t="shared" si="0"/>
         <v>201916</v>
       </c>
     </row>
     <row r="29" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B29" s="6">
+      <c r="B29" s="7">
         <v>26</v>
       </c>
-      <c r="C29" s="7" t="s">
+      <c r="C29" s="8" t="s">
         <v>82</v>
       </c>
-      <c r="D29" s="8" t="s">
+      <c r="D29" s="9" t="s">
         <v>83</v>
       </c>
-      <c r="E29" s="10" t="s">
+      <c r="E29" s="11" t="s">
         <v>84</v>
       </c>
-      <c r="F29" s="7">
+      <c r="F29" s="8">
         <v>3214</v>
       </c>
-      <c r="G29" s="7">
+      <c r="G29" s="8">
         <v>243606</v>
       </c>
-      <c r="H29" s="7"/>
-[...6 lines deleted...]
-        <v>238776</v>
+      <c r="H29" s="8"/>
+      <c r="I29" s="8">
+        <f xml:space="preserve"> 623+1370+1815+1022+981</f>
+        <v>5811</v>
+      </c>
+      <c r="J29" s="8">
+        <f t="shared" si="0"/>
+        <v>237795</v>
       </c>
     </row>
     <row r="30" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B30" s="6">
+      <c r="B30" s="7">
         <v>27</v>
       </c>
-      <c r="C30" s="7" t="s">
+      <c r="C30" s="8" t="s">
         <v>85</v>
       </c>
-      <c r="D30" s="8" t="s">
+      <c r="D30" s="9" t="s">
         <v>86</v>
       </c>
-      <c r="E30" s="10" t="s">
+      <c r="E30" s="11" t="s">
         <v>87</v>
       </c>
-      <c r="F30" s="7">
+      <c r="F30" s="8">
         <v>3326</v>
       </c>
-      <c r="G30" s="7">
+      <c r="G30" s="8">
         <v>207388</v>
       </c>
-      <c r="H30" s="7"/>
-[...6 lines deleted...]
-        <v>200960</v>
+      <c r="H30" s="8"/>
+      <c r="I30" s="8">
+        <f>1478+1734+1590+1626+965</f>
+        <v>7393</v>
+      </c>
+      <c r="J30" s="8">
+        <f t="shared" si="0"/>
+        <v>199995</v>
       </c>
     </row>
     <row r="31" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B31" s="6">
+      <c r="B31" s="7">
         <v>28</v>
       </c>
-      <c r="C31" s="7" t="s">
+      <c r="C31" s="8" t="s">
         <v>88</v>
       </c>
-      <c r="D31" s="8" t="s">
+      <c r="D31" s="9" t="s">
         <v>89</v>
       </c>
-      <c r="E31" s="10" t="s">
+      <c r="E31" s="11" t="s">
         <v>90</v>
       </c>
-      <c r="F31" s="7">
+      <c r="F31" s="8">
         <v>3196</v>
       </c>
-      <c r="G31" s="7">
+      <c r="G31" s="8">
         <v>459789</v>
       </c>
-      <c r="H31" s="7"/>
-      <c r="I31" s="7">
+      <c r="H31" s="8"/>
+      <c r="I31" s="8">
         <f>1154+3500+3947+1917</f>
         <v>10518</v>
       </c>
-      <c r="J31" s="7">
+      <c r="J31" s="8">
         <f t="shared" si="0"/>
         <v>449271</v>
       </c>
     </row>
     <row r="32" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B32" s="6">
+      <c r="B32" s="7">
         <v>29</v>
       </c>
-      <c r="C32" s="7" t="s">
+      <c r="C32" s="8" t="s">
         <v>91</v>
       </c>
-      <c r="D32" s="8" t="s">
+      <c r="D32" s="9" t="s">
         <v>92</v>
       </c>
-      <c r="E32" s="10" t="s">
+      <c r="E32" s="11" t="s">
         <v>93</v>
       </c>
-      <c r="F32" s="7">
+      <c r="F32" s="8">
         <v>3443</v>
       </c>
-      <c r="G32" s="7">
+      <c r="G32" s="8">
         <v>535947</v>
       </c>
-      <c r="H32" s="7"/>
-[...6 lines deleted...]
-        <v>522123</v>
+      <c r="H32" s="8"/>
+      <c r="I32" s="8">
+        <f>4817+6020+2987+3389</f>
+        <v>17213</v>
+      </c>
+      <c r="J32" s="8">
+        <f t="shared" si="0"/>
+        <v>518734</v>
       </c>
     </row>
     <row r="33" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B33" s="6">
+      <c r="B33" s="7">
         <v>30</v>
       </c>
-      <c r="C33" s="7" t="s">
+      <c r="C33" s="8" t="s">
         <v>94</v>
       </c>
-      <c r="D33" s="8" t="s">
+      <c r="D33" s="9" t="s">
         <v>95</v>
       </c>
-      <c r="E33" s="10" t="s">
+      <c r="E33" s="11" t="s">
         <v>96</v>
       </c>
-      <c r="F33" s="7">
+      <c r="F33" s="8">
         <v>3499</v>
       </c>
-      <c r="G33" s="7">
+      <c r="G33" s="8">
         <v>1024837</v>
       </c>
-      <c r="H33" s="7"/>
-[...6 lines deleted...]
-        <v>1008857</v>
+      <c r="H33" s="8"/>
+      <c r="I33" s="8">
+        <f>3573+6291+6116+5943</f>
+        <v>21923</v>
+      </c>
+      <c r="J33" s="8">
+        <f t="shared" si="0"/>
+        <v>1002914</v>
       </c>
     </row>
     <row r="34" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B34" s="6">
+      <c r="B34" s="7">
         <v>31</v>
       </c>
-      <c r="C34" s="7" t="s">
+      <c r="C34" s="8" t="s">
         <v>97</v>
       </c>
-      <c r="D34" s="8" t="s">
+      <c r="D34" s="9" t="s">
         <v>98</v>
       </c>
-      <c r="E34" s="10" t="s">
+      <c r="E34" s="11" t="s">
         <v>99</v>
       </c>
-      <c r="F34" s="7">
+      <c r="F34" s="8">
         <v>3890</v>
       </c>
-      <c r="G34" s="7">
+      <c r="G34" s="8">
         <v>627892</v>
       </c>
-      <c r="H34" s="7"/>
-      <c r="I34" s="7">
+      <c r="H34" s="8"/>
+      <c r="I34" s="8">
         <f>1070+4903+2829</f>
         <v>8802</v>
       </c>
-      <c r="J34" s="7">
+      <c r="J34" s="8">
         <f t="shared" si="0"/>
         <v>619090</v>
       </c>
     </row>
     <row r="35" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B35" s="6">
+      <c r="B35" s="7">
         <v>32</v>
       </c>
-      <c r="C35" s="7" t="s">
+      <c r="C35" s="8" t="s">
         <v>100</v>
       </c>
-      <c r="D35" s="8" t="s">
+      <c r="D35" s="9" t="s">
         <v>101</v>
       </c>
-      <c r="E35" s="10" t="s">
+      <c r="E35" s="11" t="s">
         <v>102</v>
       </c>
-      <c r="F35" s="7">
+      <c r="F35" s="8">
         <v>3788</v>
       </c>
-      <c r="G35" s="7">
+      <c r="G35" s="8">
         <v>455776</v>
       </c>
-      <c r="H35" s="7"/>
-      <c r="I35" s="7">
+      <c r="H35" s="8"/>
+      <c r="I35" s="8">
         <f>1133+3348+1513</f>
         <v>5994</v>
       </c>
-      <c r="J35" s="7">
+      <c r="J35" s="8">
         <f t="shared" si="0"/>
         <v>449782</v>
       </c>
     </row>
     <row r="36" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B36" s="6">
+      <c r="B36" s="7">
         <v>33</v>
       </c>
-      <c r="C36" s="7" t="s">
+      <c r="C36" s="8" t="s">
         <v>103</v>
       </c>
-      <c r="D36" s="8" t="s">
+      <c r="D36" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="E36" s="10" t="s">
+      <c r="E36" s="11" t="s">
         <v>105</v>
       </c>
-      <c r="F36" s="7">
+      <c r="F36" s="8">
         <v>3835</v>
       </c>
-      <c r="G36" s="7">
+      <c r="G36" s="8">
         <v>693210</v>
       </c>
-      <c r="H36" s="7"/>
-      <c r="I36" s="7">
+      <c r="H36" s="8"/>
+      <c r="I36" s="8">
         <f>5700+7288+2010</f>
         <v>14998</v>
       </c>
-      <c r="J36" s="7">
+      <c r="J36" s="8">
         <f t="shared" si="0"/>
         <v>678212</v>
       </c>
     </row>
     <row r="37" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B37" s="6">
+      <c r="B37" s="7">
         <v>34</v>
       </c>
-      <c r="C37" s="7" t="s">
+      <c r="C37" s="8" t="s">
         <v>106</v>
       </c>
-      <c r="D37" s="8" t="s">
+      <c r="D37" s="9" t="s">
         <v>107</v>
       </c>
-      <c r="E37" s="10" t="s">
+      <c r="E37" s="11" t="s">
         <v>108</v>
       </c>
-      <c r="F37" s="7">
+      <c r="F37" s="8">
         <v>3795</v>
       </c>
-      <c r="G37" s="7">
+      <c r="G37" s="8">
         <v>648304</v>
       </c>
-      <c r="H37" s="7"/>
-      <c r="I37" s="7">
+      <c r="H37" s="8"/>
+      <c r="I37" s="8">
         <f>2093+10328+6568</f>
         <v>18989</v>
       </c>
-      <c r="J37" s="7">
+      <c r="J37" s="8">
         <f t="shared" si="0"/>
         <v>629315</v>
       </c>
     </row>
     <row r="38" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B38" s="6">
+      <c r="B38" s="7">
         <v>35</v>
       </c>
-      <c r="C38" s="7" t="s">
+      <c r="C38" s="8" t="s">
         <v>109</v>
       </c>
-      <c r="D38" s="8" t="s">
+      <c r="D38" s="9" t="s">
         <v>110</v>
       </c>
-      <c r="E38" s="10" t="s">
+      <c r="E38" s="11" t="s">
         <v>111</v>
       </c>
-      <c r="F38" s="7">
+      <c r="F38" s="8">
         <v>4016</v>
       </c>
-      <c r="G38" s="7">
+      <c r="G38" s="8">
         <v>522119</v>
       </c>
-      <c r="H38" s="7"/>
-[...6 lines deleted...]
-        <v>517597</v>
+      <c r="H38" s="8"/>
+      <c r="I38" s="8">
+        <f>906+3616+5322</f>
+        <v>9844</v>
+      </c>
+      <c r="J38" s="8">
+        <f t="shared" si="0"/>
+        <v>512275</v>
       </c>
     </row>
     <row r="39" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B39" s="6">
+      <c r="B39" s="7">
         <v>36</v>
       </c>
-      <c r="C39" s="7" t="s">
+      <c r="C39" s="8" t="s">
         <v>112</v>
       </c>
-      <c r="D39" s="8" t="s">
+      <c r="D39" s="9" t="s">
         <v>113</v>
       </c>
-      <c r="E39" s="10" t="s">
+      <c r="E39" s="11" t="s">
         <v>114</v>
       </c>
-      <c r="F39" s="11">
+      <c r="F39" s="12">
         <v>4070</v>
       </c>
-      <c r="G39" s="7">
+      <c r="G39" s="8">
         <v>405957</v>
       </c>
-      <c r="H39" s="7"/>
-[...6 lines deleted...]
-        <v>402323</v>
+      <c r="H39" s="8"/>
+      <c r="I39" s="8">
+        <f>1150+2484+2906</f>
+        <v>6540</v>
+      </c>
+      <c r="J39" s="8">
+        <f t="shared" si="0"/>
+        <v>399417</v>
       </c>
     </row>
     <row r="40" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B40" s="6">
+      <c r="B40" s="7">
         <v>37</v>
       </c>
-      <c r="C40" s="7" t="s">
+      <c r="C40" s="8" t="s">
         <v>115</v>
       </c>
-      <c r="D40" s="8" t="s">
+      <c r="D40" s="9" t="s">
         <v>116</v>
       </c>
-      <c r="E40" s="10" t="s">
+      <c r="E40" s="11" t="s">
         <v>117</v>
       </c>
-      <c r="F40" s="11">
+      <c r="F40" s="12">
         <v>4260</v>
       </c>
-      <c r="G40" s="7">
+      <c r="G40" s="8">
         <v>757338</v>
       </c>
-      <c r="H40" s="7"/>
-      <c r="I40" s="7">
+      <c r="H40" s="8"/>
+      <c r="I40" s="8">
         <f>1496+5137</f>
         <v>6633</v>
       </c>
-      <c r="J40" s="7">
+      <c r="J40" s="8">
         <f t="shared" si="0"/>
         <v>750705</v>
       </c>
     </row>
     <row r="41" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B41" s="6">
+      <c r="B41" s="7">
         <v>38</v>
       </c>
-      <c r="C41" s="7" t="s">
+      <c r="C41" s="8" t="s">
         <v>118</v>
       </c>
-      <c r="D41" s="8" t="s">
+      <c r="D41" s="9" t="s">
         <v>119</v>
       </c>
-      <c r="E41" s="10" t="s">
+      <c r="E41" s="11" t="s">
         <v>120</v>
       </c>
-      <c r="F41" s="11">
+      <c r="F41" s="12">
         <v>4639</v>
       </c>
-      <c r="G41" s="7">
+      <c r="G41" s="8">
         <v>1772874</v>
       </c>
-      <c r="H41" s="7"/>
-      <c r="I41" s="7">
+      <c r="H41" s="8"/>
+      <c r="I41" s="8">
         <f>11366+5056</f>
         <v>16422</v>
       </c>
-      <c r="J41" s="7">
+      <c r="J41" s="8">
         <f>G41-I41</f>
         <v>1756452</v>
       </c>
     </row>
     <row r="42" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B42" s="6">
+      <c r="B42" s="7">
         <v>39</v>
       </c>
-      <c r="C42" s="7" t="s">
+      <c r="C42" s="8" t="s">
         <v>121</v>
       </c>
-      <c r="D42" s="8" t="s">
+      <c r="D42" s="9" t="s">
         <v>122</v>
       </c>
-      <c r="E42" s="10" t="s">
+      <c r="E42" s="11" t="s">
         <v>123</v>
       </c>
-      <c r="F42" s="11">
+      <c r="F42" s="12">
         <v>4590</v>
       </c>
-      <c r="G42" s="7">
+      <c r="G42" s="8">
         <v>2544294</v>
       </c>
-      <c r="H42" s="7"/>
-      <c r="I42" s="7">
+      <c r="H42" s="8"/>
+      <c r="I42" s="8">
         <f>29994+8722</f>
         <v>38716</v>
       </c>
-      <c r="J42" s="7">
+      <c r="J42" s="8">
         <f t="shared" si="0"/>
         <v>2505578</v>
       </c>
     </row>
     <row r="43" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B43" s="6">
+      <c r="B43" s="7">
         <v>40</v>
       </c>
-      <c r="C43" s="7" t="s">
+      <c r="C43" s="8" t="s">
         <v>124</v>
       </c>
-      <c r="D43" s="8" t="s">
+      <c r="D43" s="9" t="s">
         <v>125</v>
       </c>
-      <c r="E43" s="10" t="s">
+      <c r="E43" s="11" t="s">
         <v>126</v>
       </c>
-      <c r="F43" s="11">
+      <c r="F43" s="12">
         <v>4677</v>
       </c>
-      <c r="G43" s="7">
+      <c r="G43" s="8">
         <v>2388328</v>
       </c>
-      <c r="H43" s="7"/>
-      <c r="I43" s="7">
+      <c r="H43" s="8"/>
+      <c r="I43" s="8">
         <f>11966+13021</f>
         <v>24987</v>
       </c>
-      <c r="J43" s="7">
+      <c r="J43" s="8">
         <f t="shared" si="0"/>
         <v>2363341</v>
       </c>
     </row>
     <row r="44" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B44" s="6">
+      <c r="B44" s="7">
         <v>41</v>
       </c>
-      <c r="C44" s="7" t="s">
+      <c r="C44" s="8" t="s">
         <v>127</v>
       </c>
-      <c r="D44" s="8" t="s">
+      <c r="D44" s="9" t="s">
         <v>128</v>
       </c>
-      <c r="E44" s="10" t="s">
+      <c r="E44" s="11" t="s">
         <v>129</v>
       </c>
-      <c r="F44" s="11">
+      <c r="F44" s="12">
         <v>4852</v>
       </c>
-      <c r="G44" s="7">
+      <c r="G44" s="8">
         <v>4130820</v>
       </c>
-      <c r="H44" s="7"/>
-[...6 lines deleted...]
-        <v>4110698</v>
+      <c r="H44" s="8"/>
+      <c r="I44" s="8">
+        <f>20122+24060</f>
+        <v>44182</v>
+      </c>
+      <c r="J44" s="8">
+        <f t="shared" si="0"/>
+        <v>4086638</v>
       </c>
     </row>
     <row r="45" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B45" s="6">
+      <c r="B45" s="7">
         <v>42</v>
       </c>
-      <c r="C45" s="7" t="s">
+      <c r="C45" s="8" t="s">
         <v>130</v>
       </c>
-      <c r="D45" s="8" t="s">
+      <c r="D45" s="9" t="s">
         <v>131</v>
       </c>
-      <c r="E45" s="10" t="s">
+      <c r="E45" s="11" t="s">
         <v>132</v>
       </c>
-      <c r="F45" s="11">
+      <c r="F45" s="12">
         <v>5334</v>
       </c>
-      <c r="G45" s="7">
+      <c r="G45" s="8">
         <v>6349781</v>
       </c>
-      <c r="H45" s="7"/>
-[...6 lines deleted...]
-        <v>6325267</v>
+      <c r="H45" s="8"/>
+      <c r="I45" s="8">
+        <f>24514+36435</f>
+        <v>60949</v>
+      </c>
+      <c r="J45" s="8">
+        <f t="shared" si="0"/>
+        <v>6288832</v>
       </c>
     </row>
     <row r="46" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B46" s="6">
+      <c r="B46" s="7">
         <v>43</v>
       </c>
-      <c r="C46" s="7" t="s">
+      <c r="C46" s="8" t="s">
         <v>133</v>
       </c>
-      <c r="D46" s="8" t="s">
+      <c r="D46" s="9" t="s">
         <v>134</v>
       </c>
-      <c r="E46" s="10" t="s">
+      <c r="E46" s="11" t="s">
         <v>135</v>
       </c>
-      <c r="F46" s="20">
+      <c r="F46" s="12">
         <v>5117</v>
       </c>
-      <c r="G46" s="19">
+      <c r="G46" s="8">
         <v>3190133</v>
       </c>
-      <c r="H46" s="19"/>
-      <c r="I46" s="19">
+      <c r="H46" s="8"/>
+      <c r="I46" s="8">
         <f>9778</f>
         <v>9778</v>
       </c>
-      <c r="J46" s="19">
+      <c r="J46" s="8">
         <f t="shared" si="0"/>
         <v>3180355</v>
       </c>
     </row>
     <row r="47" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B47" s="6">
+      <c r="B47" s="7">
         <v>44</v>
       </c>
-      <c r="C47" s="7" t="s">
+      <c r="C47" s="8" t="s">
         <v>136</v>
       </c>
-      <c r="D47" s="8" t="s">
+      <c r="D47" s="9" t="s">
         <v>137</v>
       </c>
-      <c r="E47" s="10" t="s">
+      <c r="E47" s="11" t="s">
         <v>138</v>
       </c>
-      <c r="F47" s="20">
+      <c r="F47" s="12">
         <v>5051</v>
       </c>
-      <c r="G47" s="19">
+      <c r="G47" s="8">
         <v>1859518</v>
       </c>
-      <c r="H47" s="19"/>
-      <c r="I47" s="19">
+      <c r="H47" s="8"/>
+      <c r="I47" s="8">
         <v>4962</v>
       </c>
-      <c r="J47" s="19">
+      <c r="J47" s="8">
         <f t="shared" si="0"/>
         <v>1854556</v>
       </c>
     </row>
     <row r="48" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B48" s="6">
+      <c r="B48" s="7">
         <v>45</v>
       </c>
-      <c r="C48" s="19" t="s">
+      <c r="C48" s="8" t="s">
         <v>139</v>
       </c>
-      <c r="D48" s="8" t="s">
+      <c r="D48" s="9" t="s">
         <v>140</v>
       </c>
-      <c r="E48" s="10" t="s">
+      <c r="E48" s="11" t="s">
         <v>141</v>
       </c>
-      <c r="F48" s="20">
+      <c r="F48" s="12">
         <v>5177</v>
       </c>
-      <c r="G48" s="19">
+      <c r="G48" s="8">
         <v>1573457</v>
       </c>
-      <c r="H48" s="19"/>
-      <c r="I48" s="19">
+      <c r="H48" s="8"/>
+      <c r="I48" s="8">
         <f>4090</f>
         <v>4090</v>
       </c>
-      <c r="J48" s="19">
+      <c r="J48" s="8">
         <f t="shared" si="0"/>
         <v>1569367</v>
       </c>
     </row>
     <row r="49" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B49" s="6">
+      <c r="B49" s="7">
         <v>46</v>
       </c>
-      <c r="C49" s="19" t="s">
+      <c r="C49" s="8" t="s">
         <v>142</v>
       </c>
-      <c r="D49" s="8" t="s">
+      <c r="D49" s="9" t="s">
         <v>143</v>
       </c>
-      <c r="E49" s="10" t="s">
+      <c r="E49" s="11" t="s">
         <v>144</v>
       </c>
-      <c r="F49" s="20">
+      <c r="F49" s="12">
         <v>5000</v>
       </c>
-      <c r="G49" s="19">
+      <c r="G49" s="8">
         <v>2869886</v>
       </c>
-      <c r="H49" s="19"/>
-      <c r="I49" s="19">
+      <c r="H49" s="8"/>
+      <c r="I49" s="8">
         <f>5228</f>
         <v>5228</v>
       </c>
-      <c r="J49" s="19">
+      <c r="J49" s="8">
         <f t="shared" si="0"/>
         <v>2864658</v>
       </c>
     </row>
     <row r="50" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B50" s="6">
+      <c r="B50" s="7">
         <v>47</v>
       </c>
-      <c r="C50" s="19" t="s">
+      <c r="C50" s="8" t="s">
         <v>145</v>
       </c>
-      <c r="D50" s="8" t="s">
+      <c r="D50" s="9" t="s">
         <v>146</v>
       </c>
-      <c r="E50" s="10" t="s">
+      <c r="E50" s="11" t="s">
         <v>147</v>
       </c>
-      <c r="F50" s="20">
+      <c r="F50" s="12">
         <v>5104</v>
       </c>
-      <c r="G50" s="19">
+      <c r="G50" s="8">
         <v>1214048</v>
       </c>
-      <c r="H50" s="19"/>
-[...3 lines deleted...]
-        <v>1214048</v>
+      <c r="H50" s="8"/>
+      <c r="I50" s="8">
+        <v>3343</v>
+      </c>
+      <c r="J50" s="8">
+        <f t="shared" si="0"/>
+        <v>1210705</v>
       </c>
     </row>
     <row r="51" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B51" s="6">
+      <c r="B51" s="7">
         <v>48</v>
       </c>
-      <c r="C51" s="7" t="s">
+      <c r="C51" s="8" t="s">
         <v>148</v>
       </c>
-      <c r="D51" s="8" t="s">
+      <c r="D51" s="9" t="s">
         <v>149</v>
       </c>
-      <c r="E51" s="10" t="s">
+      <c r="E51" s="11" t="s">
         <v>150</v>
       </c>
-      <c r="F51" s="20">
+      <c r="F51" s="12">
         <v>4912</v>
       </c>
-      <c r="G51" s="19">
+      <c r="G51" s="8">
         <v>1227915</v>
       </c>
-      <c r="H51" s="19"/>
-[...3 lines deleted...]
-        <v>1227915</v>
+      <c r="H51" s="8"/>
+      <c r="I51" s="8">
+        <f>3156</f>
+        <v>3156</v>
+      </c>
+      <c r="J51" s="8">
+        <f t="shared" si="0"/>
+        <v>1224759</v>
       </c>
     </row>
     <row r="52" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B52" s="6">
+      <c r="B52" s="7">
         <v>49</v>
       </c>
-      <c r="C52" s="7" t="s">
+      <c r="C52" s="8" t="s">
         <v>151</v>
       </c>
-      <c r="D52" s="8" t="s">
+      <c r="D52" s="9" t="s">
         <v>152</v>
       </c>
-      <c r="E52" s="10" t="s">
+      <c r="E52" s="11" t="s">
         <v>153</v>
       </c>
-      <c r="F52" s="20">
+      <c r="F52" s="12">
         <v>4662</v>
       </c>
-      <c r="G52" s="19">
+      <c r="G52" s="8">
         <v>3230907</v>
       </c>
-      <c r="H52" s="19"/>
-[...1 lines deleted...]
-      <c r="J52" s="19">
+      <c r="H52" s="8"/>
+      <c r="I52" s="8"/>
+      <c r="J52" s="8">
         <f t="shared" si="0"/>
         <v>3230907</v>
       </c>
     </row>
     <row r="53" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B53" s="6">
+      <c r="B53" s="7">
         <v>50</v>
       </c>
-      <c r="C53" s="7" t="s">
+      <c r="C53" s="8" t="s">
         <v>154</v>
       </c>
-      <c r="D53" s="8" t="s">
+      <c r="D53" s="9" t="s">
         <v>155</v>
       </c>
-      <c r="E53" s="10" t="s">
+      <c r="E53" s="11" t="s">
         <v>156</v>
       </c>
-      <c r="F53" s="11">
+      <c r="F53" s="12">
         <v>4777</v>
       </c>
-      <c r="G53" s="7">
+      <c r="G53" s="8">
         <v>5318973</v>
       </c>
-      <c r="H53" s="7"/>
-[...1 lines deleted...]
-      <c r="J53" s="7">
+      <c r="H53" s="8"/>
+      <c r="I53" s="8"/>
+      <c r="J53" s="8">
         <f t="shared" si="0"/>
         <v>5318973</v>
       </c>
     </row>
     <row r="54" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B54" s="6">
+      <c r="B54" s="7">
         <v>51</v>
       </c>
-      <c r="C54" s="7" t="s">
+      <c r="C54" s="8" t="s">
         <v>157</v>
       </c>
-      <c r="D54" s="8" t="s">
+      <c r="D54" s="9" t="s">
         <v>158</v>
       </c>
-      <c r="E54" s="10" t="s">
+      <c r="E54" s="11" t="s">
         <v>159</v>
       </c>
-      <c r="F54" s="11">
+      <c r="F54" s="12">
         <v>4842</v>
       </c>
-      <c r="G54" s="7">
+      <c r="G54" s="8">
         <v>1898475</v>
       </c>
-      <c r="H54" s="7"/>
-[...1 lines deleted...]
-      <c r="J54" s="7">
+      <c r="H54" s="8"/>
+      <c r="I54" s="8"/>
+      <c r="J54" s="8">
         <f t="shared" si="0"/>
         <v>1898475</v>
       </c>
     </row>
     <row r="55" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B55" s="6">
+      <c r="B55" s="7">
         <v>52</v>
       </c>
-      <c r="C55" s="7" t="s">
+      <c r="C55" s="8" t="s">
         <v>160</v>
       </c>
-      <c r="D55" s="8" t="s">
+      <c r="D55" s="9" t="s">
         <v>161</v>
       </c>
-      <c r="E55" s="10" t="s">
+      <c r="E55" s="11" t="s">
         <v>162</v>
       </c>
-      <c r="F55" s="11">
+      <c r="F55" s="12">
         <v>4889</v>
       </c>
-      <c r="G55" s="7">
+      <c r="G55" s="8">
         <v>1479232</v>
       </c>
-      <c r="H55" s="7"/>
-[...1 lines deleted...]
-      <c r="J55" s="7">
+      <c r="H55" s="8"/>
+      <c r="I55" s="8"/>
+      <c r="J55" s="8">
         <f t="shared" si="0"/>
         <v>1479232</v>
       </c>
     </row>
     <row r="56" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B56" s="6">
+      <c r="B56" s="7">
         <v>53</v>
       </c>
-      <c r="C56" s="7" t="s">
+      <c r="C56" s="8" t="s">
         <v>163</v>
       </c>
-      <c r="D56" s="6" t="s">
+      <c r="D56" s="7" t="s">
         <v>164</v>
       </c>
-      <c r="E56" s="10" t="s">
+      <c r="E56" s="11" t="s">
         <v>165</v>
       </c>
-      <c r="F56" s="11">
+      <c r="F56" s="12">
         <v>4807</v>
       </c>
-      <c r="G56" s="7">
+      <c r="G56" s="8">
         <v>2923762</v>
       </c>
-      <c r="H56" s="7"/>
-[...1 lines deleted...]
-      <c r="J56" s="7">
+      <c r="H56" s="8"/>
+      <c r="I56" s="8"/>
+      <c r="J56" s="8">
         <f t="shared" si="0"/>
         <v>2923762</v>
       </c>
     </row>
     <row r="57" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B57" s="6">
+      <c r="B57" s="7">
         <v>54</v>
       </c>
-      <c r="C57" s="7" t="s">
+      <c r="C57" s="8" t="s">
         <v>166</v>
       </c>
-      <c r="D57" s="6" t="s">
+      <c r="D57" s="7" t="s">
         <v>167</v>
       </c>
-      <c r="E57" s="10" t="s">
+      <c r="E57" s="11" t="s">
         <v>168</v>
       </c>
-      <c r="F57" s="11">
+      <c r="F57" s="12">
         <v>4790</v>
       </c>
-      <c r="G57" s="7">
+      <c r="G57" s="8">
         <v>2292743</v>
       </c>
-      <c r="H57" s="7"/>
-[...1 lines deleted...]
-      <c r="J57" s="7">
+      <c r="H57" s="8"/>
+      <c r="I57" s="8"/>
+      <c r="J57" s="8">
         <f t="shared" si="0"/>
         <v>2292743</v>
       </c>
     </row>
     <row r="58" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B58" s="6">
+      <c r="B58" s="7">
         <v>55</v>
       </c>
-      <c r="C58" s="7" t="s">
+      <c r="C58" s="8" t="s">
         <v>169</v>
       </c>
-      <c r="D58" s="6" t="s">
+      <c r="D58" s="7" t="s">
         <v>170</v>
       </c>
-      <c r="E58" s="10" t="s">
+      <c r="E58" s="11" t="s">
         <v>171</v>
       </c>
-      <c r="F58" s="11">
+      <c r="F58" s="12">
         <v>4732</v>
       </c>
-      <c r="G58" s="7">
+      <c r="G58" s="8">
         <v>3520341</v>
       </c>
-      <c r="H58" s="7"/>
-[...1 lines deleted...]
-      <c r="J58" s="7">
+      <c r="H58" s="8"/>
+      <c r="I58" s="8"/>
+      <c r="J58" s="8">
         <f t="shared" si="0"/>
         <v>3520341</v>
       </c>
     </row>
     <row r="59" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B59" s="6">
+      <c r="B59" s="7">
         <v>56</v>
       </c>
-      <c r="C59" s="7" t="s">
+      <c r="C59" s="8" t="s">
         <v>172</v>
       </c>
-      <c r="D59" s="6" t="s">
+      <c r="D59" s="7" t="s">
         <v>173</v>
       </c>
-      <c r="E59" s="10" t="s">
+      <c r="E59" s="11" t="s">
         <v>174</v>
       </c>
-      <c r="F59" s="11">
+      <c r="F59" s="12">
         <v>4761</v>
       </c>
-      <c r="G59" s="7">
+      <c r="G59" s="8">
         <v>3248238</v>
       </c>
-      <c r="H59" s="7"/>
-[...1 lines deleted...]
-      <c r="J59" s="7">
+      <c r="H59" s="8"/>
+      <c r="I59" s="8"/>
+      <c r="J59" s="8">
         <f t="shared" si="0"/>
         <v>3248238</v>
       </c>
     </row>
     <row r="60" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B60" s="6">
+      <c r="B60" s="7">
         <v>57</v>
       </c>
-      <c r="C60" s="7" t="s">
+      <c r="C60" s="8" t="s">
         <v>175</v>
       </c>
-      <c r="D60" s="6" t="s">
+      <c r="D60" s="7" t="s">
         <v>176</v>
       </c>
-      <c r="E60" s="10" t="s">
+      <c r="E60" s="11" t="s">
         <v>177</v>
       </c>
-      <c r="F60" s="11">
+      <c r="F60" s="12">
         <v>4791</v>
       </c>
-      <c r="G60" s="7">
+      <c r="G60" s="8">
         <v>2480493</v>
       </c>
-      <c r="H60" s="7"/>
-[...1 lines deleted...]
-      <c r="J60" s="7">
+      <c r="H60" s="8"/>
+      <c r="I60" s="8"/>
+      <c r="J60" s="8">
         <f t="shared" si="0"/>
         <v>2480493</v>
       </c>
     </row>
     <row r="61" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B61" s="6">
+      <c r="B61" s="7">
         <v>58</v>
       </c>
-      <c r="C61" s="7" t="s">
+      <c r="C61" s="8" t="s">
         <v>178</v>
       </c>
-      <c r="D61" s="6" t="s">
+      <c r="D61" s="7" t="s">
         <v>179</v>
       </c>
-      <c r="E61" s="10" t="s">
+      <c r="E61" s="11" t="s">
         <v>180</v>
       </c>
-      <c r="F61" s="11">
+      <c r="F61" s="12">
         <v>4786</v>
       </c>
-      <c r="G61" s="7">
+      <c r="G61" s="8">
         <v>2333188</v>
       </c>
-      <c r="H61" s="7"/>
-[...1 lines deleted...]
-      <c r="J61" s="7">
+      <c r="H61" s="8"/>
+      <c r="I61" s="8"/>
+      <c r="J61" s="8">
         <f t="shared" si="0"/>
         <v>2333188</v>
       </c>
     </row>
     <row r="62" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B62" s="6">
+      <c r="B62" s="7">
         <v>59</v>
       </c>
-      <c r="C62" s="7" t="s">
+      <c r="C62" s="8" t="s">
         <v>181</v>
       </c>
-      <c r="D62" s="6" t="s">
+      <c r="D62" s="7" t="s">
         <v>182</v>
       </c>
-      <c r="E62" s="10" t="s">
+      <c r="E62" s="11" t="s">
         <v>183</v>
       </c>
-      <c r="F62" s="11">
+      <c r="F62" s="12">
         <v>5109</v>
       </c>
-      <c r="G62" s="7">
+      <c r="G62" s="8">
         <v>1539694</v>
       </c>
-      <c r="H62" s="7"/>
-[...1 lines deleted...]
-      <c r="J62" s="7">
+      <c r="H62" s="8"/>
+      <c r="I62" s="8"/>
+      <c r="J62" s="8">
         <f t="shared" si="0"/>
         <v>1539694</v>
       </c>
     </row>
     <row r="63" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B63" s="6">
+      <c r="B63" s="7">
         <v>60</v>
       </c>
-      <c r="C63" s="7" t="s">
+      <c r="C63" s="8" t="s">
         <v>184</v>
       </c>
-      <c r="D63" s="6" t="s">
+      <c r="D63" s="7" t="s">
         <v>185</v>
       </c>
-      <c r="E63" s="10" t="s">
+      <c r="E63" s="11" t="s">
         <v>186</v>
       </c>
-      <c r="F63" s="11">
+      <c r="F63" s="12">
         <v>5091</v>
       </c>
-      <c r="G63" s="7">
+      <c r="G63" s="8">
         <v>2557864</v>
       </c>
-      <c r="H63" s="7"/>
-[...1 lines deleted...]
-      <c r="J63" s="7">
+      <c r="H63" s="8"/>
+      <c r="I63" s="8"/>
+      <c r="J63" s="8">
         <f t="shared" si="0"/>
         <v>2557864</v>
       </c>
     </row>
     <row r="64" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B64" s="6">
+      <c r="B64" s="7">
         <v>61</v>
       </c>
-      <c r="C64" s="7" t="s">
+      <c r="C64" s="8" t="s">
         <v>187</v>
       </c>
-      <c r="D64" s="6" t="s">
+      <c r="D64" s="7" t="s">
         <v>188</v>
       </c>
-      <c r="E64" s="10" t="s">
+      <c r="E64" s="11" t="s">
         <v>189</v>
       </c>
-      <c r="F64" s="11">
+      <c r="F64" s="12">
         <v>5197</v>
       </c>
-      <c r="G64" s="7">
+      <c r="G64" s="8">
         <v>3360408</v>
       </c>
-      <c r="H64" s="7"/>
-[...1 lines deleted...]
-      <c r="J64" s="7">
+      <c r="H64" s="8"/>
+      <c r="I64" s="8"/>
+      <c r="J64" s="8">
         <f t="shared" si="0"/>
         <v>3360408</v>
       </c>
     </row>
-    <row r="65" spans="2:11" x14ac:dyDescent="0.25">
-      <c r="B65" s="6">
+    <row r="65" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B65" s="7">
         <v>62</v>
       </c>
-      <c r="C65" s="7" t="s">
+      <c r="C65" s="8" t="s">
         <v>190</v>
       </c>
-      <c r="D65" s="6" t="s">
+      <c r="D65" s="7" t="s">
         <v>191</v>
       </c>
-      <c r="E65" s="10" t="s">
+      <c r="E65" s="11" t="s">
         <v>192</v>
       </c>
-      <c r="F65" s="11">
+      <c r="F65" s="12">
         <v>5409</v>
       </c>
-      <c r="G65" s="7">
+      <c r="G65" s="8">
         <v>2811010</v>
       </c>
-      <c r="H65" s="7"/>
-[...1 lines deleted...]
-      <c r="J65" s="7">
+      <c r="H65" s="8"/>
+      <c r="I65" s="8"/>
+      <c r="J65" s="8">
         <f t="shared" si="0"/>
         <v>2811010</v>
       </c>
     </row>
-    <row r="66" spans="2:11" x14ac:dyDescent="0.25">
-      <c r="B66" s="6">
+    <row r="66" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B66" s="7">
         <v>63</v>
       </c>
-      <c r="C66" s="7" t="s">
+      <c r="C66" s="8" t="s">
         <v>193</v>
       </c>
-      <c r="D66" s="6" t="s">
+      <c r="D66" s="7" t="s">
         <v>194</v>
       </c>
-      <c r="E66" s="12" t="s">
+      <c r="E66" s="13" t="s">
         <v>195</v>
       </c>
-      <c r="F66" s="11">
+      <c r="F66" s="12">
         <v>5611</v>
       </c>
-      <c r="G66" s="7">
+      <c r="G66" s="8">
         <v>3531586</v>
       </c>
-      <c r="H66" s="7"/>
-[...1 lines deleted...]
-      <c r="J66" s="7">
+      <c r="H66" s="8"/>
+      <c r="I66" s="8"/>
+      <c r="J66" s="8">
         <f t="shared" si="0"/>
         <v>3531586</v>
       </c>
     </row>
-    <row r="67" spans="2:11" x14ac:dyDescent="0.25">
-      <c r="B67" s="6">
+    <row r="67" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B67" s="7">
         <v>64</v>
       </c>
-      <c r="C67" s="7" t="s">
+      <c r="C67" s="8" t="s">
         <v>196</v>
       </c>
-      <c r="D67" s="6" t="s">
+      <c r="D67" s="7" t="s">
         <v>197</v>
       </c>
-      <c r="E67" s="12" t="s">
+      <c r="E67" s="13" t="s">
         <v>198</v>
       </c>
-      <c r="F67" s="11">
+      <c r="F67" s="12">
         <v>5926</v>
       </c>
-      <c r="G67" s="7">
+      <c r="G67" s="8">
         <v>7769290</v>
       </c>
-      <c r="H67" s="7"/>
-[...1 lines deleted...]
-      <c r="J67" s="7">
+      <c r="H67" s="8"/>
+      <c r="I67" s="8"/>
+      <c r="J67" s="8">
         <f t="shared" si="0"/>
         <v>7769290</v>
       </c>
     </row>
-    <row r="68" spans="2:11" x14ac:dyDescent="0.25">
-      <c r="B68" s="6">
+    <row r="68" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B68" s="7">
         <v>65</v>
       </c>
-      <c r="C68" s="7" t="s">
+      <c r="C68" s="8" t="s">
         <v>199</v>
       </c>
-      <c r="D68" s="6" t="s">
+      <c r="D68" s="7" t="s">
         <v>200</v>
       </c>
-      <c r="E68" s="12" t="s">
+      <c r="E68" s="13" t="s">
         <v>201</v>
       </c>
-      <c r="F68" s="11">
+      <c r="F68" s="12">
         <v>5923</v>
       </c>
-      <c r="G68" s="7">
+      <c r="G68" s="8">
         <v>11673960</v>
       </c>
-      <c r="H68" s="19"/>
-[...1 lines deleted...]
-      <c r="J68" s="19">
+      <c r="H68" s="8"/>
+      <c r="I68" s="8"/>
+      <c r="J68" s="8">
         <f t="shared" si="0"/>
         <v>11673960</v>
       </c>
-      <c r="K68" s="21"/>
-[...2 lines deleted...]
-      <c r="B69" s="6">
+    </row>
+    <row r="69" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B69" s="7">
         <v>66</v>
       </c>
-      <c r="C69" s="7" t="s">
+      <c r="C69" s="8" t="s">
         <v>202</v>
       </c>
-      <c r="D69" s="6" t="s">
+      <c r="D69" s="7" t="s">
         <v>203</v>
       </c>
-      <c r="E69" s="12" t="s">
+      <c r="E69" s="13" t="s">
         <v>204</v>
       </c>
-      <c r="F69" s="11">
+      <c r="F69" s="12">
         <v>6199</v>
       </c>
-      <c r="G69" s="7">
+      <c r="G69" s="8">
         <v>12106807</v>
       </c>
-      <c r="H69" s="19"/>
-[...1 lines deleted...]
-      <c r="J69" s="19">
+      <c r="H69" s="8"/>
+      <c r="I69" s="8"/>
+      <c r="J69" s="8">
         <f t="shared" si="0"/>
         <v>12106807</v>
       </c>
-      <c r="K69" s="21"/>
-[...2 lines deleted...]
-      <c r="B70" s="6">
+    </row>
+    <row r="70" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B70" s="7">
         <v>67</v>
       </c>
-      <c r="C70" s="7" t="s">
+      <c r="C70" s="8" t="s">
         <v>205</v>
       </c>
-      <c r="D70" s="6" t="s">
+      <c r="D70" s="7" t="s">
         <v>206</v>
       </c>
-      <c r="E70" s="12" t="s">
+      <c r="E70" s="13" t="s">
         <v>207</v>
       </c>
-      <c r="F70" s="11">
+      <c r="F70" s="12">
         <v>6263</v>
       </c>
-      <c r="G70" s="7">
+      <c r="G70" s="8">
         <v>12785721</v>
       </c>
-      <c r="H70" s="19"/>
-[...1 lines deleted...]
-      <c r="J70" s="19">
+      <c r="H70" s="8"/>
+      <c r="I70" s="8"/>
+      <c r="J70" s="8">
         <f t="shared" si="0"/>
         <v>12785721</v>
       </c>
-      <c r="K70" s="21"/>
-[...2 lines deleted...]
-      <c r="B71" s="18" t="s">
+    </row>
+    <row r="71" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B71" s="5" t="s">
         <v>208</v>
       </c>
-      <c r="C71" s="18"/>
-[...3 lines deleted...]
-      <c r="G71" s="13">
+      <c r="C71" s="5"/>
+      <c r="D71" s="5"/>
+      <c r="E71" s="5"/>
+      <c r="F71" s="5"/>
+      <c r="G71" s="14">
         <f>SUM(G4:G70)</f>
         <v>146961349</v>
       </c>
-      <c r="H71" s="22"/>
-      <c r="I71" s="22">
+      <c r="H71" s="14"/>
+      <c r="I71" s="14">
         <f>SUM(I4:I70)</f>
-        <v>23144406</v>
-[...1 lines deleted...]
-      <c r="J71" s="22">
+        <v>23230906</v>
+      </c>
+      <c r="J71" s="14">
         <f>G71-I71</f>
-        <v>123816943</v>
-[...9 lines deleted...]
-    <row r="73" spans="2:11" x14ac:dyDescent="0.25">
+        <v>123730443</v>
+      </c>
+    </row>
+    <row r="73" spans="2:10" x14ac:dyDescent="0.25">
       <c r="F73" s="4"/>
-      <c r="H73" s="23"/>
-[...2 lines deleted...]
-      <c r="K73" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:J2"/>
     <mergeCell ref="B71:F71"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="13" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SGB OS data as on Sep 30, 2024</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>SGBData05012026</dc:title>
+  <dc:title>SGBData17022026</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100EEE80DCC0AAF4246A6D8D530FAE31C3B</vt:lpwstr>
   </property>
 </Properties>
 </file>