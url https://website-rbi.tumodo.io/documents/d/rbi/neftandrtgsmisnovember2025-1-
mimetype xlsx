--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -1,104 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Gaush\0Dec2025\23-12-2025\Internet Banking and Mobile\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\websitecontent\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{39FB96CF-1A40-4F4C-9A77-5C269E0A6553}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CD5E439D-640F-44B5-8FCF-B2CC8622A186}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{CDED01D1-BCA9-4F83-A177-5E7577B89E15}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" activeTab="2" xr2:uid="{CDED01D1-BCA9-4F83-A177-5E7577B89E15}"/>
   </bookViews>
   <sheets>
     <sheet name="NEFT" sheetId="4" r:id="rId1"/>
     <sheet name="RTGS" sheetId="5" r:id="rId2"/>
     <sheet name="Mobile Banking" sheetId="6" r:id="rId3"/>
     <sheet name="Internet Banking" sheetId="7" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'Internet Banking'!$B$3:$F$138</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Mobile Banking'!$B$3:$M$597</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">NEFT!$C$4:$G$236</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
-    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
-[...7 lines deleted...]
-    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="F594" i="6" l="1"/>
+  <c r="E594" i="6"/>
+  <c r="D594" i="6"/>
   <c r="D139" i="7" l="1"/>
   <c r="E139" i="7"/>
   <c r="F139" i="7"/>
-  <c r="D594" i="6"/>
-[...1 lines deleted...]
-  <c r="F594" i="6"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1251" uniqueCount="1002">
   <si>
     <t>AU SMALL FINANCE BANK LIMITED</t>
   </si>
   <si>
     <t>AXIS BANK</t>
   </si>
   <si>
     <t>BANDHAN BANK LIMITED</t>
   </si>
   <si>
     <t>BANK OF BARODA</t>
   </si>
   <si>
     <t>BANK OF CEYLON</t>
   </si>
   <si>
     <t>BANK OF CHINA LIMITED INDIA BRANCH</t>
   </si>
   <si>
     <t>BANK OF INDIA</t>
@@ -1400,1749 +1391,1750 @@
   <si>
     <t>UTTAR PRADESH COOPERATIVE BANK LTD LUCKNOW</t>
   </si>
   <si>
     <t>UTTARAKHAND STATE CO-OPERATIVE BANK LTD.</t>
   </si>
   <si>
     <t>VASAI JANATA SAHAKARI BANK LTD.</t>
   </si>
   <si>
     <t>VASAI VIKAS SAHAKARI BANK LTD.</t>
   </si>
   <si>
     <t>VIKAS SOUHARDA CO-OPERATIVE BANK LTD.</t>
   </si>
   <si>
     <t>YES BANK LTD</t>
   </si>
   <si>
     <t>Active customers - Number of customers who have used mobile banking facility at least once in 2 months (i.e. reporting month and previous month) to carry out a financial transaction. Even if a customer has done multiple transactions during the period, it is counted as one.</t>
   </si>
   <si>
     <t>The data is provisional</t>
   </si>
   <si>
+    <t>ZOROASTRIAN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>YES BANK LTD.</t>
+  </si>
+  <si>
+    <t>YAMUNA NAGAR CENTRAL CO-OPERTIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>YADRAV CO-OPERATIVE BANK LTD</t>
+  </si>
+  <si>
+    <t>WEST BENGAL GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>WARDHA Z.P.EMPLOYEES (URBAN )CO-OPERATIVE BANK LTD., WARDHA</t>
+  </si>
+  <si>
+    <t>WARDHAMAN URBAN CO-OPERATIVE BANK LTD. NAGPUR</t>
+  </si>
+  <si>
+    <t>WARANGAL URBAN COOPERATIVE  BANK LTD., WARANGAL</t>
+  </si>
+  <si>
+    <t>WANA NAGARIK SAHAKARI BANK LTD.,  HINGANGHAT</t>
+  </si>
+  <si>
+    <t>VYAVSAIK SAHAKARI BANK LTD., RAIPUR</t>
+  </si>
+  <si>
+    <t>VISHWESHWAR SAH.BANK LTD.(PUNE)</t>
+  </si>
+  <si>
+    <t>VISHWAS CO.OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>VIRUDHUNAGAR DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>VILLUPURAM DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>VILAS CO-OPERATIVE BANK LTD. LATUR</t>
+  </si>
+  <si>
+    <t>VIKAS SOUHARDA CO.OP. BANK LTD. HOSPET</t>
+  </si>
+  <si>
+    <t>VIJAY CO-OP.BANK LTD.(AHMEDABAD)</t>
+  </si>
+  <si>
+    <t>VIJAY COMMERCIAL CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>VIJAYAPURA DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>VIDYASAGAR CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>VIDARBHA MERCHANTS URBAN CO-OPERATIVE BANK LTD., HINGANGHAT, VARDHA</t>
+  </si>
+  <si>
+    <t>VERAVAL PEOPLE'S CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>VERAVAL MERCANTILE CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>VELLORE DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>VEERSHAIVA SAHAKARI BANK LTD.BANGALORE</t>
+  </si>
+  <si>
+    <t>VARACHHA CO-OPERATIVE BANK LTD</t>
+  </si>
+  <si>
+    <t>VALMIKI URBAN CO-OPERATIVE BANK LTD.,  PATHARI,</t>
+  </si>
+  <si>
+    <t>VALLABH VIDYANAGAR COMM.CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>VAISHYA SAHAKARI BANK LTD, MUMBAI</t>
+  </si>
+  <si>
+    <t>VAISHYA NAGARI SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>VAISH CO-OP.NEW BANK LTD.NEW DELHI</t>
+  </si>
+  <si>
+    <t>UTTAR PRADESH GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>UTTARAKHAND GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>UTKARSH SMALL FINANCE BANK LIMITED</t>
+  </si>
+  <si>
+    <t>UNJHA NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>UNION CO-OP.BANK LTD.(NARODA)</t>
+  </si>
+  <si>
+    <t>UNA PEOPLE'S CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>UMRETH URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>UMIYA URBEN CO OPERATIVE BANK MARYADIT., NAGPUR</t>
+  </si>
+  <si>
+    <t>UMA CO-OP.BANK LTD.(BARODA)</t>
+  </si>
+  <si>
+    <t>UDAIPUR URBAN CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>TUMKUR GR.MERCHANTS'CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>TTC CO-OPERATIVE BANK LIMITED</t>
+  </si>
+  <si>
+    <t>TRIPURA STATE CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>TRIPURA GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>TJSB SAHAKARI BANK LTD. THANE</t>
+  </si>
+  <si>
+    <t>TIRUVANNAMALAI DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>TIRUPATI URBAN CO-OP BANK MYDT</t>
+  </si>
+  <si>
+    <t>TIRUNELVELI CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>TIRUCHIRAPALLI DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THOOTHUKUDI CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE WASHIM URBAN CO-OPERATIVE BANK LTD. WASHIM</t>
+  </si>
+  <si>
+    <t>THE WARANGAL DISTRICT CO-OPERATIVE CENTRAL BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE VIKRAMADITYA NAGARIK SAHAKARI BANK MARYADIT, UJJAIN</t>
+  </si>
+  <si>
+    <t>THE VALSAD DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE UTTAR PRADESH CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE URBAN CO-OPERATIVE BANK LTD.,  DHARANGAON</t>
+  </si>
+  <si>
+    <t>THE UDUPI CO-OPERATIVE TOWN BANK LTD. UDUPI</t>
+  </si>
+  <si>
+    <t>THE UDAIPUR MAHILA URBAN CO-OP.BK.LTD.</t>
+  </si>
+  <si>
+    <t>THE UDAIPUR MAHILA SAMRIDHI URBAN CO OPERATIVE BANK LTD</t>
+  </si>
+  <si>
+    <t>THE TIRUR URBAN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE TIRUPATI CO-OPERATIVE BANK LIMITED</t>
+  </si>
+  <si>
+    <t>THE TELANGANA STATE COOPERATIVE APEX BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE TAMIL NADU STATE APEX CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE TAMILNADU INDUSTRIAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE SUTEX CO-OPERATIVE BANK LTD. SURAT</t>
+  </si>
+  <si>
+    <t>THE SURAT MERCANTILE CO-OPERATIVE BANK LTD. SURAT,GUJARAT</t>
+  </si>
+  <si>
+    <t>THE SULTAN'S BATTERY CO-OPERATIVE URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE SPSR NELLORE DISTRICT CO-OPERATIVE CENTRAL BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE SIKAR KENDRIYA SAHKARI BANK LTD., SIKAR (RAJASTHAN)</t>
+  </si>
+  <si>
+    <t>THE SHRAMIK NAGRIK SAHAKARI BANK LTD., INDORE</t>
+  </si>
+  <si>
+    <t>THE SHIRPUR PEOPLE'S CO- OPERATIVE BANK LTD. SHIRPUR</t>
+  </si>
+  <si>
+    <t>THE SHAHADA PEOPLE'S CO-OPERATIVE BANK LTD. SHAHADA, DHULE</t>
+  </si>
+  <si>
+    <t>THE SABARKANTHA DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE RAVER PEOPLES CO-OPERATIVE BANK LTD. RAVER</t>
+  </si>
+  <si>
+    <t>THE RAJKOT DISTRICT CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE RAIPUR URBAN MERCANTILE CO-OP. BANK LTD, RAIPUR</t>
+  </si>
+  <si>
+    <t>THE RAILWAY EMPLOYEES' CO-OPERATIVE BANK LTD., JAIPUR</t>
+  </si>
+  <si>
+    <t>THE QUILON CO-OPERATIVE URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE PUSAD URBAN CO-OPERATIVE BANK LTD., PUSAD</t>
+  </si>
+  <si>
+    <t>THE PUNJAB STATE CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE PUDUKKOTTAI DISTRICT CENTRAL COOPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE PONANI CO-OPERATIVE URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE PEOPLES' URBAN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE PAYYANUR CO-OPERATIVE TOWN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE PANIPAT URBAN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE PANCHMAHAL DISTRICT CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE OTTAPALAM CO-OPERATIVE URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE NILAMBUR CO-OPERATIVE URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE NASIK ROAD DEOLALI VYAPARI SAHAKARI BANK LTD., NASIK  ROAD</t>
+  </si>
+  <si>
+    <t>THE NANDURA URBAN CO-OPERATIVE BANK LTD., NANDURA</t>
+  </si>
+  <si>
+    <t>THE NANDED MERCHANTS CO-OPERATIVE BANK LTD., NANDED</t>
+  </si>
+  <si>
+    <t>THE NALGONDA DISTRICT CO-OPERATIVE CENTRAL BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE MUVATTUPUZHA URBAN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE MUDALAGI CO-OP.BANK LTD.MUDALAGI</t>
+  </si>
+  <si>
+    <t>THE MEHSANA NAGRIK SAHAKARI BANK LTD.,MEHSANA GUJARAT</t>
+  </si>
+  <si>
+    <t>THE MEHSANA DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE MATTANCHERRY SARVAJANIK CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE MANDVI NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE MADHYA PRADESH RAJYA SAHAKARI BANK MARYADIT</t>
+  </si>
+  <si>
+    <t>THE LATUR URBAN CO-OPERATIVE  BANK LTD., LATUR,</t>
+  </si>
+  <si>
+    <t>THE KRISHNA DISTRICT CO-OPERATIVE CENTRAL BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE KOTTAKKAL CO-OPERATIVE URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE KODUNGALLUR TOWN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE KODINAR TALUKA CO-OPERATIVE BANKING UNION LTD.</t>
+  </si>
+  <si>
+    <t>THE KARNAVATI CO.OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE KARNATAKA STATE CO-OPERATIVE APEX BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE KANCHEEPURAM CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE KALYAN JANATA SAH.BANK LTD.KALYAN</t>
+  </si>
+  <si>
+    <t>THE KALUPUR COMM.CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE KAIRA DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE KADAPA DISTRICT CO OPERATIVE CENTRAL  BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE JUNAGADH JILLA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE JAMPETA CO.OP.URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE JAMNAGAR DISTRICT CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE JAIPUR CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE HYDERABAD DISTRICT COOPERATIVE CENTRAL BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE HONGKONG AND SHANGHAI BANKING CORPORATION LIMITED</t>
+  </si>
+  <si>
+    <t>THE HARYANA STATE CO-OPERATIVE APEX BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE GUNTUR DISTRICT CO-OPERATIVE CENTRAL BANK</t>
+  </si>
+  <si>
+    <t>THE GODHRA URBAN COOPERATIVE BANK LTD</t>
+  </si>
+  <si>
+    <t>THE GANDHINAGAR URBAN CO.BK LTD.G'NAGAR</t>
+  </si>
+  <si>
+    <t>THE GANDHI GUNJ  CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE GANDHIDHAM CO OPERATIVE BANK LTD</t>
+  </si>
+  <si>
+    <t>THE FINANCIAL CO-OP.BANK LTD. SURAT</t>
+  </si>
+  <si>
+    <t>THE ERODE DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE EENADU CO-OP.URBAN BANK LT.HYDERABAD</t>
+  </si>
+  <si>
+    <t>THE DISTRICT CO-OPERATIVE CENTRAL BANK LTD., VISAKHAPATNAM</t>
+  </si>
+  <si>
+    <t>THE DISTRICT CO-OPERATIVE CENTRAL BANK LTD., SRIKAKULAM</t>
+  </si>
+  <si>
+    <t>THE DISTRICT CO-OPERATIVE CENTRAL BANK LTD., KHAMMAM</t>
+  </si>
+  <si>
+    <t>THE DISTRICT CO-OPERATIVE CENTRAL BANK LTD., ELURU</t>
+  </si>
+  <si>
+    <t>THE DEOGIRI NAGARI SAHAKARI BANK LTD., AURANGABAD</t>
+  </si>
+  <si>
+    <t>THE DAHOD URBAN CO-OPERATIVE BANK LIMITED</t>
+  </si>
+  <si>
+    <t>THE CO-OPERATIVE BANK OF MEHASANA LTD.</t>
+  </si>
+  <si>
+    <t>THE COMMERCIAL CO-OPERATIVE BANK LTD., KOLHAPUR</t>
+  </si>
+  <si>
+    <t>THE COMMERCIAL CO-OPERATIVE BANK LTD. JAMNAGAR</t>
+  </si>
+  <si>
+    <t>THE CHOPDA PEOPLES CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE CHITTOOR DISTRICT CO-OPERATIVE CENTRAL BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE CHITNAVISPURA SAHAKARI BANK LTD., NAGPUR</t>
+  </si>
+  <si>
+    <t>THE CHIKHLI URBAN CO-OPERATIVE BANK LTD., CHIKHLI</t>
+  </si>
+  <si>
+    <t>THE CHHATTISGARH RAJYA SAHAKARI BANK MARYADIT</t>
+  </si>
+  <si>
+    <t>THE CHERPALCHERI CO-OPERATIVE URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE CHANDWAD MERCHANTS  CO-OPERATIVE BANK LTD., CHANDWAD</t>
+  </si>
+  <si>
+    <t>THE CHANDIGARH STATE CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE CALICUT CO-OPERATIVE URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE BUSINESS CO-OPERATIVE BANK MARYADIT</t>
+  </si>
+  <si>
+    <t>THE BHAVNAGAR DISTRICT CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE BHARUCH DISTRICT CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE BHARAT CO-OPERATIVE BANK (MUMBAI)LTD.</t>
+  </si>
+  <si>
+    <t>THE BHAGYALAKSHMI MAHILA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE BARODA CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE BAPUNAGAR MAHILA CO-OP.BK.LTD.A'BAD</t>
+  </si>
+  <si>
+    <t>THE BANASKANTHA DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE BABASAHEB DESHMUKH SAHAKARI BANK LTD., ATPADI</t>
+  </si>
+  <si>
+    <t>THE ASSOCIATE CO-OP.BANK LTD.SURAT</t>
+  </si>
+  <si>
+    <t>THE ANNASAHEB SAVANT CO-OP. URBAN BANK MAHAD LTD.</t>
+  </si>
+  <si>
+    <t>THE ANDHRA PRADESH STATE COOPERATIVE BANK LIMITED</t>
+  </si>
+  <si>
+    <t>THE AMRELI JILLA MADHYASTH SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE AMRAVATI ZILLA PARISHAD SHIKSHAK SAHAKARI BANK LTD</t>
+  </si>
+  <si>
+    <t>THE AKOLA-WASHIM DISTRICT CENTRAL CO-OPERATIVE BANK LTD. AKOLA</t>
+  </si>
+  <si>
+    <t>THE AKOLA JANATA COMMERCIAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE AHMEDNAGAR SHAHAR SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE AHMEDABAD DISTRICT CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE AGRASEN CO-OP.URBAN BK.LTD.HYDERABAD</t>
+  </si>
+  <si>
+    <t>THE ADILABAD DISTRICT CO-OPERATIVE CENTRAL BANK LTD.</t>
+  </si>
+  <si>
+    <t>THANE BHARAT SAHAKARI BANK LTD.THANE</t>
+  </si>
+  <si>
+    <t>TEXTILE CO-OP.BANK LTD.(BANGALORE)</t>
+  </si>
+  <si>
+    <t>TEACHERS'COOP.BANK LTD.(UDIPI)</t>
+  </si>
+  <si>
+    <t>TAMLUK-GHATAL CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>TAMIL NADU GRAMA BANK</t>
+  </si>
+  <si>
+    <t>TAMILNAD MERCANTILE BANK LTD</t>
+  </si>
+  <si>
+    <t>SURYODAY SMALL FINANCE BANK LIMITED</t>
+  </si>
+  <si>
+    <t>SURAT PEOPLE'S CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>SURAT NATIONAL CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>SUNDARLAL SAWJI URBAN CO-OPERATIVE BANK LTD., JINTUR</t>
+  </si>
+  <si>
+    <t>SUCO SOUHARDA SAHAKARI BANK LTD., BELLARY</t>
+  </si>
+  <si>
+    <t>STANDARD URBAN CO-OPERATIVE BANK (AURANGABAD) LTD</t>
+  </si>
+  <si>
+    <t>SRI SUDHA CO-OP.BANK LTD.(SESHADRIPUR)</t>
+  </si>
+  <si>
+    <t>SRI RAMA CO-OP.BANK LTD.(BANGALORE)</t>
+  </si>
+  <si>
+    <t>SRI GOKARNANATH CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>SRI GANAPATHI CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>SREENIDHI SOUHARDA SAHAKARI BANK NIYAMITHA, BANGALORE</t>
+  </si>
+  <si>
+    <t>SOUTH INDIAN BANK LTD</t>
+  </si>
+  <si>
+    <t>SOUTH CANARA DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>SONEPAT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>SLICE SMALL FINANCE BANK LIMITED</t>
+  </si>
+  <si>
+    <t>SIVAGANGAI DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>SIRSI URBAN SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>SINDHUDURG DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>SIKKIM STATE CO-OPERATIVE BANK LIMITED, GANGTOK</t>
+  </si>
+  <si>
+    <t>SIDDHESHWAR URBAN CO- OPERATIVE BANK MARYADIT, SILLOD,AURANGABAD</t>
+  </si>
+  <si>
+    <t>SHRI VEERSHAIV CO-OP.BANK LTD.,KOLHAPUR</t>
+  </si>
+  <si>
+    <t>SHRI SWAMI SAMARTH SAHAKARI BANK LTD., NIGHOJ, AHMEDNAGAR,</t>
+  </si>
+  <si>
+    <t>SHRI SHIVYOGIMURUGENDRA SWAMI U.CO.BK.</t>
+  </si>
+  <si>
+    <t>SHRI SHIVESHWAR NAGRI SAHAKARI  BANK LTD., BASMATNAGAR</t>
+  </si>
+  <si>
+    <t>SHRIRAM URBAN CO-OPERATIVE BANK LTD.,  NAGPUR</t>
+  </si>
+  <si>
+    <t>SHRI MAHILA SEWA SAH.BANK LTD.AHMEDABAD</t>
+  </si>
+  <si>
+    <t>SHRI MAHALAXMI CO-OP.BANK LTD.(KOLHAPUR)</t>
+  </si>
+  <si>
+    <t>SHRI KRISHNA CO-OPERATIVE BANK MARYADIT, UMRER, NAGPUR</t>
+  </si>
+  <si>
+    <t>SHRI KANYAKA NAGARI SAHAKARI BANK LTD., CHANDRAPUR</t>
+  </si>
+  <si>
+    <t>SHRI JANATA SAHAKARI BK.LTD.HALOL</t>
+  </si>
+  <si>
+    <t>SHRI GAJANAN NAGARI SAHAKARI BANK LTD., BEED,</t>
+  </si>
+  <si>
+    <t>SHRI CHHATRAPATI RAJARSHI SHAHU UCB LTD</t>
+  </si>
+  <si>
+    <t>SHRI CHHANI NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>SHRI ARIHANT CO-OP.BANK LTD.,BOMBAY</t>
+  </si>
+  <si>
+    <t>SHRI ANAND NAGARI SAHAKARI BANK LTD. CHANDRAPUR</t>
+  </si>
+  <si>
+    <t>SHRI ADINATH CO.OP. BANK LTD.</t>
+  </si>
+  <si>
+    <t>SHREE WARANA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>SHREE VARDHAMAN SAHAKARI BANK LTD.BARODA</t>
+  </si>
+  <si>
+    <t>SHREE TALAJA NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>SHREE PANCHAGANGA NAGARI SAH.BANK LTD.</t>
+  </si>
+  <si>
+    <t>SHREE MAHUVA NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>SHREE MAHESH CO-OPERATIVE BANK LTD. NASHIK</t>
+  </si>
+  <si>
+    <t>SHREE MAHAVIR SAHAKARI BANK MYDT.JALGAON</t>
+  </si>
+  <si>
+    <t>SHREE KADI NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>SHREE GOVARDHANSINGJI RAGHUVANSHI SAHAKARI BANK LTD., NANDURBAR</t>
+  </si>
+  <si>
+    <t>SHREE DHARATI CO-OPERATIVE BANK LTD</t>
+  </si>
+  <si>
+    <t>SHIMOGA DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>SHILLONG CO-OP.URBAN BANK LTD</t>
+  </si>
+  <si>
+    <t>SHARAD SAHAKARI BANK LTD.(MANCHAR)</t>
+  </si>
+  <si>
+    <t>SHANKAR NAGARI SAHAKARI BANK LTD., NANDED</t>
+  </si>
+  <si>
+    <t>SEVALIA URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>SBPP CO-OPERATIVE BANK LTD</t>
+  </si>
+  <si>
+    <t>SAURASHTRA CO-OP.BANK LTD.(AHMEDABAD)</t>
+  </si>
+  <si>
+    <t>SATARA DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>SARVODAYA SAHAKARI BANK LTD.(SURAT)</t>
+  </si>
+  <si>
+    <t>SARVODAYA SAHAKARI BANK LTD.MODASA</t>
+  </si>
+  <si>
+    <t>SARVODAYA NAGRIK SAH.BANK LTD.HIMATNAGAR</t>
+  </si>
+  <si>
+    <t>SARVODAYA COMM.CO-OP.BANK LTD.(MEHSANA)</t>
+  </si>
+  <si>
+    <t>SARDAR VALLABHBHAI SAH.BK.LTD.AHMEDABAD</t>
+  </si>
+  <si>
+    <t>SARDAR SINGH NAGARIK SAHAKARI BANK MARYADIT, TIKAMGARH</t>
+  </si>
+  <si>
+    <t>SARDARGANJ MERCANTILE CO-OP.BK.LTD.PATAN</t>
+  </si>
+  <si>
+    <t>SARDARGANJ MERCANTILE CO-OP.BK.LTD.ANAND</t>
+  </si>
+  <si>
+    <t>SARASWAT CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>SARASPUR NAGRIK CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>SARANGPUR CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>SANT SOPANKAKA SAHAKARI BANK LTD., SASWAD</t>
+  </si>
+  <si>
+    <t>SANTRAMPUR URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>SANMITRA MAHILA NAGARI SAH.BK.MT.CHANDRA</t>
+  </si>
+  <si>
+    <t>SANKHEDA NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>SANDUR PATTANA SAHKARI BANK NYMT.SANDUR</t>
+  </si>
+  <si>
+    <t>SAMRUDHI CO-OPERATIVE BANK LTD., NAGPUR</t>
+  </si>
+  <si>
+    <t>SAMPADA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>SAMATA CO.OP.DEVELOPMENT BANK LTD.</t>
+  </si>
+  <si>
+    <t>SAMARTH SAHAKARI BANK MARYADIT, JALNA</t>
+  </si>
+  <si>
+    <t>SALEM DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>SADHANA SAHAKARI BANK LTD.(PUNE)</t>
+  </si>
+  <si>
+    <t>SADALGA URBAN SOUHARDA SAHAKARI BANK NIYAMIT</t>
+  </si>
+  <si>
+    <t>RAYAT SEVAK CO-OPERATIVE BANK LTD.SATARA</t>
+  </si>
+  <si>
+    <t>RATNAGIRI DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>RANUJ NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>RANI CHANNAMMA MAHILA SAHAKARI BANK NIYAMIT,BELAGAVI.</t>
+  </si>
+  <si>
+    <t>RANEBENNUR SHRI B.URBAN CO-OP.BANK.LTD</t>
+  </si>
+  <si>
+    <t>RANDER PEOPLE'S CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>RAMRAJYA SAHAKARI BANK LTD. PUNE</t>
+  </si>
+  <si>
+    <t>RAMANATHAPURAM DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>RAJKOT PEOPLES CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>RAJKOT COMM CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>RAJGURUNAGAR SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>RAJASTHAN GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>RAJARAM BAPU SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>RAJAPUR URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>RAJADHANI CO-OPERATIVE URBAN BANK LTD., HYDERABAD</t>
+  </si>
+  <si>
+    <t>PUNJAB GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>PUNE PEOPLE'S CO-OP. BANK LTD., PUNE</t>
+  </si>
+  <si>
+    <t>PUNE DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>PUNE CANTONMENT SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>PUDUCHERRY GRAMA BANK</t>
+  </si>
+  <si>
+    <t>PROGRESSIVE MERCANTILE CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>PRIYADARSHANI NAGARI SAHAKARI BANK LTD., JALNA</t>
+  </si>
+  <si>
+    <t>PRIME COOPERATIVE BANK LTD</t>
+  </si>
+  <si>
+    <t>PRERANA CO-OPERATIVE BANK LTD.THAREGAON</t>
+  </si>
+  <si>
+    <t>PRATHMIK SHIKSHAK SAHAKARI BANK LTD., SATARA</t>
+  </si>
+  <si>
+    <t>PRATAP CO-OP.BANK LTD.(BOMBAY)</t>
+  </si>
+  <si>
+    <t>PRAGATI SAHAKARI BANK LTD.(BARODA)</t>
+  </si>
+  <si>
+    <t>PORBANDAR COMM.CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>POORNAWADI NAGARIK SAHAKARI BANK MARYADIT, BEED</t>
+  </si>
+  <si>
+    <t>POCHAMPALLY CO-OPERATIVE URBAN BANK LTD., POCHAMPALLY</t>
+  </si>
+  <si>
+    <t>PIMPALGAON MERCHANTS' CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>PEOPLE'S CO-OP.BANK LTD.DHOLKA</t>
+  </si>
+  <si>
+    <t>PAVANA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>PATAN NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>PANIPAT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>PANCHSHEEL MERCANTILE CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>PALUS SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>PALI URBAN CO-OP BANK LTD</t>
+  </si>
+  <si>
+    <t>PACHORA PEOPLE'S CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>OMPRAKASH DEORA PEOPLES' CO-OPERATIVE BANK LTD.,HINGOLI</t>
+  </si>
+  <si>
+    <t>NUTAN NAGRIK SAH.BANK LTD.(AHMEDABAD)</t>
+  </si>
+  <si>
+    <t>NKGSB CO-OP. BANK LTD.</t>
+  </si>
+  <si>
+    <t>NILGIRIS CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>NIDHI CO-OP.BANK LTD. AHMEDABAD</t>
+  </si>
+  <si>
+    <t>NEW URBAN COOP BANK LTD RAMPUR</t>
+  </si>
+  <si>
+    <t>NAWANAGAR CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>NAVSARJAN INDUSTRIAL CO-OPERATIVE BANK LIMITED</t>
+  </si>
+  <si>
+    <t>NAVNIRMAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>NAV JEEVAN CO-OP.BANK MYDT.ULHASNAGAR</t>
+  </si>
+  <si>
+    <t>NAVI MUMBAI CO-OPERATIVE BANK LTD.VASHI</t>
+  </si>
+  <si>
+    <t>NAVANAGARA URBAN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>NAVAL DOCKYARD CO-OP.BANK LTD.(BOMBAY)</t>
+  </si>
+  <si>
+    <t>NATIONAL CO-OP.BANK LTD.(BOMBAY)</t>
+  </si>
+  <si>
+    <t>NASIK MERCHANTS' CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>NASHIK ZILHA SARKARI &amp; PARISHAD KARMACHARI SAHAKARI BANK NIYAMIT, NASHIK</t>
+  </si>
+  <si>
+    <t>NARODA NAGRIK CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>NANDURBAR MERCHANTS, CO-OP BANK LTD</t>
+  </si>
+  <si>
+    <t>NANDANI SAHAKARI BANK LTD.NANDANI</t>
+  </si>
+  <si>
+    <t>NAGRIK SAHAKARI BANK MARYADIT, VIDISHA</t>
+  </si>
+  <si>
+    <t>NAGRIK SAHAKARI BANK MARYADIT, DURG</t>
+  </si>
+  <si>
+    <t>NAGPUR NAGARIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>NAGARIK SAHAKARI BANK MARYADIT, GWALIOR</t>
+  </si>
+  <si>
+    <t>NADIA DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>MYSORE DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>MUSLIM CO-OPERATIVE BANK LTD.(PUNE)</t>
+  </si>
+  <si>
+    <t>MUNICIPAL CO-OP.BANK LTD.(BOMBAY)</t>
+  </si>
+  <si>
+    <t>MUMBAI MAHANAGARPALIKA SHIKSHAN V.SAH.BK</t>
+  </si>
+  <si>
+    <t>MUGBERIA CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>M.S. CO-OPERATIVE BANK LTD. VADODARA</t>
+  </si>
+  <si>
+    <t>MOUNT NAGRIK SAHAKARI BANK LIMITED</t>
+  </si>
+  <si>
+    <t>MODEL CO-OPERATIVE BANK LTD. MUMBAI</t>
+  </si>
+  <si>
+    <t>MODASA NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>MIZORAM RURAL BANK</t>
+  </si>
+  <si>
+    <t>MERCHANTS'CO-OP.BANK LTD.(TIPTUR)</t>
+  </si>
+  <si>
+    <t>MEGALAYA RURAL BANK</t>
+  </si>
+  <si>
+    <t>MARATHA CO-OPERATIVE BANK LTD.,BELGAUM</t>
+  </si>
+  <si>
+    <t>MANVI PATTANA SOUHARDA SAH. BANK NYMT.</t>
+  </si>
+  <si>
+    <t>MANN DESHI MAHILA SAHAKARI BANK LIMITED, MHASWAD</t>
+  </si>
+  <si>
+    <t>MANIPUR RURAL BANK</t>
+  </si>
+  <si>
+    <t>MANGALORE CO-OP.TOWN BANK LTD</t>
+  </si>
+  <si>
+    <t>MANGALORE CATHOLIC CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>MANASING CO.OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>MALVIYA URBAN CO-OP. BANK LTD. JAIPUR</t>
+  </si>
+  <si>
+    <t>MALAD SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>MAKARPURA INDL.ESTATE.CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>MAH.MANTRALAYA CO-OP BANK LTD.</t>
+  </si>
+  <si>
+    <t>MAHILA NAGRIK SAHAKARI BANK MARYADIT, MAHASAMUND</t>
+  </si>
+  <si>
+    <t>MAHESH URBAN CO-OPERATIVE BANK LTD. PARBHANI</t>
+  </si>
+  <si>
+    <t>MAHESH URBAN CO-OPERATIVE BANK LTD</t>
+  </si>
+  <si>
+    <t>MAHESH SAHAKARI BANK LTD.PUNE</t>
+  </si>
+  <si>
+    <t>MAHARAJA CO-OPERATIVE URBAN BANK LTD., VISAKHAPATNAM</t>
+  </si>
+  <si>
+    <t>MAHANAGAR NAGARIK SAHAKARI BANK MARYADIT, BAIRAGARH, BHOPAL</t>
+  </si>
+  <si>
+    <t>MAHALAKSHMI CO-OP.BANK LTD.(UDIPI)</t>
+  </si>
+  <si>
+    <t>MADURAI DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>LUNAWADA PEOPLE'S CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>LONAWALA SAHAKARI BANK MYDT. LONAWALA</t>
+  </si>
+  <si>
+    <t>LOKVIKAS NAGARI SAHAKARI BANK LIMITED, CHHATRAPATI SAMBHAJINAGAR</t>
+  </si>
+  <si>
+    <t>LOKNETE DATTAJI PATIL SAHAKARI BANK LTD., LASALGAON</t>
+  </si>
+  <si>
+    <t>LIC EMPLOYEES' CO-OPERATIVE BANK LTD., UDUPI</t>
+  </si>
+  <si>
+    <t>LAXMI URBAN CO.OP. BANK LTD.</t>
+  </si>
+  <si>
+    <t>LASALGAON MERCHANTS' CO-OPERATIVE BANK LTD., LASALGAON</t>
+  </si>
+  <si>
+    <t>LALA URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>LAKHIMPUR URBAN CO-OP. BANK LTD., LAKHIMPUR-KHIRI</t>
+  </si>
+  <si>
+    <t>KURUNDWAD URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>KURUKSHETRA CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>KUMBAKONAM CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>KUKARWADA NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>KRISHNA URBAN CO-OPERATIVE BANK LTD.KAIJ</t>
+  </si>
+  <si>
+    <t>KRISHNA SAHAKARI BANK LIMITED.,RETHARE BUDRUK</t>
+  </si>
+  <si>
+    <t>KRISHNA BHIMA SAMRUDDHI LAB LTD.</t>
+  </si>
+  <si>
+    <t>KRANTI CO.OP.URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>KOYANA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>KOTA NAGRIK SAHAKARI BANK LTD</t>
+  </si>
+  <si>
+    <t>KOPERGAON PEOPLE'S CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>KOLHAPUR MAHILA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>KOLAR DISTRICT CENTRAL CO-OPERTIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>KOKAN MERCANTILE CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>KODAGU DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>KHATTRI CO-OP.URBAN BANK LTD.,NEW DELHI</t>
+  </si>
+  <si>
+    <t>KHARDAH CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>KERALA GRAMEENA BANK</t>
+  </si>
+  <si>
+    <t>KARUR VYSYA BANK LTD</t>
+  </si>
+  <si>
+    <t>KARNATAKA GRAMEENA BANK</t>
+  </si>
+  <si>
+    <t>KARNATAKA CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>KARAD URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>KANYAKUMARI DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>KANKARIA MANINAGAR NAGRIK SAH.BANK LTD.</t>
+  </si>
+  <si>
+    <t>KANARA DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>KALLAPPANNA AWADE ICHALKARANJI JANATA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>JUNAGADH COMM.CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>JUGALKISHOR TAPDIYA SHREE MAHESH URBAN CO-OP.BANK AURANGABAD LTD.</t>
+  </si>
+  <si>
+    <t>JOGINDRA CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>JODHPUR NAGRIK SAHKARI BANK LTD., JODHPUR</t>
+  </si>
+  <si>
+    <t>JIVAN COMM.CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>JIND CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>JILLA SAHAKARI KENDRIYA BANK MARYADIT, RAJANANDGAON</t>
+  </si>
+  <si>
+    <t>JILLA SAHAKARI KENDRIYA BANK MARYADIT, RAIPUR</t>
+  </si>
+  <si>
+    <t>JILLA SAHAKARI KENDRIYA BANK MARYADIT, KHARGONE</t>
+  </si>
+  <si>
+    <t>JILLA SAHAKARI KENDRIYA BANK MARYADIT, JAGDALPUR</t>
+  </si>
+  <si>
+    <t>JILLA SAHAKARI KENDRIYA BANK MARYADIT, DURG</t>
+  </si>
+  <si>
+    <t>JIJAMATA MAHILA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>JHARKHAND GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>JHAJJAR CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>JANATHA SEVA CO-OP.BANK LTD.(BANGALORE)</t>
+  </si>
+  <si>
+    <t>JANATA SAHAKARI BANK LTD.(POONA)</t>
+  </si>
+  <si>
+    <t>JANATA SAHAKARI BANK LTD.(AJRA)</t>
+  </si>
+  <si>
+    <t>JANASEVA SAHAKARI BANK LTD.(PUNE)</t>
+  </si>
+  <si>
+    <t>JANAKALYAN SAHAKARI BANK LTD.(BOMBAY)</t>
+  </si>
+  <si>
+    <t>JAMNAGAR PEOPLES CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>JAMMU &amp; KASHMIR BANK LTD</t>
+  </si>
+  <si>
+    <t>JAMMU AND KASHMIR GRAMEEN BANK</t>
+  </si>
+  <si>
+    <t>JAMKHANDI URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>JAMIA CO-OPERATIVE BANK LTD, NEW DELHI</t>
+  </si>
+  <si>
+    <t>JALORE NAGRIK SAHAKARI BANK</t>
+  </si>
+  <si>
+    <t>JALNA MERCHANTS CO-OP BANK LTD.</t>
+  </si>
+  <si>
+    <t>JALGAON PEOPLE'S CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>JAIN SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>INDUSIND BANK LTD</t>
+  </si>
+  <si>
+    <t>INDRAYANI CO-OPERATIVE BANK LTD.PIMPRI</t>
+  </si>
+  <si>
+    <t>INDRAPRASTHA SAHKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>INDORE PARASPAR SAHAKARI BANK LTD., INDORE -2</t>
+  </si>
+  <si>
+    <t>INDORE CLOTH MARKET CO-OPERATIVE BANK LTD., INDORE</t>
+  </si>
+  <si>
+    <t>INCOME TAX DEPT.CO-OP.BANK LTD.(BOMBAY)</t>
+  </si>
+  <si>
+    <t>IDBI BANK LIMITED</t>
+  </si>
+  <si>
+    <t>IDAR NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>ICICI BANK LIMITED</t>
+  </si>
+  <si>
+    <t>HUTATMA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>HOOGLY DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>HONAVAR URBAN CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>HIMATNAGAR NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>HIMACHAL PRADESH GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>HASTI CO-OPERATIVE BANK LTD.DONDAICHA</t>
+  </si>
+  <si>
+    <t>HARYANA GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>GUNTUR CO-OP.URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>GUJARAT STATE CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>GUJARAT GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>GUJARAT AMBUJA CO-OP.BANK LTD.AHMEDABAD</t>
+  </si>
+  <si>
+    <t>GUARDIAN SOUHARDA SAHAKARI BANK NYMT.</t>
+  </si>
+  <si>
+    <t>GS MAHANAGAR CO-OPERATIVE BANK LTD., MUMBAI</t>
+  </si>
+  <si>
+    <t>GREATER BOMBAY CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>GRAIN MERCHANTS' CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>GP PARSIK SAHAKARI BANK LTD.,KALWA,THANE</t>
+  </si>
+  <si>
+    <t>GODAVARI URBAN CO-OP BANK LTD</t>
+  </si>
+  <si>
+    <t>GOA URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>GAUTAM SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>GANDHINAGAR NAGRIK CO-OP BANK LTD.</t>
+  </si>
+  <si>
+    <t>GANDHIDHAM MERCANTILE COOP BANK LTD</t>
+  </si>
+  <si>
+    <t>GANDEVI PEOPLES CO-OP BANK LTD.</t>
+  </si>
+  <si>
+    <t>FINGROWTH CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>FEDERAL BANK LTD</t>
+  </si>
+  <si>
+    <t>ESAF SMALL FINANCE BANK LIMITED</t>
+  </si>
+  <si>
+    <t>ELURI CO-OP.URBAN BANK LTD. GUNTUR</t>
+  </si>
+  <si>
+    <t>DURGAPUR STEEL PEOPLES' CO.OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>DOMBIVALI NAGARI SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>DOHA BANK Q.P.S.C.</t>
+  </si>
+  <si>
+    <t>DINDIGUL CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>DHARAMPURI DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>DHANLAXMI BANK LIMITED</t>
+  </si>
+  <si>
+    <t>DHANERA MERCANTILE CO-OP.BK.LTD.DHANERA</t>
+  </si>
+  <si>
+    <t>DHANBAD CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>DEENDAYAL NAGARI SAHAKARI BANK MARYADIT</t>
+  </si>
+  <si>
+    <t>DAVANGERE URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>DAVANGERE HARIHAR URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>DAVANAGERE CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>DAUSA URBAN CO.OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>DATTATRAYMAHARAJ KALAMBE JAOLI SAH.BK L.</t>
+  </si>
+  <si>
+    <t>DAHOD MERCANTILE CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>CUDDALORE DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>CSB BANK LIMITED</t>
+  </si>
+  <si>
+    <t>COSMOS CO-OPERATIVE BANK LTD.PUNE</t>
+  </si>
+  <si>
+    <t>CO-OP.BANK OF RAJKOT LTD.</t>
+  </si>
+  <si>
+    <t>CONTAI CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>COL. R. D. NIKAM SAINIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>COIMBATORE DISTRICT CENTRAL CO-OPERTIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>COASTAL  LOCAL  AREA  BANK  LTD.</t>
+  </si>
+  <si>
+    <t>CITY UNION BANK LIMITED</t>
+  </si>
+  <si>
+    <t>CITIZENS CO-OP.BANK LTD.(RAJKOT)</t>
+  </si>
+  <si>
+    <t>CITIZENCREDIT CO-OPERATIVE BANK LTD., MUMBAI</t>
+  </si>
+  <si>
+    <t>CHITRADURG DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>CHIPLUN URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>CHIKMAGALUR DIST.COOP CENTRAL BK LTD.</t>
+  </si>
+  <si>
+    <t>CHHAPI NAGRIK SAHAKARI BANK LTD</t>
+  </si>
+  <si>
+    <t>CHENNAI CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>CHANASMA NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>BRAHMAPURI URBAN CO.OP. BANK LTD.</t>
+  </si>
+  <si>
+    <t>BOMBAY MERCANTILE CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>BIKANER CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>BIHAR GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>BICHOLIM URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>BHUJ MERCANTILE CO-OP BANK LTD</t>
+  </si>
+  <si>
+    <t>BHUJ COMMERCIAL CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>BHIWANI CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>BHILWARA URBAN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>BHAVANI URBAN CO-OP BANK LTD</t>
+  </si>
+  <si>
+    <t>BHAVANA RISHI CO-OP URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>BHARATI SAHAKARI BANK LTD.(POONA)</t>
+  </si>
+  <si>
+    <t>BHANDARA URBAN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>BHAGYODOYA CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>BHAGINI NIVEDITA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>BHADRADRI CO.OP.URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>BELLARY DISTRICT CENTRAL CO-OP.BANK</t>
+  </si>
+  <si>
+    <t>BELGAUM DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>BAVLA NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>BASSEIN CATHOLIC CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>BASODA NAGRIK SAHAKARI BANK LTD., GANJ BASODA</t>
+  </si>
+  <si>
+    <t>BARODA CITY CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>BARDOLI NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>BARAN NAGRIK SAHKARI BANK LTD</t>
+  </si>
+  <si>
+    <t>BANK OF BAHRAIN &amp; KUWAIT B.S.C.</t>
+  </si>
+  <si>
+    <t>BANGALORE CITY CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>BANASKANTHA MERCANTILE CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>BALUSSERI CO-OPERATIVE URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>BALOTRA URBAN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>BALITIKURI CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>BALASINOR NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>AXIS BANK LIMITED</t>
+  </si>
+  <si>
+    <t>ASSAM GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>ASHTA PEOPLE'S CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>ARVIND SAHAKARI BANK LTD., KATOL, NAGPUR</t>
+  </si>
+  <si>
+    <t>ARUNACHAL PRADESH RURAL BANK</t>
+  </si>
+  <si>
+    <t>ARIHANT URBAN CO-OPERATIVE BANK LTD., INDORE</t>
+  </si>
+  <si>
+    <t>A.P.VARDHAMAN(MAHILA) CO-OP.URBAN BK</t>
+  </si>
+  <si>
+    <t>APPASAHEB BIRNALE SAHAKARI BANK LTD., DUDHGAON</t>
+  </si>
+  <si>
+    <t>ANDHRA PRADESH MAHESH CO-OPERATIVE URBAN BANK LTD., HYDERABAD</t>
+  </si>
+  <si>
+    <t>ANDHRA PRADESH GRAMEENA BANK</t>
+  </si>
+  <si>
+    <t>ANAND MERCANTILE CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>AMRELI NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>AMBERNATH JAI HIND CO-OP.BANK LTD.,AMBERNATH</t>
+  </si>
+  <si>
+    <t>AMBAJOGAI PEOPLES' CO-OP BANK MYDT</t>
+  </si>
+  <si>
+    <t>AMARNATH CO-OPERATIVE BANK LIMITED</t>
+  </si>
+  <si>
+    <t>ALAVI CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>AKOLA URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>AKHAND ANAND CO-OP.BANK LTD. SURAT</t>
+  </si>
+  <si>
+    <t>AJRA URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>AHMEDNAGAR MERCHANTS CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>AHMEDNAGAR DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>AHMEDABAD MERCANTILE CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>AHILYANAGAR ZILLA PRATHAMIK SHIKSHAK SAHAKARI BANK LTD., AHILYANAGAR</t>
+  </si>
+  <si>
+    <t>ADARSH CO-OP URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>ADARNIYA P. D. PATILSAHEB SAHAKARI BANK LTD. KARAD</t>
+  </si>
+  <si>
+    <t>A/C.GENERALS'OFF.CO-OP.BANK,BANGALORE</t>
+  </si>
+  <si>
+    <t>ABHYUDAYA CO-OP. BANK LTD., MUMBAI</t>
+  </si>
+  <si>
+    <t>ABHINAV SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>ABHINANDAN URBAN CO-OP.BK.LTD.AMARAVATI</t>
+  </si>
+  <si>
+    <t>No. of active customers using mobile banking</t>
+  </si>
+  <si>
+    <t>Value 
+(in 000's)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Volume
+(in actuals)</t>
+  </si>
+  <si>
+    <t>Bank Name</t>
+  </si>
+  <si>
+    <t>Sr.
+No</t>
+  </si>
+  <si>
+    <t>Bank-wise Mobile Banking Statistics for the month of November 2025</t>
+  </si>
+  <si>
+    <t>Active customers - Number of customers who have used internet banking facility at least once in 2 months (i.e. reporting month and previous month) to carry out a financial transaction. Even if a customer has done multiple transactions during the period, it is counted as one.</t>
+  </si>
+  <si>
+    <t>NOTE: The data is provisional</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>QATAR NATIONAL BANK (Q.P.S.C)</t>
+  </si>
+  <si>
+    <t>PILIBHIT DISTRICT CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>ODISHA GRAMEEN BANK</t>
+  </si>
+  <si>
+    <t>MIZUHO BANK LTD</t>
+  </si>
+  <si>
+    <t>JPMORGAN CHASE BANK NATIONAL ASSOCIATION</t>
+  </si>
+  <si>
+    <t>INDUSTRIAL AND COMMERCIAL BANK OF CHINA</t>
+  </si>
+  <si>
+    <t>EMIRATES NBD BANK (P.J.S.C.)</t>
+  </si>
+  <si>
+    <t>CHHATTISGARH GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>BANK OF AMERICA , NATIONAL ASSOCIATION</t>
+  </si>
+  <si>
+    <t>No. of active customers using internet banking</t>
+  </si>
+  <si>
+    <t>Value
+(in Rs'000)</t>
+  </si>
+  <si>
+    <t>Volume
+(in actuals)</t>
+  </si>
+  <si>
+    <t>Bank</t>
+  </si>
+  <si>
+    <t>Bank-wise Internet Banking Statistics for the month of November 2025</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
+        <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>NOTE:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> The data from July 2017 includes only individual payments and corporate payments initiated, processed, and authorised using mobile device. Other corporate payments which are not initiated, processed, and authorised using mobile device are excluded.</t>
     </r>
   </si>
-  <si>
-[...1668 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="3">
-[...2 lines deleted...]
-    <numFmt numFmtId="166" formatCode="0.000"/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="0.0000"/>
+    <numFmt numFmtId="165" formatCode="0.000"/>
   </numFmts>
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -3181,230 +3173,247 @@
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF333333"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1" tint="4.9989318521683403E-2"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1" tint="4.9989318521683403E-2"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF333333"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color indexed="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color indexed="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="5">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="9">
+  <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
-      <top style="thin">
-[...39 lines deleted...]
-      <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFCAC9D9"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="72">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
@@ -3420,182 +3429,187 @@
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="2" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="2" borderId="2" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="2" borderId="2" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="9" fillId="2" borderId="2" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="9" fillId="2" borderId="2" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="3" applyFill="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...87 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="7" applyFont="1" applyFill="1"/>
-    <xf numFmtId="165" fontId="15" fillId="3" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="15" fillId="3" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="15" fillId="3" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="2" fontId="15" fillId="3" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="1" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="16" fillId="3" borderId="1" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="16" fillId="3" borderId="1" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="16" fillId="3" borderId="1" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="15" fillId="0" borderId="1" xfId="7" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="2" fontId="15" fillId="0" borderId="1" xfId="7" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="1" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="7" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="13" fillId="0" borderId="1" xfId="7" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="166" fontId="13" fillId="0" borderId="1" xfId="7" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="165" fontId="13" fillId="0" borderId="1" xfId="7" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="3" borderId="0" xfId="7" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="3" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="17" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="17" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="17" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="17" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="19" fillId="3" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="19" fillId="3" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="17" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="17" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="20" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="2" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="3" borderId="2" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="14" fillId="3" borderId="5" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="14" fillId="3" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="14" fillId="3" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="13" fillId="3" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="13" fillId="3" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="1" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="1" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="justify"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="1" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="16" fillId="3" borderId="1" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="3" borderId="1" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{7AB12620-335A-4017-925E-F24424200280}"/>
     <cellStyle name="Normal 2 3 2" xfId="5" xr:uid="{AAE9E3BB-5121-4BA5-B8FC-1AC73B2A0868}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{2CE0D2A8-081A-470E-B20E-75C0A21C8A2A}"/>
     <cellStyle name="Normal 3 2" xfId="7" xr:uid="{9795E5AC-9C8A-42EE-8AE6-A61F2D00A205}"/>
     <cellStyle name="Normal 4" xfId="3" xr:uid="{7DE7CED7-DFC7-4EF4-83E2-D8C811FFB8CC}"/>
     <cellStyle name="Normal 5" xfId="4" xr:uid="{A93DC8CA-6749-4E90-A108-3B5CF1510B39}"/>
     <cellStyle name="Normal 5 3" xfId="6" xr:uid="{093BED6D-FEEC-4964-A7CB-3A979B377542}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -3899,100 +3913,100 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{25166ABB-1CA5-460A-8630-8B7EE640C4D2}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:G236"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+    <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="1"/>
     <col min="2" max="2" width="6.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="62.42578125" customWidth="1"/>
     <col min="4" max="7" width="17.85546875" customWidth="1"/>
     <col min="8" max="9" width="36.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B2" s="21" t="s">
+      <c r="B2" s="54" t="s">
         <v>237</v>
       </c>
-      <c r="C2" s="21"/>
-[...3 lines deleted...]
-      <c r="G2" s="21"/>
+      <c r="C2" s="54"/>
+      <c r="D2" s="54"/>
+      <c r="E2" s="54"/>
+      <c r="F2" s="54"/>
+      <c r="G2" s="54"/>
     </row>
     <row r="3" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B3" s="22" t="s">
+      <c r="B3" s="55" t="s">
         <v>49</v>
       </c>
-      <c r="C3" s="22" t="s">
+      <c r="C3" s="55" t="s">
         <v>50</v>
       </c>
-      <c r="D3" s="22" t="s">
+      <c r="D3" s="55" t="s">
         <v>51</v>
       </c>
-      <c r="E3" s="22" t="s">
+      <c r="E3" s="55" t="s">
         <v>52</v>
       </c>
-      <c r="F3" s="22" t="s">
+      <c r="F3" s="55" t="s">
         <v>53</v>
       </c>
-      <c r="G3" s="22" t="s">
+      <c r="G3" s="55" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="4" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B4" s="22"/>
-[...4 lines deleted...]
-      <c r="G4" s="22"/>
+      <c r="B4" s="55"/>
+      <c r="C4" s="55"/>
+      <c r="D4" s="55"/>
+      <c r="E4" s="55"/>
+      <c r="F4" s="55"/>
+      <c r="G4" s="55"/>
     </row>
     <row r="5" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B5" s="2">
         <v>1</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="4">
         <v>414845</v>
       </c>
       <c r="E5" s="5">
         <v>854.64770965499997</v>
       </c>
       <c r="F5" s="4">
         <v>101096</v>
       </c>
       <c r="G5" s="5">
         <v>614.73812803199996</v>
       </c>
     </row>
     <row r="6" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B6" s="2">
         <v>2</v>
       </c>
@@ -8636,134 +8650,134 @@
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.7109375" style="20" customWidth="1"/>
     <col min="2" max="2" width="4.85546875" style="20" customWidth="1"/>
     <col min="3" max="3" width="59.5703125" style="20" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="20" customWidth="1"/>
     <col min="5" max="6" width="10" style="20" customWidth="1"/>
     <col min="7" max="7" width="8.7109375" style="20" customWidth="1"/>
     <col min="8" max="8" width="12.7109375" style="20" customWidth="1"/>
     <col min="9" max="9" width="12.5703125" style="20" customWidth="1"/>
     <col min="10" max="10" width="12.42578125" style="20" customWidth="1"/>
     <col min="11" max="11" width="8.7109375" style="20" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="20" customWidth="1"/>
     <col min="13" max="14" width="10" style="20" customWidth="1"/>
     <col min="15" max="15" width="8.7109375" style="20" customWidth="1"/>
     <col min="16" max="16" width="11.85546875" style="20" customWidth="1"/>
     <col min="17" max="18" width="12.5703125" style="20" customWidth="1"/>
     <col min="19" max="19" width="8.7109375" style="20" customWidth="1"/>
     <col min="20" max="16384" width="9.140625" style="20"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:19" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B1" s="23"/>
-      <c r="C1" s="23"/>
+      <c r="B1" s="56"/>
+      <c r="C1" s="56"/>
     </row>
     <row r="2" spans="2:19" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B2" s="24" t="s">
+      <c r="B2" s="57" t="s">
         <v>238</v>
       </c>
-      <c r="C2" s="24"/>
-[...15 lines deleted...]
-      <c r="S2" s="24"/>
+      <c r="C2" s="57"/>
+      <c r="D2" s="57"/>
+      <c r="E2" s="57"/>
+      <c r="F2" s="57"/>
+      <c r="G2" s="57"/>
+      <c r="H2" s="57"/>
+      <c r="I2" s="57"/>
+      <c r="J2" s="57"/>
+      <c r="K2" s="57"/>
+      <c r="L2" s="57"/>
+      <c r="M2" s="57"/>
+      <c r="N2" s="57"/>
+      <c r="O2" s="57"/>
+      <c r="P2" s="57"/>
+      <c r="Q2" s="57"/>
+      <c r="R2" s="57"/>
+      <c r="S2" s="57"/>
     </row>
     <row r="3" spans="2:19" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B3" s="25" t="s">
+      <c r="B3" s="58" t="s">
         <v>239</v>
       </c>
-      <c r="C3" s="25" t="s">
+      <c r="C3" s="58" t="s">
         <v>240</v>
       </c>
-      <c r="D3" s="25" t="s">
+      <c r="D3" s="58" t="s">
         <v>241</v>
       </c>
-      <c r="E3" s="25"/>
-[...6 lines deleted...]
-      <c r="L3" s="25" t="s">
+      <c r="E3" s="58"/>
+      <c r="F3" s="58"/>
+      <c r="G3" s="58"/>
+      <c r="H3" s="58"/>
+      <c r="I3" s="58"/>
+      <c r="J3" s="58"/>
+      <c r="K3" s="58"/>
+      <c r="L3" s="58" t="s">
         <v>242</v>
       </c>
-      <c r="M3" s="25"/>
-[...5 lines deleted...]
-      <c r="S3" s="25"/>
+      <c r="M3" s="58"/>
+      <c r="N3" s="58"/>
+      <c r="O3" s="58"/>
+      <c r="P3" s="58"/>
+      <c r="Q3" s="58"/>
+      <c r="R3" s="58"/>
+      <c r="S3" s="58"/>
     </row>
     <row r="4" spans="2:19" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B4" s="25"/>
-[...1 lines deleted...]
-      <c r="D4" s="25" t="s">
+      <c r="B4" s="58"/>
+      <c r="C4" s="58"/>
+      <c r="D4" s="58" t="s">
         <v>243</v>
       </c>
-      <c r="E4" s="25"/>
-[...2 lines deleted...]
-      <c r="H4" s="25" t="s">
+      <c r="E4" s="58"/>
+      <c r="F4" s="58"/>
+      <c r="G4" s="58"/>
+      <c r="H4" s="58" t="s">
         <v>244</v>
       </c>
-      <c r="I4" s="25"/>
-[...2 lines deleted...]
-      <c r="L4" s="25" t="s">
+      <c r="I4" s="58"/>
+      <c r="J4" s="58"/>
+      <c r="K4" s="58"/>
+      <c r="L4" s="58" t="s">
         <v>243</v>
       </c>
-      <c r="M4" s="25"/>
-[...2 lines deleted...]
-      <c r="P4" s="25" t="s">
+      <c r="M4" s="58"/>
+      <c r="N4" s="58"/>
+      <c r="O4" s="58"/>
+      <c r="P4" s="58" t="s">
         <v>244</v>
       </c>
-      <c r="Q4" s="25"/>
-[...1 lines deleted...]
-      <c r="S4" s="25"/>
+      <c r="Q4" s="58"/>
+      <c r="R4" s="58"/>
+      <c r="S4" s="58"/>
     </row>
     <row r="5" spans="2:19" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B5" s="25"/>
-      <c r="C5" s="25"/>
+      <c r="B5" s="58"/>
+      <c r="C5" s="58"/>
       <c r="D5" s="10" t="s">
         <v>245</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>246</v>
       </c>
       <c r="F5" s="10" t="s">
         <v>247</v>
       </c>
       <c r="G5" s="10" t="s">
         <v>248</v>
       </c>
       <c r="H5" s="10" t="s">
         <v>245</v>
       </c>
       <c r="I5" s="10" t="s">
         <v>246</v>
       </c>
       <c r="J5" s="11" t="s">
         <v>247</v>
       </c>
       <c r="K5" s="10" t="s">
         <v>248</v>
       </c>
       <c r="L5" s="10" t="s">
@@ -21681,12617 +21695,12592 @@
         <v>100</v>
       </c>
     </row>
     <row r="250" spans="2:19" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="B2:S2"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:C5"/>
     <mergeCell ref="D3:K3"/>
     <mergeCell ref="L3:S3"/>
     <mergeCell ref="D4:G4"/>
     <mergeCell ref="H4:K4"/>
     <mergeCell ref="L4:O4"/>
     <mergeCell ref="P4:S4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="56" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{64080F83-C163-4923-8E66-D71FE8BBE6F3}">
-  <dimension ref="B2:M600"/>
+  <dimension ref="B2:F597"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="1" style="26" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="9.140625" style="26"/>
+    <col min="1" max="1" width="2.5703125" style="53" customWidth="1"/>
+    <col min="2" max="2" width="7.140625" style="53" customWidth="1"/>
+    <col min="3" max="3" width="70.42578125" style="53" customWidth="1"/>
+    <col min="4" max="4" width="16.5703125" style="53" customWidth="1"/>
+    <col min="5" max="5" width="24.5703125" style="53" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="20.28515625" style="53" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="9.140625" style="53"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:6" s="32" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="51" t="s">
+    <row r="2" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B2" s="60" t="s">
+        <v>983</v>
+      </c>
+      <c r="C2" s="61"/>
+      <c r="D2" s="61"/>
+      <c r="E2" s="61"/>
+      <c r="F2" s="62"/>
+    </row>
+    <row r="3" spans="2:6" s="37" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="B3" s="38" t="s">
+        <v>982</v>
+      </c>
+      <c r="C3" s="38" t="s">
+        <v>981</v>
+      </c>
+      <c r="D3" s="39" t="s">
+        <v>980</v>
+      </c>
+      <c r="E3" s="39" t="s">
+        <v>979</v>
+      </c>
+      <c r="F3" s="39" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="4" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="70">
+        <v>1</v>
+      </c>
+      <c r="C4" s="40" t="s">
+        <v>955</v>
+      </c>
+      <c r="D4" s="41">
+        <v>134491</v>
+      </c>
+      <c r="E4" s="42">
+        <v>430113.359</v>
+      </c>
+      <c r="F4" s="41">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="5" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="71">
+        <v>2</v>
+      </c>
+      <c r="C5" s="43" t="s">
+        <v>974</v>
+      </c>
+      <c r="D5" s="44">
+        <v>8859</v>
+      </c>
+      <c r="E5" s="45">
+        <v>45094.057999999997</v>
+      </c>
+      <c r="F5" s="44">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="6" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B6" s="72">
+        <v>3</v>
+      </c>
+      <c r="C6" s="46" t="s">
+        <v>977</v>
+      </c>
+      <c r="D6" s="47">
+        <v>87565</v>
+      </c>
+      <c r="E6" s="48">
+        <v>382604.95299999998</v>
+      </c>
+      <c r="F6" s="47">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="7" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="70">
+        <v>4</v>
+      </c>
+      <c r="C7" s="43" t="s">
+        <v>976</v>
+      </c>
+      <c r="D7" s="44">
+        <v>11249</v>
+      </c>
+      <c r="E7" s="45">
+        <v>256924.72700000001</v>
+      </c>
+      <c r="F7" s="44">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="8" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="71">
+        <v>5</v>
+      </c>
+      <c r="C8" s="43" t="s">
+        <v>975</v>
+      </c>
+      <c r="D8" s="44">
+        <v>10118949</v>
+      </c>
+      <c r="E8" s="45">
+        <v>12711900.892999999</v>
+      </c>
+      <c r="F8" s="44">
+        <v>264530</v>
+      </c>
+    </row>
+    <row r="9" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="72">
+        <v>6</v>
+      </c>
+      <c r="C9" s="43" t="s">
+        <v>973</v>
+      </c>
+      <c r="D9" s="44">
+        <v>144076</v>
+      </c>
+      <c r="E9" s="45">
+        <v>178274.649</v>
+      </c>
+      <c r="F9" s="44">
+        <v>4339</v>
+      </c>
+    </row>
+    <row r="10" spans="2:6" s="37" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="70">
+        <v>7</v>
+      </c>
+      <c r="C10" s="43" t="s">
+        <v>972</v>
+      </c>
+      <c r="D10" s="44">
+        <v>11971</v>
+      </c>
+      <c r="E10" s="45">
+        <v>512438.04800000001</v>
+      </c>
+      <c r="F10" s="44">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="11" spans="2:6" s="37" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B11" s="71">
+        <v>8</v>
+      </c>
+      <c r="C11" s="43" t="s">
+        <v>971</v>
+      </c>
+      <c r="D11" s="44">
+        <v>457</v>
+      </c>
+      <c r="E11" s="45">
+        <v>8637.1329999999998</v>
+      </c>
+      <c r="F11" s="44">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="12" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="72">
+        <v>9</v>
+      </c>
+      <c r="C12" s="43" t="s">
+        <v>970</v>
+      </c>
+      <c r="D12" s="44">
+        <v>581117</v>
+      </c>
+      <c r="E12" s="45">
+        <v>4591530.6310000001</v>
+      </c>
+      <c r="F12" s="44">
+        <v>7677</v>
+      </c>
+    </row>
+    <row r="13" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="70">
+        <v>10</v>
+      </c>
+      <c r="C13" s="43" t="s">
+        <v>969</v>
+      </c>
+      <c r="D13" s="44">
+        <v>948508</v>
+      </c>
+      <c r="E13" s="45">
+        <v>1265593.848</v>
+      </c>
+      <c r="F13" s="44">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="14" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="71">
+        <v>11</v>
+      </c>
+      <c r="C14" s="43" t="s">
+        <v>968</v>
+      </c>
+      <c r="D14" s="44">
+        <v>32694</v>
+      </c>
+      <c r="E14" s="45">
+        <v>888623.36499999999</v>
+      </c>
+      <c r="F14" s="44">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="15" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="72">
+        <v>12</v>
+      </c>
+      <c r="C15" s="43" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" s="44">
+        <v>534090163</v>
+      </c>
+      <c r="E15" s="45">
+        <v>291540435.82999998</v>
+      </c>
+      <c r="F15" s="44">
+        <v>17534324</v>
+      </c>
+    </row>
+    <row r="16" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="70">
+        <v>13</v>
+      </c>
+      <c r="C16" s="43" t="s">
+        <v>967</v>
+      </c>
+      <c r="D16" s="44">
+        <v>9045</v>
+      </c>
+      <c r="E16" s="45">
+        <v>156516.01500000001</v>
+      </c>
+      <c r="F16" s="44">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="17" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="71">
+        <v>14</v>
+      </c>
+      <c r="C17" s="43" t="s">
+        <v>966</v>
+      </c>
+      <c r="D17" s="44">
+        <v>12519</v>
+      </c>
+      <c r="E17" s="45">
+        <v>453052.56800000003</v>
+      </c>
+      <c r="F17" s="44">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="18" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="72">
+        <v>15</v>
+      </c>
+      <c r="C18" s="43" t="s">
+        <v>965</v>
+      </c>
+      <c r="D18" s="44">
+        <v>190543</v>
+      </c>
+      <c r="E18" s="45">
+        <v>521562.31099999999</v>
+      </c>
+      <c r="F18" s="44">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="19" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="70">
+        <v>16</v>
+      </c>
+      <c r="C19" s="43" t="s">
+        <v>964</v>
+      </c>
+      <c r="D19" s="44">
+        <v>1238</v>
+      </c>
+      <c r="E19" s="45">
+        <v>64635.474999999999</v>
+      </c>
+      <c r="F19" s="44">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="20" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="71">
+        <v>17</v>
+      </c>
+      <c r="C20" s="43" t="s">
+        <v>963</v>
+      </c>
+      <c r="D20" s="44">
+        <v>304</v>
+      </c>
+      <c r="E20" s="45">
+        <v>17133.636999999999</v>
+      </c>
+      <c r="F20" s="44">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="21" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="72">
+        <v>18</v>
+      </c>
+      <c r="C21" s="43" t="s">
+        <v>962</v>
+      </c>
+      <c r="D21" s="44">
+        <v>494393</v>
+      </c>
+      <c r="E21" s="45">
+        <v>877452.16899999999</v>
+      </c>
+      <c r="F21" s="44">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="22" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="70">
+        <v>19</v>
+      </c>
+      <c r="C22" s="43" t="s">
+        <v>961</v>
+      </c>
+      <c r="D22" s="44">
+        <v>7577</v>
+      </c>
+      <c r="E22" s="45">
+        <v>212359.92600000001</v>
+      </c>
+      <c r="F22" s="44">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="23" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="71">
+        <v>20</v>
+      </c>
+      <c r="C23" s="43" t="s">
+        <v>960</v>
+      </c>
+      <c r="D23" s="44">
+        <v>15510</v>
+      </c>
+      <c r="E23" s="45">
+        <v>320291.41200000001</v>
+      </c>
+      <c r="F23" s="44">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="24" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="72">
+        <v>21</v>
+      </c>
+      <c r="C24" s="43" t="s">
+        <v>959</v>
+      </c>
+      <c r="D24" s="44">
+        <v>21161</v>
+      </c>
+      <c r="E24" s="45">
+        <v>148301.84899999999</v>
+      </c>
+      <c r="F24" s="44">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="25" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="70">
+        <v>22</v>
+      </c>
+      <c r="C25" s="43" t="s">
+        <v>958</v>
+      </c>
+      <c r="D25" s="44">
+        <v>27657450</v>
+      </c>
+      <c r="E25" s="45">
+        <v>39089212.891999997</v>
+      </c>
+      <c r="F25" s="44">
+        <v>162611</v>
+      </c>
+    </row>
+    <row r="26" spans="2:6" s="37" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B26" s="71">
+        <v>23</v>
+      </c>
+      <c r="C26" s="43" t="s">
+        <v>957</v>
+      </c>
+      <c r="D26" s="44">
+        <v>13913</v>
+      </c>
+      <c r="E26" s="45">
+        <v>622039.674</v>
+      </c>
+      <c r="F26" s="44">
+        <v>20563</v>
+      </c>
+    </row>
+    <row r="27" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="72">
+        <v>24</v>
+      </c>
+      <c r="C27" s="43" t="s">
+        <v>255</v>
+      </c>
+      <c r="D27" s="44">
+        <v>184782</v>
+      </c>
+      <c r="E27" s="45">
+        <v>2349706.0950000002</v>
+      </c>
+      <c r="F27" s="44">
+        <v>5657</v>
+      </c>
+    </row>
+    <row r="28" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="70">
+        <v>25</v>
+      </c>
+      <c r="C28" s="43" t="s">
+        <v>956</v>
+      </c>
+      <c r="D28" s="44">
+        <v>913</v>
+      </c>
+      <c r="E28" s="45">
+        <v>19340.79</v>
+      </c>
+      <c r="F28" s="44">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="29" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="71">
+        <v>26</v>
+      </c>
+      <c r="C29" s="43" t="s">
+        <v>954</v>
+      </c>
+      <c r="D29" s="44">
+        <v>45</v>
+      </c>
+      <c r="E29" s="45">
+        <v>1259.7280000000001</v>
+      </c>
+      <c r="F29" s="44">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="30" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="72">
+        <v>27</v>
+      </c>
+      <c r="C30" s="43" t="s">
+        <v>953</v>
+      </c>
+      <c r="D30" s="44">
+        <v>6663</v>
+      </c>
+      <c r="E30" s="45">
+        <v>336403.84899999999</v>
+      </c>
+      <c r="F30" s="44">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="31" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="70">
+        <v>28</v>
+      </c>
+      <c r="C31" s="43" t="s">
+        <v>952</v>
+      </c>
+      <c r="D31" s="44">
+        <v>392276</v>
+      </c>
+      <c r="E31" s="45">
+        <v>1083687.0530000001</v>
+      </c>
+      <c r="F31" s="44">
         <v>984</v>
       </c>
-      <c r="C2" s="50"/>
-[...25 lines deleted...]
-      <c r="C4" s="46" t="s">
+    </row>
+    <row r="32" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="71">
+        <v>29</v>
+      </c>
+      <c r="C32" s="43" t="s">
+        <v>951</v>
+      </c>
+      <c r="D32" s="44">
+        <v>92375</v>
+      </c>
+      <c r="E32" s="45">
+        <v>159189.97099999999</v>
+      </c>
+      <c r="F32" s="44">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="33" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="72">
+        <v>30</v>
+      </c>
+      <c r="C33" s="43" t="s">
+        <v>950</v>
+      </c>
+      <c r="D33" s="44">
+        <v>7111134</v>
+      </c>
+      <c r="E33" s="45">
+        <v>6688705.2989999996</v>
+      </c>
+      <c r="F33" s="44">
+        <v>27540</v>
+      </c>
+    </row>
+    <row r="34" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="70">
+        <v>31</v>
+      </c>
+      <c r="C34" s="43" t="s">
+        <v>0</v>
+      </c>
+      <c r="D34" s="44">
+        <v>57548735</v>
+      </c>
+      <c r="E34" s="45">
+        <v>289805940.33899999</v>
+      </c>
+      <c r="F34" s="44">
+        <v>393264</v>
+      </c>
+    </row>
+    <row r="35" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B35" s="71">
+        <v>32</v>
+      </c>
+      <c r="C35" s="43" t="s">
+        <v>949</v>
+      </c>
+      <c r="D35" s="44">
+        <v>960618420</v>
+      </c>
+      <c r="E35" s="45">
+        <v>2516090812.48</v>
+      </c>
+      <c r="F35" s="44">
+        <v>4773080</v>
+      </c>
+    </row>
+    <row r="36" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="72">
+        <v>33</v>
+      </c>
+      <c r="C36" s="43" t="s">
+        <v>948</v>
+      </c>
+      <c r="D36" s="44">
+        <v>18626</v>
+      </c>
+      <c r="E36" s="45">
+        <v>159137.25599999999</v>
+      </c>
+      <c r="F36" s="44">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="37" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="70">
+        <v>34</v>
+      </c>
+      <c r="C37" s="43" t="s">
+        <v>947</v>
+      </c>
+      <c r="D37" s="44">
+        <v>19735</v>
+      </c>
+      <c r="E37" s="45">
+        <v>32727.098999999998</v>
+      </c>
+      <c r="F37" s="44">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="38" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="71">
+        <v>35</v>
+      </c>
+      <c r="C38" s="43" t="s">
+        <v>946</v>
+      </c>
+      <c r="D38" s="44">
+        <v>108057</v>
+      </c>
+      <c r="E38" s="45">
+        <v>863106.21699999995</v>
+      </c>
+      <c r="F38" s="44">
+        <v>2177</v>
+      </c>
+    </row>
+    <row r="39" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="72">
+        <v>36</v>
+      </c>
+      <c r="C39" s="43" t="s">
+        <v>945</v>
+      </c>
+      <c r="D39" s="44">
+        <v>8248</v>
+      </c>
+      <c r="E39" s="45">
+        <v>20461.508999999998</v>
+      </c>
+      <c r="F39" s="44">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="40" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="70">
+        <v>37</v>
+      </c>
+      <c r="C40" s="43" t="s">
+        <v>944</v>
+      </c>
+      <c r="D40" s="44">
+        <v>35937</v>
+      </c>
+      <c r="E40" s="45">
+        <v>3298467.0449999999</v>
+      </c>
+      <c r="F40" s="44">
+        <v>3291</v>
+      </c>
+    </row>
+    <row r="41" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="71">
+        <v>38</v>
+      </c>
+      <c r="C41" s="43" t="s">
+        <v>2</v>
+      </c>
+      <c r="D41" s="44">
+        <v>89573728</v>
+      </c>
+      <c r="E41" s="45">
+        <v>244191689.99200001</v>
+      </c>
+      <c r="F41" s="44">
+        <v>324692</v>
+      </c>
+    </row>
+    <row r="42" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B42" s="72">
+        <v>39</v>
+      </c>
+      <c r="C42" s="43" t="s">
+        <v>943</v>
+      </c>
+      <c r="D42" s="44">
+        <v>1236</v>
+      </c>
+      <c r="E42" s="45">
+        <v>46574.777000000002</v>
+      </c>
+      <c r="F42" s="44">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="43" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="70">
+        <v>40</v>
+      </c>
+      <c r="C43" s="43" t="s">
+        <v>942</v>
+      </c>
+      <c r="D43" s="44">
+        <v>698</v>
+      </c>
+      <c r="E43" s="45">
+        <v>11858.84</v>
+      </c>
+      <c r="F43" s="44">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="44" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="71">
+        <v>41</v>
+      </c>
+      <c r="C44" s="43" t="s">
+        <v>3</v>
+      </c>
+      <c r="D44" s="44">
+        <v>1341317923</v>
+      </c>
+      <c r="E44" s="45">
+        <v>2012908325.5510001</v>
+      </c>
+      <c r="F44" s="44">
+        <v>2666548</v>
+      </c>
+    </row>
+    <row r="45" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="72">
+        <v>42</v>
+      </c>
+      <c r="C45" s="43" t="s">
+        <v>6</v>
+      </c>
+      <c r="D45" s="44">
+        <v>590424113</v>
+      </c>
+      <c r="E45" s="45">
+        <v>819491240.58800006</v>
+      </c>
+      <c r="F45" s="44">
+        <v>453286</v>
+      </c>
+    </row>
+    <row r="46" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B46" s="70">
+        <v>43</v>
+      </c>
+      <c r="C46" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="D46" s="44">
+        <v>216132259</v>
+      </c>
+      <c r="E46" s="45">
+        <v>309946080.04100001</v>
+      </c>
+      <c r="F46" s="44">
+        <v>293921</v>
+      </c>
+    </row>
+    <row r="47" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="71">
+        <v>44</v>
+      </c>
+      <c r="C47" s="43" t="s">
+        <v>941</v>
+      </c>
+      <c r="D47" s="44">
+        <v>52444</v>
+      </c>
+      <c r="E47" s="45">
+        <v>517114.08600000001</v>
+      </c>
+      <c r="F47" s="44">
+        <v>2171</v>
+      </c>
+    </row>
+    <row r="48" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="72">
+        <v>45</v>
+      </c>
+      <c r="C48" s="43" t="s">
+        <v>940</v>
+      </c>
+      <c r="D48" s="44">
+        <v>18405</v>
+      </c>
+      <c r="E48" s="45">
+        <v>135031.31099999999</v>
+      </c>
+      <c r="F48" s="44">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="49" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B49" s="70">
+        <v>46</v>
+      </c>
+      <c r="C49" s="43" t="s">
+        <v>939</v>
+      </c>
+      <c r="D49" s="44">
+        <v>2857</v>
+      </c>
+      <c r="E49" s="45">
+        <v>174384.53899999999</v>
+      </c>
+      <c r="F49" s="44">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="50" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="71">
+        <v>47</v>
+      </c>
+      <c r="C50" s="43" t="s">
+        <v>938</v>
+      </c>
+      <c r="D50" s="44">
+        <v>422</v>
+      </c>
+      <c r="E50" s="45">
+        <v>12974.737999999999</v>
+      </c>
+      <c r="F50" s="44">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="51" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="72">
+        <v>48</v>
+      </c>
+      <c r="C51" s="43" t="s">
+        <v>937</v>
+      </c>
+      <c r="D51" s="44">
+        <v>90171</v>
+      </c>
+      <c r="E51" s="45">
+        <v>8112136.6140000001</v>
+      </c>
+      <c r="F51" s="44">
+        <v>24528</v>
+      </c>
+    </row>
+    <row r="52" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="70">
+        <v>49</v>
+      </c>
+      <c r="C52" s="43" t="s">
+        <v>936</v>
+      </c>
+      <c r="D52" s="44">
+        <v>25415</v>
+      </c>
+      <c r="E52" s="45">
+        <v>496869.02</v>
+      </c>
+      <c r="F52" s="44">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="53" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="71">
+        <v>50</v>
+      </c>
+      <c r="C53" s="43" t="s">
+        <v>935</v>
+      </c>
+      <c r="D53" s="44">
+        <v>4379</v>
+      </c>
+      <c r="E53" s="45">
+        <v>67180.467000000004</v>
+      </c>
+      <c r="F53" s="44">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="54" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B54" s="72">
+        <v>51</v>
+      </c>
+      <c r="C54" s="43" t="s">
+        <v>934</v>
+      </c>
+      <c r="D54" s="44">
+        <v>7443</v>
+      </c>
+      <c r="E54" s="45">
+        <v>175116.55799999999</v>
+      </c>
+      <c r="F54" s="44">
+        <v>7443</v>
+      </c>
+    </row>
+    <row r="55" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B55" s="70">
+        <v>52</v>
+      </c>
+      <c r="C55" s="43" t="s">
+        <v>933</v>
+      </c>
+      <c r="D55" s="44">
+        <v>689</v>
+      </c>
+      <c r="E55" s="45">
+        <v>19341.834999999999</v>
+      </c>
+      <c r="F55" s="44">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="56" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B56" s="71">
+        <v>53</v>
+      </c>
+      <c r="C56" s="43" t="s">
+        <v>932</v>
+      </c>
+      <c r="D56" s="44">
+        <v>816344</v>
+      </c>
+      <c r="E56" s="45">
+        <v>1028552.806</v>
+      </c>
+      <c r="F56" s="44">
+        <v>31903</v>
+      </c>
+    </row>
+    <row r="57" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B57" s="72">
+        <v>54</v>
+      </c>
+      <c r="C57" s="43" t="s">
+        <v>931</v>
+      </c>
+      <c r="D57" s="44">
+        <v>6092</v>
+      </c>
+      <c r="E57" s="45">
+        <v>558182.05599999998</v>
+      </c>
+      <c r="F57" s="44">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="58" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="70">
+        <v>55</v>
+      </c>
+      <c r="C58" s="43" t="s">
+        <v>930</v>
+      </c>
+      <c r="D58" s="44">
+        <v>1616</v>
+      </c>
+      <c r="E58" s="45">
+        <v>58670.987999999998</v>
+      </c>
+      <c r="F58" s="44">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="59" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B59" s="71">
+        <v>56</v>
+      </c>
+      <c r="C59" s="43" t="s">
+        <v>929</v>
+      </c>
+      <c r="D59" s="44">
+        <v>27655</v>
+      </c>
+      <c r="E59" s="45">
+        <v>264146.65999999997</v>
+      </c>
+      <c r="F59" s="44">
+        <v>1696</v>
+      </c>
+    </row>
+    <row r="60" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B60" s="72">
+        <v>57</v>
+      </c>
+      <c r="C60" s="43" t="s">
+        <v>928</v>
+      </c>
+      <c r="D60" s="44">
+        <v>1632</v>
+      </c>
+      <c r="E60" s="45">
+        <v>61924.239000000001</v>
+      </c>
+      <c r="F60" s="44">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="61" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B61" s="70">
+        <v>58</v>
+      </c>
+      <c r="C61" s="43" t="s">
+        <v>927</v>
+      </c>
+      <c r="D61" s="44">
+        <v>211850</v>
+      </c>
+      <c r="E61" s="45">
+        <v>244432</v>
+      </c>
+      <c r="F61" s="44">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="62" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="71">
+        <v>59</v>
+      </c>
+      <c r="C62" s="43" t="s">
+        <v>926</v>
+      </c>
+      <c r="D62" s="44">
+        <v>39225</v>
+      </c>
+      <c r="E62" s="45">
+        <v>113013.883</v>
+      </c>
+      <c r="F62" s="44">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="63" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B63" s="72">
+        <v>60</v>
+      </c>
+      <c r="C63" s="43" t="s">
+        <v>925</v>
+      </c>
+      <c r="D63" s="44">
+        <v>3486</v>
+      </c>
+      <c r="E63" s="45">
+        <v>107355.068</v>
+      </c>
+      <c r="F63" s="44">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="64" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B64" s="70">
+        <v>61</v>
+      </c>
+      <c r="C64" s="43" t="s">
+        <v>924</v>
+      </c>
+      <c r="D64" s="44">
+        <v>39642</v>
+      </c>
+      <c r="E64" s="45">
+        <v>834409.098</v>
+      </c>
+      <c r="F64" s="44">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="65" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B65" s="71">
+        <v>62</v>
+      </c>
+      <c r="C65" s="43" t="s">
+        <v>923</v>
+      </c>
+      <c r="D65" s="44">
+        <v>2799</v>
+      </c>
+      <c r="E65" s="45">
+        <v>261805.69399999999</v>
+      </c>
+      <c r="F65" s="44">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="66" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B66" s="72">
+        <v>63</v>
+      </c>
+      <c r="C66" s="43" t="s">
+        <v>922</v>
+      </c>
+      <c r="D66" s="44">
+        <v>8759</v>
+      </c>
+      <c r="E66" s="45">
+        <v>107396.185</v>
+      </c>
+      <c r="F66" s="44">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="67" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B67" s="70">
+        <v>64</v>
+      </c>
+      <c r="C67" s="43" t="s">
+        <v>921</v>
+      </c>
+      <c r="D67" s="44">
+        <v>187062</v>
+      </c>
+      <c r="E67" s="45">
+        <v>2858188.8450000002</v>
+      </c>
+      <c r="F67" s="44">
+        <v>13972</v>
+      </c>
+    </row>
+    <row r="68" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B68" s="71">
+        <v>65</v>
+      </c>
+      <c r="C68" s="43" t="s">
+        <v>920</v>
+      </c>
+      <c r="D68" s="44">
+        <v>1875</v>
+      </c>
+      <c r="E68" s="45">
+        <v>26395.277999999998</v>
+      </c>
+      <c r="F68" s="44">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="69" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B69" s="72">
+        <v>66</v>
+      </c>
+      <c r="C69" s="43" t="s">
+        <v>919</v>
+      </c>
+      <c r="D69" s="44">
+        <v>813708</v>
+      </c>
+      <c r="E69" s="45">
+        <v>3043706.0249999999</v>
+      </c>
+      <c r="F69" s="44">
+        <v>1703</v>
+      </c>
+    </row>
+    <row r="70" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="70">
+        <v>67</v>
+      </c>
+      <c r="C70" s="43" t="s">
+        <v>918</v>
+      </c>
+      <c r="D70" s="44">
+        <v>398</v>
+      </c>
+      <c r="E70" s="45">
+        <v>17841.760999999999</v>
+      </c>
+      <c r="F70" s="44">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="71" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B71" s="71">
+        <v>68</v>
+      </c>
+      <c r="C71" s="43" t="s">
+        <v>78</v>
+      </c>
+      <c r="D71" s="44">
+        <v>1015161964</v>
+      </c>
+      <c r="E71" s="45">
+        <v>1789869163.4200001</v>
+      </c>
+      <c r="F71" s="44">
+        <v>2562357</v>
+      </c>
+    </row>
+    <row r="72" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B72" s="72">
+        <v>69</v>
+      </c>
+      <c r="C72" s="43" t="s">
+        <v>266</v>
+      </c>
+      <c r="D72" s="44">
+        <v>1817419</v>
+      </c>
+      <c r="E72" s="45">
+        <v>10752892.341</v>
+      </c>
+      <c r="F72" s="44">
+        <v>20336</v>
+      </c>
+    </row>
+    <row r="73" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B73" s="70">
+        <v>70</v>
+      </c>
+      <c r="C73" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="D73" s="44">
+        <v>333245762</v>
+      </c>
+      <c r="E73" s="45">
+        <v>544702435.50300002</v>
+      </c>
+      <c r="F73" s="44">
+        <v>447410</v>
+      </c>
+    </row>
+    <row r="74" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B74" s="71">
+        <v>71</v>
+      </c>
+      <c r="C74" s="43" t="s">
+        <v>917</v>
+      </c>
+      <c r="D74" s="44">
+        <v>906</v>
+      </c>
+      <c r="E74" s="45">
+        <v>49204.47</v>
+      </c>
+      <c r="F74" s="44">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="75" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B75" s="72">
+        <v>72</v>
+      </c>
+      <c r="C75" s="43" t="s">
+        <v>916</v>
+      </c>
+      <c r="D75" s="44">
+        <v>3276</v>
+      </c>
+      <c r="E75" s="45">
+        <v>47096</v>
+      </c>
+      <c r="F75" s="44">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="76" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B76" s="70">
+        <v>73</v>
+      </c>
+      <c r="C76" s="43" t="s">
+        <v>915</v>
+      </c>
+      <c r="D76" s="44">
+        <v>1192</v>
+      </c>
+      <c r="E76" s="45">
+        <v>83828.907999999996</v>
+      </c>
+      <c r="F76" s="44">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="77" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B77" s="71">
+        <v>74</v>
+      </c>
+      <c r="C77" s="43" t="s">
+        <v>914</v>
+      </c>
+      <c r="D77" s="44">
+        <v>911</v>
+      </c>
+      <c r="E77" s="45">
+        <v>16864.739000000001</v>
+      </c>
+      <c r="F77" s="44">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="78" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B78" s="72">
+        <v>75</v>
+      </c>
+      <c r="C78" s="43" t="s">
+        <v>913</v>
+      </c>
+      <c r="D78" s="44">
+        <v>465</v>
+      </c>
+      <c r="E78" s="45">
+        <v>9050.9490000000005</v>
+      </c>
+      <c r="F78" s="44">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="79" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B79" s="70">
+        <v>76</v>
+      </c>
+      <c r="C79" s="43" t="s">
+        <v>912</v>
+      </c>
+      <c r="D79" s="44">
+        <v>860</v>
+      </c>
+      <c r="E79" s="45">
+        <v>62717.514000000003</v>
+      </c>
+      <c r="F79" s="44">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="80" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B80" s="71">
+        <v>77</v>
+      </c>
+      <c r="C80" s="43" t="s">
+        <v>911</v>
+      </c>
+      <c r="D80" s="44">
+        <v>600083</v>
+      </c>
+      <c r="E80" s="45">
+        <v>784780.64199999999</v>
+      </c>
+      <c r="F80" s="44">
+        <v>5522</v>
+      </c>
+    </row>
+    <row r="81" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B81" s="72">
+        <v>78</v>
+      </c>
+      <c r="C81" s="43" t="s">
+        <v>910</v>
+      </c>
+      <c r="D81" s="44">
+        <v>9085</v>
+      </c>
+      <c r="E81" s="45">
+        <v>845692.65399999998</v>
+      </c>
+      <c r="F81" s="44">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="82" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B82" s="70">
+        <v>79</v>
+      </c>
+      <c r="C82" s="43" t="s">
+        <v>909</v>
+      </c>
+      <c r="D82" s="44">
+        <v>85467222</v>
+      </c>
+      <c r="E82" s="45">
+        <v>162753907.63100001</v>
+      </c>
+      <c r="F82" s="44">
+        <v>249977</v>
+      </c>
+    </row>
+    <row r="83" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B83" s="71">
+        <v>80</v>
+      </c>
+      <c r="C83" s="43" t="s">
+        <v>908</v>
+      </c>
+      <c r="D83" s="44">
+        <v>30916</v>
+      </c>
+      <c r="E83" s="45">
+        <v>673741.31700000004</v>
+      </c>
+      <c r="F83" s="44">
+        <v>2265</v>
+      </c>
+    </row>
+    <row r="84" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B84" s="72">
+        <v>81</v>
+      </c>
+      <c r="C84" s="43" t="s">
+        <v>907</v>
+      </c>
+      <c r="D84" s="44">
+        <v>463</v>
+      </c>
+      <c r="E84" s="45">
+        <v>4208.1660000000002</v>
+      </c>
+      <c r="F84" s="44">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="85" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B85" s="70">
+        <v>82</v>
+      </c>
+      <c r="C85" s="43" t="s">
+        <v>906</v>
+      </c>
+      <c r="D85" s="44">
+        <v>334</v>
+      </c>
+      <c r="E85" s="45">
+        <v>2716.7139999999999</v>
+      </c>
+      <c r="F85" s="44">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="86" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B86" s="71">
+        <v>83</v>
+      </c>
+      <c r="C86" s="43" t="s">
+        <v>905</v>
+      </c>
+      <c r="D86" s="44">
+        <v>2060</v>
+      </c>
+      <c r="E86" s="45">
+        <v>123719.8</v>
+      </c>
+      <c r="F86" s="44">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="87" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B87" s="72">
+        <v>84</v>
+      </c>
+      <c r="C87" s="43" t="s">
+        <v>904</v>
+      </c>
+      <c r="D87" s="44">
+        <v>27837</v>
+      </c>
+      <c r="E87" s="45">
+        <v>2164217.7949999999</v>
+      </c>
+      <c r="F87" s="44">
+        <v>4334</v>
+      </c>
+    </row>
+    <row r="88" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B88" s="70">
+        <v>85</v>
+      </c>
+      <c r="C88" s="43" t="s">
+        <v>903</v>
+      </c>
+      <c r="D88" s="44">
+        <v>84679</v>
+      </c>
+      <c r="E88" s="45">
+        <v>6884367.3380000005</v>
+      </c>
+      <c r="F88" s="44">
+        <v>10477</v>
+      </c>
+    </row>
+    <row r="89" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B89" s="71">
+        <v>86</v>
+      </c>
+      <c r="C89" s="43" t="s">
+        <v>902</v>
+      </c>
+      <c r="D89" s="44">
+        <v>210456</v>
+      </c>
+      <c r="E89" s="45">
+        <v>5523727.6960000005</v>
+      </c>
+      <c r="F89" s="44">
+        <v>30471</v>
+      </c>
+    </row>
+    <row r="90" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B90" s="72">
+        <v>87</v>
+      </c>
+      <c r="C90" s="43" t="s">
+        <v>901</v>
+      </c>
+      <c r="D90" s="44">
+        <v>212</v>
+      </c>
+      <c r="E90" s="45">
+        <v>1097.683</v>
+      </c>
+      <c r="F90" s="44">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="91" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B91" s="70">
+        <v>88</v>
+      </c>
+      <c r="C91" s="43" t="s">
+        <v>900</v>
+      </c>
+      <c r="D91" s="44">
+        <v>4059</v>
+      </c>
+      <c r="E91" s="45">
+        <v>581258.64599999995</v>
+      </c>
+      <c r="F91" s="44">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="92" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B92" s="71">
+        <v>89</v>
+      </c>
+      <c r="C92" s="43" t="s">
+        <v>899</v>
+      </c>
+      <c r="D92" s="44">
+        <v>12890</v>
+      </c>
+      <c r="E92" s="45">
+        <v>218258.29800000001</v>
+      </c>
+      <c r="F92" s="44">
+        <v>2748</v>
+      </c>
+    </row>
+    <row r="93" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B93" s="72">
+        <v>90</v>
+      </c>
+      <c r="C93" s="43" t="s">
+        <v>898</v>
+      </c>
+      <c r="D93" s="44">
+        <v>19275</v>
+      </c>
+      <c r="E93" s="45">
+        <v>338640.66</v>
+      </c>
+      <c r="F93" s="44">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="94" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B94" s="70">
+        <v>91</v>
+      </c>
+      <c r="C94" s="43" t="s">
+        <v>897</v>
+      </c>
+      <c r="D94" s="44">
+        <v>1119</v>
+      </c>
+      <c r="E94" s="45">
+        <v>49089.072</v>
+      </c>
+      <c r="F94" s="44">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="95" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B95" s="71">
+        <v>92</v>
+      </c>
+      <c r="C95" s="43" t="s">
+        <v>896</v>
+      </c>
+      <c r="D95" s="44">
+        <v>71</v>
+      </c>
+      <c r="E95" s="45">
+        <v>2133.5770000000002</v>
+      </c>
+      <c r="F95" s="44">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="96" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B96" s="72">
+        <v>93</v>
+      </c>
+      <c r="C96" s="43" t="s">
+        <v>895</v>
+      </c>
+      <c r="D96" s="44">
+        <v>1013</v>
+      </c>
+      <c r="E96" s="45">
+        <v>57268.548000000003</v>
+      </c>
+      <c r="F96" s="44">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="97" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B97" s="70">
+        <v>94</v>
+      </c>
+      <c r="C97" s="43" t="s">
+        <v>275</v>
+      </c>
+      <c r="D97" s="44">
+        <v>28898360</v>
+      </c>
+      <c r="E97" s="45">
+        <v>60164724.026000001</v>
+      </c>
+      <c r="F97" s="44">
+        <v>96670</v>
+      </c>
+    </row>
+    <row r="98" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B98" s="71">
+        <v>95</v>
+      </c>
+      <c r="C98" s="43" t="s">
+        <v>89</v>
+      </c>
+      <c r="D98" s="44">
+        <v>11227623</v>
+      </c>
+      <c r="E98" s="45">
+        <v>48253217.596000001</v>
+      </c>
+      <c r="F98" s="44">
+        <v>103169</v>
+      </c>
+    </row>
+    <row r="99" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B99" s="72">
+        <v>96</v>
+      </c>
+      <c r="C99" s="43" t="s">
+        <v>894</v>
+      </c>
+      <c r="D99" s="44">
+        <v>2417</v>
+      </c>
+      <c r="E99" s="45">
+        <v>117448.962</v>
+      </c>
+      <c r="F99" s="44">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="100" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B100" s="70">
+        <v>97</v>
+      </c>
+      <c r="C100" s="43" t="s">
+        <v>279</v>
+      </c>
+      <c r="D100" s="44">
+        <v>1020251</v>
+      </c>
+      <c r="E100" s="45">
+        <v>4644539.0039999997</v>
+      </c>
+      <c r="F100" s="44">
+        <v>36100</v>
+      </c>
+    </row>
+    <row r="101" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B101" s="71">
+        <v>98</v>
+      </c>
+      <c r="C101" s="43" t="s">
+        <v>893</v>
+      </c>
+      <c r="D101" s="44">
+        <v>65132</v>
+      </c>
+      <c r="E101" s="45">
+        <v>102232.985</v>
+      </c>
+      <c r="F101" s="44">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="102" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B102" s="72">
+        <v>99</v>
+      </c>
+      <c r="C102" s="43" t="s">
+        <v>892</v>
+      </c>
+      <c r="D102" s="44">
+        <v>417331</v>
+      </c>
+      <c r="E102" s="45">
+        <v>2795423.9449999998</v>
+      </c>
+      <c r="F102" s="44">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="103" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B103" s="70">
+        <v>100</v>
+      </c>
+      <c r="C103" s="43" t="s">
+        <v>891</v>
+      </c>
+      <c r="D103" s="44">
+        <v>89269</v>
+      </c>
+      <c r="E103" s="45">
+        <v>4916910.6560000004</v>
+      </c>
+      <c r="F103" s="44">
+        <v>35248</v>
+      </c>
+    </row>
+    <row r="104" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B104" s="71">
+        <v>101</v>
+      </c>
+      <c r="C104" s="43" t="s">
+        <v>890</v>
+      </c>
+      <c r="D104" s="44">
+        <v>1537</v>
+      </c>
+      <c r="E104" s="45">
+        <v>19099.955000000002</v>
+      </c>
+      <c r="F104" s="44">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="105" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B105" s="72">
+        <v>102</v>
+      </c>
+      <c r="C105" s="43" t="s">
+        <v>889</v>
+      </c>
+      <c r="D105" s="44">
+        <v>95</v>
+      </c>
+      <c r="E105" s="45">
+        <v>377.86399999999998</v>
+      </c>
+      <c r="F105" s="44">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="106" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B106" s="70">
+        <v>103</v>
+      </c>
+      <c r="C106" s="43" t="s">
+        <v>888</v>
+      </c>
+      <c r="D106" s="44">
+        <v>1076</v>
+      </c>
+      <c r="E106" s="45">
+        <v>54121.317999999999</v>
+      </c>
+      <c r="F106" s="44">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="107" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B107" s="71">
+        <v>104</v>
+      </c>
+      <c r="C107" s="43" t="s">
+        <v>887</v>
+      </c>
+      <c r="D107" s="44">
+        <v>3694336</v>
+      </c>
+      <c r="E107" s="45">
+        <v>5698540.3909999998</v>
+      </c>
+      <c r="F107" s="44">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="108" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B108" s="72">
+        <v>105</v>
+      </c>
+      <c r="C108" s="43" t="s">
+        <v>886</v>
+      </c>
+      <c r="D108" s="44">
+        <v>3076</v>
+      </c>
+      <c r="E108" s="45">
+        <v>64582.720000000001</v>
+      </c>
+      <c r="F108" s="44">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="109" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B109" s="70">
+        <v>106</v>
+      </c>
+      <c r="C109" s="43" t="s">
+        <v>885</v>
+      </c>
+      <c r="D109" s="44">
+        <v>140</v>
+      </c>
+      <c r="E109" s="45">
+        <v>1061.385</v>
+      </c>
+      <c r="F109" s="44">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="110" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B110" s="71">
+        <v>107</v>
+      </c>
+      <c r="C110" s="43" t="s">
+        <v>100</v>
+      </c>
+      <c r="D110" s="44">
+        <v>405973</v>
+      </c>
+      <c r="E110" s="45">
+        <v>53681006.292000003</v>
+      </c>
+      <c r="F110" s="44">
+        <v>369736</v>
+      </c>
+    </row>
+    <row r="111" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B111" s="72">
+        <v>108</v>
+      </c>
+      <c r="C111" s="43" t="s">
+        <v>884</v>
+      </c>
+      <c r="D111" s="44">
+        <v>207115</v>
+      </c>
+      <c r="E111" s="45">
+        <v>6296057.0020000003</v>
+      </c>
+      <c r="F111" s="44">
+        <v>55190</v>
+      </c>
+    </row>
+    <row r="112" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B112" s="70">
+        <v>109</v>
+      </c>
+      <c r="C112" s="43" t="s">
+        <v>883</v>
+      </c>
+      <c r="D112" s="44">
+        <v>12870114</v>
+      </c>
+      <c r="E112" s="45">
+        <v>176758825.755</v>
+      </c>
+      <c r="F112" s="44">
+        <v>1858570</v>
+      </c>
+    </row>
+    <row r="113" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B113" s="71">
+        <v>110</v>
+      </c>
+      <c r="C113" s="43" t="s">
+        <v>882</v>
+      </c>
+      <c r="D113" s="44">
+        <v>29934</v>
+      </c>
+      <c r="E113" s="45">
+        <v>1371918.7450000001</v>
+      </c>
+      <c r="F113" s="44">
+        <v>10303</v>
+      </c>
+    </row>
+    <row r="114" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B114" s="72">
+        <v>111</v>
+      </c>
+      <c r="C114" s="43" t="s">
+        <v>12</v>
+      </c>
+      <c r="D114" s="44">
+        <v>202998544</v>
+      </c>
+      <c r="E114" s="45">
+        <v>100816238.256</v>
+      </c>
+      <c r="F114" s="44">
+        <v>5097943</v>
+      </c>
+    </row>
+    <row r="115" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B115" s="70">
+        <v>112</v>
+      </c>
+      <c r="C115" s="43" t="s">
+        <v>881</v>
+      </c>
+      <c r="D115" s="44">
+        <v>53072</v>
+      </c>
+      <c r="E115" s="45">
+        <v>222904.236</v>
+      </c>
+      <c r="F115" s="44">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="116" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B116" s="71">
+        <v>113</v>
+      </c>
+      <c r="C116" s="43" t="s">
+        <v>880</v>
+      </c>
+      <c r="D116" s="44">
+        <v>29835</v>
+      </c>
+      <c r="E116" s="45">
+        <v>356968.35600000003</v>
+      </c>
+      <c r="F116" s="44">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="117" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B117" s="72">
+        <v>114</v>
+      </c>
+      <c r="C117" s="43" t="s">
+        <v>879</v>
+      </c>
+      <c r="D117" s="44">
+        <v>42400</v>
+      </c>
+      <c r="E117" s="45">
+        <v>202819.75899999999</v>
+      </c>
+      <c r="F117" s="44">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="118" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B118" s="70">
+        <v>115</v>
+      </c>
+      <c r="C118" s="43" t="s">
+        <v>878</v>
+      </c>
+      <c r="D118" s="44">
+        <v>4603</v>
+      </c>
+      <c r="E118" s="45">
+        <v>33239.372000000003</v>
+      </c>
+      <c r="F118" s="44">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="119" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B119" s="71">
+        <v>116</v>
+      </c>
+      <c r="C119" s="43" t="s">
+        <v>877</v>
+      </c>
+      <c r="D119" s="44">
+        <v>931</v>
+      </c>
+      <c r="E119" s="45">
+        <v>6888.9030000000002</v>
+      </c>
+      <c r="F119" s="44">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="120" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B120" s="72">
+        <v>117</v>
+      </c>
+      <c r="C120" s="43" t="s">
+        <v>876</v>
+      </c>
+      <c r="D120" s="44">
+        <v>374</v>
+      </c>
+      <c r="E120" s="45">
+        <v>18683.466</v>
+      </c>
+      <c r="F120" s="44">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="121" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B121" s="70">
+        <v>118</v>
+      </c>
+      <c r="C121" s="43" t="s">
+        <v>875</v>
+      </c>
+      <c r="D121" s="44">
+        <v>5529474</v>
+      </c>
+      <c r="E121" s="45">
+        <v>9873655.9010000005</v>
+      </c>
+      <c r="F121" s="44">
+        <v>6930</v>
+      </c>
+    </row>
+    <row r="122" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B122" s="71">
+        <v>119</v>
+      </c>
+      <c r="C122" s="43" t="s">
+        <v>874</v>
+      </c>
+      <c r="D122" s="44">
+        <v>37</v>
+      </c>
+      <c r="E122" s="45">
+        <v>4519.8879999999999</v>
+      </c>
+      <c r="F122" s="44">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="123" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B123" s="72">
+        <v>120</v>
+      </c>
+      <c r="C123" s="43" t="s">
+        <v>873</v>
+      </c>
+      <c r="D123" s="44">
+        <v>17521</v>
+      </c>
+      <c r="E123" s="45">
+        <v>424078.41</v>
+      </c>
+      <c r="F123" s="44">
+        <v>3117</v>
+      </c>
+    </row>
+    <row r="124" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B124" s="70">
+        <v>121</v>
+      </c>
+      <c r="C124" s="43" t="s">
+        <v>872</v>
+      </c>
+      <c r="D124" s="44">
+        <v>2500617</v>
+      </c>
+      <c r="E124" s="45">
+        <v>5305184.8969999999</v>
+      </c>
+      <c r="F124" s="44">
+        <v>6755</v>
+      </c>
+    </row>
+    <row r="125" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B125" s="71">
+        <v>122</v>
+      </c>
+      <c r="C125" s="43" t="s">
+        <v>871</v>
+      </c>
+      <c r="D125" s="44">
+        <v>183321</v>
+      </c>
+      <c r="E125" s="45">
+        <v>228439.58100000001</v>
+      </c>
+      <c r="F125" s="44">
+        <v>2567</v>
+      </c>
+    </row>
+    <row r="126" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B126" s="72">
+        <v>123</v>
+      </c>
+      <c r="C126" s="43" t="s">
+        <v>870</v>
+      </c>
+      <c r="D126" s="44">
+        <v>2034</v>
+      </c>
+      <c r="E126" s="45">
+        <v>151806.03099999999</v>
+      </c>
+      <c r="F126" s="44">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="127" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B127" s="70">
+        <v>124</v>
+      </c>
+      <c r="C127" s="43" t="s">
+        <v>869</v>
+      </c>
+      <c r="D127" s="44">
+        <v>8261123</v>
+      </c>
+      <c r="E127" s="45">
+        <v>11620204.9</v>
+      </c>
+      <c r="F127" s="44">
+        <v>22184</v>
+      </c>
+    </row>
+    <row r="128" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B128" s="71">
+        <v>125</v>
+      </c>
+      <c r="C128" s="43" t="s">
+        <v>868</v>
+      </c>
+      <c r="D128" s="44">
+        <v>820475</v>
+      </c>
+      <c r="E128" s="45">
+        <v>2235478.571</v>
+      </c>
+      <c r="F128" s="44">
+        <v>6247</v>
+      </c>
+    </row>
+    <row r="129" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B129" s="72">
+        <v>126</v>
+      </c>
+      <c r="C129" s="43" t="s">
+        <v>867</v>
+      </c>
+      <c r="D129" s="44">
+        <v>413</v>
+      </c>
+      <c r="E129" s="45">
+        <v>7564.03</v>
+      </c>
+      <c r="F129" s="44">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="130" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B130" s="70">
+        <v>127</v>
+      </c>
+      <c r="C130" s="43" t="s">
+        <v>866</v>
+      </c>
+      <c r="D130" s="44">
+        <v>90330</v>
+      </c>
+      <c r="E130" s="45">
+        <v>2542609.0019999999</v>
+      </c>
+      <c r="F130" s="44">
+        <v>12080</v>
+      </c>
+    </row>
+    <row r="131" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B131" s="71">
+        <v>128</v>
+      </c>
+      <c r="C131" s="43" t="s">
+        <v>865</v>
+      </c>
+      <c r="D131" s="44">
+        <v>720213</v>
+      </c>
+      <c r="E131" s="45">
+        <v>2202896.4530000002</v>
+      </c>
+      <c r="F131" s="44">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="132" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B132" s="72">
+        <v>129</v>
+      </c>
+      <c r="C132" s="43" t="s">
+        <v>295</v>
+      </c>
+      <c r="D132" s="44">
+        <v>1542529259</v>
+      </c>
+      <c r="E132" s="45">
+        <v>4937637517.6820002</v>
+      </c>
+      <c r="F132" s="44">
+        <v>21127843</v>
+      </c>
+    </row>
+    <row r="133" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B133" s="70">
+        <v>130</v>
+      </c>
+      <c r="C133" s="43" t="s">
+        <v>864</v>
+      </c>
+      <c r="D133" s="44">
+        <v>35412</v>
+      </c>
+      <c r="E133" s="45">
+        <v>1159040.176</v>
+      </c>
+      <c r="F133" s="44">
+        <v>41454</v>
+      </c>
+    </row>
+    <row r="134" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B134" s="71">
+        <v>131</v>
+      </c>
+      <c r="C134" s="43" t="s">
+        <v>863</v>
+      </c>
+      <c r="D134" s="44">
+        <v>82205</v>
+      </c>
+      <c r="E134" s="45">
+        <v>515009.66800000001</v>
+      </c>
+      <c r="F134" s="44">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="135" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B135" s="72">
+        <v>132</v>
+      </c>
+      <c r="C135" s="43" t="s">
+        <v>862</v>
+      </c>
+      <c r="D135" s="44">
+        <v>565</v>
+      </c>
+      <c r="E135" s="45">
+        <v>5164.7179999999998</v>
+      </c>
+      <c r="F135" s="44">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="136" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B136" s="70">
+        <v>133</v>
+      </c>
+      <c r="C136" s="43" t="s">
+        <v>861</v>
+      </c>
+      <c r="D136" s="44">
+        <v>2669</v>
+      </c>
+      <c r="E136" s="45">
+        <v>32897</v>
+      </c>
+      <c r="F136" s="44">
+        <v>2293</v>
+      </c>
+    </row>
+    <row r="137" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B137" s="71">
+        <v>134</v>
+      </c>
+      <c r="C137" s="43" t="s">
+        <v>860</v>
+      </c>
+      <c r="D137" s="44">
+        <v>1258</v>
+      </c>
+      <c r="E137" s="45">
+        <v>23767.08</v>
+      </c>
+      <c r="F137" s="44">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="138" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B138" s="72">
+        <v>135</v>
+      </c>
+      <c r="C138" s="43" t="s">
+        <v>859</v>
+      </c>
+      <c r="D138" s="44">
+        <v>698605772</v>
+      </c>
+      <c r="E138" s="45">
+        <v>3679439088.2030001</v>
+      </c>
+      <c r="F138" s="44">
+        <v>17095625</v>
+      </c>
+    </row>
+    <row r="139" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B139" s="70">
+        <v>136</v>
+      </c>
+      <c r="C139" s="43" t="s">
+        <v>858</v>
+      </c>
+      <c r="D139" s="44">
+        <v>353</v>
+      </c>
+      <c r="E139" s="45">
+        <v>7347.2960000000003</v>
+      </c>
+      <c r="F139" s="44">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="140" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B140" s="71">
+        <v>137</v>
+      </c>
+      <c r="C140" s="43" t="s">
+        <v>857</v>
+      </c>
+      <c r="D140" s="44">
+        <v>194575828</v>
+      </c>
+      <c r="E140" s="45">
+        <v>442925475.29799998</v>
+      </c>
+      <c r="F140" s="44">
+        <v>438233</v>
+      </c>
+    </row>
+    <row r="141" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B141" s="72">
+        <v>138</v>
+      </c>
+      <c r="C141" s="43" t="s">
+        <v>301</v>
+      </c>
+      <c r="D141" s="44">
+        <v>131638984</v>
+      </c>
+      <c r="E141" s="45">
+        <v>696987787.41100001</v>
+      </c>
+      <c r="F141" s="44">
+        <v>1864249</v>
+      </c>
+    </row>
+    <row r="142" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B142" s="70">
+        <v>139</v>
+      </c>
+      <c r="C142" s="43" t="s">
+        <v>856</v>
+      </c>
+      <c r="D142" s="44">
+        <v>2361</v>
+      </c>
+      <c r="E142" s="45">
+        <v>35242.277000000002</v>
+      </c>
+      <c r="F142" s="44">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="143" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B143" s="71">
+        <v>140</v>
+      </c>
+      <c r="C143" s="43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D143" s="44">
+        <v>40461938</v>
+      </c>
+      <c r="E143" s="45">
+        <v>39178771.523000002</v>
+      </c>
+      <c r="F143" s="44">
+        <v>2887163</v>
+      </c>
+    </row>
+    <row r="144" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B144" s="72">
+        <v>141</v>
+      </c>
+      <c r="C144" s="43" t="s">
+        <v>14</v>
+      </c>
+      <c r="D144" s="44">
+        <v>628284247</v>
+      </c>
+      <c r="E144" s="45">
+        <v>867949329.64999998</v>
+      </c>
+      <c r="F144" s="44">
+        <v>1801124</v>
+      </c>
+    </row>
+    <row r="145" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B145" s="70">
+        <v>142</v>
+      </c>
+      <c r="C145" s="43" t="s">
+        <v>15</v>
+      </c>
+      <c r="D145" s="44">
+        <v>321625419</v>
+      </c>
+      <c r="E145" s="45">
+        <v>456962647.89700001</v>
+      </c>
+      <c r="F145" s="44">
+        <v>1621257</v>
+      </c>
+    </row>
+    <row r="146" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B146" s="71">
+        <v>143</v>
+      </c>
+      <c r="C146" s="43" t="s">
+        <v>855</v>
+      </c>
+      <c r="D146" s="44">
+        <v>4644</v>
+      </c>
+      <c r="E146" s="45">
+        <v>106627.375</v>
+      </c>
+      <c r="F146" s="44">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="147" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B147" s="72">
+        <v>144</v>
+      </c>
+      <c r="C147" s="43" t="s">
+        <v>854</v>
+      </c>
+      <c r="D147" s="44">
+        <v>39390</v>
+      </c>
+      <c r="E147" s="45">
+        <v>110223.408</v>
+      </c>
+      <c r="F147" s="44">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="148" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B148" s="70">
+        <v>145</v>
+      </c>
+      <c r="C148" s="43" t="s">
+        <v>853</v>
+      </c>
+      <c r="D148" s="44">
+        <v>2796</v>
+      </c>
+      <c r="E148" s="45">
+        <v>161909.67800000001</v>
+      </c>
+      <c r="F148" s="44">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="149" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B149" s="71">
+        <v>146</v>
+      </c>
+      <c r="C149" s="43" t="s">
+        <v>852</v>
+      </c>
+      <c r="D149" s="44">
+        <v>796</v>
+      </c>
+      <c r="E149" s="45">
+        <v>18489.235000000001</v>
+      </c>
+      <c r="F149" s="44">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="150" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B150" s="72">
+        <v>147</v>
+      </c>
+      <c r="C150" s="43" t="s">
+        <v>851</v>
+      </c>
+      <c r="D150" s="44">
+        <v>198411826</v>
+      </c>
+      <c r="E150" s="45">
+        <v>810279385.85800004</v>
+      </c>
+      <c r="F150" s="44">
+        <v>779145</v>
+      </c>
+    </row>
+    <row r="151" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B151" s="70">
+        <v>148</v>
+      </c>
+      <c r="C151" s="43" t="s">
+        <v>850</v>
+      </c>
+      <c r="D151" s="44">
+        <v>1274</v>
+      </c>
+      <c r="E151" s="45">
+        <v>21376.835999999999</v>
+      </c>
+      <c r="F151" s="44">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="152" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B152" s="71">
+        <v>149</v>
+      </c>
+      <c r="C152" s="43" t="s">
+        <v>306</v>
+      </c>
+      <c r="D152" s="44">
+        <v>1570657</v>
+      </c>
+      <c r="E152" s="45">
+        <v>3454793.892</v>
+      </c>
+      <c r="F152" s="44">
+        <v>6720</v>
+      </c>
+    </row>
+    <row r="153" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B153" s="72">
+        <v>150</v>
+      </c>
+      <c r="C153" s="43" t="s">
+        <v>849</v>
+      </c>
+      <c r="D153" s="44">
+        <v>1471091</v>
+      </c>
+      <c r="E153" s="45">
+        <v>5239252.76</v>
+      </c>
+      <c r="F153" s="44">
+        <v>6381</v>
+      </c>
+    </row>
+    <row r="154" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B154" s="70">
+        <v>151</v>
+      </c>
+      <c r="C154" s="43" t="s">
+        <v>848</v>
+      </c>
+      <c r="D154" s="44">
+        <v>459573</v>
+      </c>
+      <c r="E154" s="45">
+        <v>1075547.4240000001</v>
+      </c>
+      <c r="F154" s="44">
+        <v>4156</v>
+      </c>
+    </row>
+    <row r="155" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B155" s="71">
+        <v>152</v>
+      </c>
+      <c r="C155" s="43" t="s">
+        <v>847</v>
+      </c>
+      <c r="D155" s="44">
+        <v>22899</v>
+      </c>
+      <c r="E155" s="45">
+        <v>183700</v>
+      </c>
+      <c r="F155" s="44">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="156" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B156" s="72">
+        <v>153</v>
+      </c>
+      <c r="C156" s="43" t="s">
+        <v>846</v>
+      </c>
+      <c r="D156" s="44">
+        <v>2992</v>
+      </c>
+      <c r="E156" s="45">
+        <v>36774</v>
+      </c>
+      <c r="F156" s="44">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="157" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B157" s="70">
+        <v>154</v>
+      </c>
+      <c r="C157" s="43" t="s">
+        <v>845</v>
+      </c>
+      <c r="D157" s="44">
+        <v>57146</v>
+      </c>
+      <c r="E157" s="45">
+        <v>95737.035999999993</v>
+      </c>
+      <c r="F157" s="44">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="158" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B158" s="71">
+        <v>155</v>
+      </c>
+      <c r="C158" s="43" t="s">
+        <v>843</v>
+      </c>
+      <c r="D158" s="44">
+        <v>121933532</v>
+      </c>
+      <c r="E158" s="45">
+        <v>292943990.39499998</v>
+      </c>
+      <c r="F158" s="44">
+        <v>1100717</v>
+      </c>
+    </row>
+    <row r="159" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B159" s="72">
+        <v>156</v>
+      </c>
+      <c r="C159" s="43" t="s">
+        <v>844</v>
+      </c>
+      <c r="D159" s="44">
+        <v>3474681</v>
+      </c>
+      <c r="E159" s="45">
+        <v>6545837.6730000004</v>
+      </c>
+      <c r="F159" s="44">
+        <v>20475</v>
+      </c>
+    </row>
+    <row r="160" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B160" s="70">
+        <v>157</v>
+      </c>
+      <c r="C160" s="43" t="s">
+        <v>842</v>
+      </c>
+      <c r="D160" s="44">
+        <v>1468</v>
+      </c>
+      <c r="E160" s="45">
+        <v>222941.652</v>
+      </c>
+      <c r="F160" s="44">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="161" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B161" s="71">
+        <v>158</v>
+      </c>
+      <c r="C161" s="43" t="s">
+        <v>17</v>
+      </c>
+      <c r="D161" s="44">
+        <v>190035</v>
+      </c>
+      <c r="E161" s="45">
+        <v>8049166.1900000004</v>
+      </c>
+      <c r="F161" s="44">
+        <v>51094</v>
+      </c>
+    </row>
+    <row r="162" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B162" s="72">
+        <v>159</v>
+      </c>
+      <c r="C162" s="43" t="s">
+        <v>841</v>
+      </c>
+      <c r="D162" s="44">
+        <v>34744</v>
+      </c>
+      <c r="E162" s="45">
+        <v>1010604.607</v>
+      </c>
+      <c r="F162" s="44">
+        <v>5221</v>
+      </c>
+    </row>
+    <row r="163" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B163" s="70">
+        <v>160</v>
+      </c>
+      <c r="C163" s="43" t="s">
+        <v>840</v>
+      </c>
+      <c r="D163" s="44">
+        <v>13934</v>
+      </c>
+      <c r="E163" s="45">
+        <v>471868.91100000002</v>
+      </c>
+      <c r="F163" s="44">
+        <v>2175</v>
+      </c>
+    </row>
+    <row r="164" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B164" s="71">
+        <v>161</v>
+      </c>
+      <c r="C164" s="43" t="s">
+        <v>839</v>
+      </c>
+      <c r="D164" s="44">
+        <v>772</v>
+      </c>
+      <c r="E164" s="45">
+        <v>29044.789000000001</v>
+      </c>
+      <c r="F164" s="44">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="165" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B165" s="72">
+        <v>162</v>
+      </c>
+      <c r="C165" s="43" t="s">
+        <v>838</v>
+      </c>
+      <c r="D165" s="44">
+        <v>5948815</v>
+      </c>
+      <c r="E165" s="45">
+        <v>8316404.2479999997</v>
+      </c>
+      <c r="F165" s="44">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="166" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B166" s="70">
+        <v>163</v>
+      </c>
+      <c r="C166" s="43" t="s">
+        <v>837</v>
+      </c>
+      <c r="D166" s="44">
+        <v>1370</v>
+      </c>
+      <c r="E166" s="45">
+        <v>71630.085000000006</v>
+      </c>
+      <c r="F166" s="44">
+        <v>6174</v>
+      </c>
+    </row>
+    <row r="167" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B167" s="71">
+        <v>164</v>
+      </c>
+      <c r="C167" s="43" t="s">
+        <v>836</v>
+      </c>
+      <c r="D167" s="44">
+        <v>259</v>
+      </c>
+      <c r="E167" s="45">
+        <v>4621.3599999999997</v>
+      </c>
+      <c r="F167" s="44">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="168" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B168" s="72">
+        <v>165</v>
+      </c>
+      <c r="C168" s="43" t="s">
+        <v>835</v>
+      </c>
+      <c r="D168" s="44">
+        <v>212457</v>
+      </c>
+      <c r="E168" s="45">
+        <v>4096546.39</v>
+      </c>
+      <c r="F168" s="44">
+        <v>23167</v>
+      </c>
+    </row>
+    <row r="169" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B169" s="70">
+        <v>166</v>
+      </c>
+      <c r="C169" s="43" t="s">
+        <v>834</v>
+      </c>
+      <c r="D169" s="44">
+        <v>179915</v>
+      </c>
+      <c r="E169" s="45">
+        <v>260479.85800000001</v>
+      </c>
+      <c r="F169" s="44">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="170" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B170" s="71">
+        <v>167</v>
+      </c>
+      <c r="C170" s="43" t="s">
+        <v>833</v>
+      </c>
+      <c r="D170" s="44">
+        <v>579515</v>
+      </c>
+      <c r="E170" s="45">
+        <v>790572.40300000005</v>
+      </c>
+      <c r="F170" s="44">
+        <v>2186</v>
+      </c>
+    </row>
+    <row r="171" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B171" s="72">
+        <v>168</v>
+      </c>
+      <c r="C171" s="43" t="s">
+        <v>832</v>
+      </c>
+      <c r="D171" s="44">
+        <v>1666</v>
+      </c>
+      <c r="E171" s="45">
+        <v>26584.846000000001</v>
+      </c>
+      <c r="F171" s="44">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="172" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B172" s="70">
+        <v>169</v>
+      </c>
+      <c r="C172" s="43" t="s">
+        <v>831</v>
+      </c>
+      <c r="D172" s="44">
+        <v>4737</v>
+      </c>
+      <c r="E172" s="45">
+        <v>397956.38400000002</v>
+      </c>
+      <c r="F172" s="44">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="173" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B173" s="71">
+        <v>170</v>
+      </c>
+      <c r="C173" s="43" t="s">
+        <v>830</v>
+      </c>
+      <c r="D173" s="44">
+        <v>2281</v>
+      </c>
+      <c r="E173" s="45">
+        <v>62496.345999999998</v>
+      </c>
+      <c r="F173" s="44">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="174" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B174" s="72">
+        <v>171</v>
+      </c>
+      <c r="C174" s="43" t="s">
+        <v>829</v>
+      </c>
+      <c r="D174" s="44">
+        <v>1423</v>
+      </c>
+      <c r="E174" s="45">
+        <v>85893.581000000006</v>
+      </c>
+      <c r="F174" s="44">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="175" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B175" s="70">
+        <v>172</v>
+      </c>
+      <c r="C175" s="43" t="s">
+        <v>828</v>
+      </c>
+      <c r="D175" s="44">
+        <v>953</v>
+      </c>
+      <c r="E175" s="45">
+        <v>26621.550999999999</v>
+      </c>
+      <c r="F175" s="44">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="176" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B176" s="71">
+        <v>173</v>
+      </c>
+      <c r="C176" s="43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D176" s="44">
+        <v>64780678</v>
+      </c>
+      <c r="E176" s="45">
+        <v>37972146.210000001</v>
+      </c>
+      <c r="F176" s="44">
+        <v>470649</v>
+      </c>
+    </row>
+    <row r="177" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B177" s="72">
+        <v>174</v>
+      </c>
+      <c r="C177" s="43" t="s">
+        <v>827</v>
+      </c>
+      <c r="D177" s="44">
+        <v>39048</v>
+      </c>
+      <c r="E177" s="45">
+        <v>363006.05699999997</v>
+      </c>
+      <c r="F177" s="44">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="178" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B178" s="70">
+        <v>175</v>
+      </c>
+      <c r="C178" s="43" t="s">
+        <v>826</v>
+      </c>
+      <c r="D178" s="44">
+        <v>35200</v>
+      </c>
+      <c r="E178" s="45">
+        <v>262238.57</v>
+      </c>
+      <c r="F178" s="44">
+        <v>2526</v>
+      </c>
+    </row>
+    <row r="179" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B179" s="71">
+        <v>176</v>
+      </c>
+      <c r="C179" s="43" t="s">
+        <v>825</v>
+      </c>
+      <c r="D179" s="44">
+        <v>1645</v>
+      </c>
+      <c r="E179" s="45">
+        <v>56916.966999999997</v>
+      </c>
+      <c r="F179" s="44">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="180" spans="2:6" s="37" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B180" s="72">
+        <v>177</v>
+      </c>
+      <c r="C180" s="43" t="s">
+        <v>824</v>
+      </c>
+      <c r="D180" s="44">
+        <v>252</v>
+      </c>
+      <c r="E180" s="45">
+        <v>5971.6289999999999</v>
+      </c>
+      <c r="F180" s="44">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="181" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B181" s="70">
+        <v>178</v>
+      </c>
+      <c r="C181" s="43" t="s">
+        <v>823</v>
+      </c>
+      <c r="D181" s="44">
+        <v>11826</v>
+      </c>
+      <c r="E181" s="45">
+        <v>738609.92</v>
+      </c>
+      <c r="F181" s="44">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="182" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B182" s="71">
+        <v>179</v>
+      </c>
+      <c r="C182" s="43" t="s">
+        <v>822</v>
+      </c>
+      <c r="D182" s="44">
+        <v>1433865</v>
+      </c>
+      <c r="E182" s="45">
+        <v>3735345.6469999999</v>
+      </c>
+      <c r="F182" s="44">
+        <v>43188</v>
+      </c>
+    </row>
+    <row r="183" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B183" s="72">
+        <v>180</v>
+      </c>
+      <c r="C183" s="43" t="s">
+        <v>821</v>
+      </c>
+      <c r="D183" s="44">
+        <v>2066</v>
+      </c>
+      <c r="E183" s="45">
+        <v>26178.556</v>
+      </c>
+      <c r="F183" s="44">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="184" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B184" s="70">
+        <v>181</v>
+      </c>
+      <c r="C184" s="43" t="s">
+        <v>820</v>
+      </c>
+      <c r="D184" s="44">
+        <v>102156</v>
+      </c>
+      <c r="E184" s="45">
+        <v>435107.353</v>
+      </c>
+      <c r="F184" s="44">
+        <v>4041</v>
+      </c>
+    </row>
+    <row r="185" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B185" s="71">
+        <v>182</v>
+      </c>
+      <c r="C185" s="43" t="s">
+        <v>819</v>
+      </c>
+      <c r="D185" s="44">
+        <v>230</v>
+      </c>
+      <c r="E185" s="45">
+        <v>2074.6019999999999</v>
+      </c>
+      <c r="F185" s="44">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="186" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B186" s="72">
+        <v>183</v>
+      </c>
+      <c r="C186" s="43" t="s">
+        <v>818</v>
+      </c>
+      <c r="D186" s="44">
+        <v>444268</v>
+      </c>
+      <c r="E186" s="45">
+        <v>2260590.2960000001</v>
+      </c>
+      <c r="F186" s="44">
+        <v>2595</v>
+      </c>
+    </row>
+    <row r="187" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B187" s="70">
+        <v>184</v>
+      </c>
+      <c r="C187" s="43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D187" s="44">
+        <v>3235571</v>
+      </c>
+      <c r="E187" s="45">
+        <v>65647921.303000003</v>
+      </c>
+      <c r="F187" s="44">
+        <v>477915</v>
+      </c>
+    </row>
+    <row r="188" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B188" s="71">
+        <v>185</v>
+      </c>
+      <c r="C188" s="43" t="s">
+        <v>817</v>
+      </c>
+      <c r="D188" s="44">
+        <v>1771</v>
+      </c>
+      <c r="E188" s="45">
+        <v>105741.66899999999</v>
+      </c>
+      <c r="F188" s="44">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="189" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B189" s="72">
+        <v>186</v>
+      </c>
+      <c r="C189" s="43" t="s">
+        <v>816</v>
+      </c>
+      <c r="D189" s="44">
+        <v>47375656</v>
+      </c>
+      <c r="E189" s="45">
+        <v>62233067.620999999</v>
+      </c>
+      <c r="F189" s="44">
+        <v>34625</v>
+      </c>
+    </row>
+    <row r="190" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B190" s="70">
+        <v>187</v>
+      </c>
+      <c r="C190" s="43" t="s">
+        <v>815</v>
+      </c>
+      <c r="D190" s="44">
+        <v>90807316</v>
+      </c>
+      <c r="E190" s="45">
+        <v>269111624.59500003</v>
+      </c>
+      <c r="F190" s="44">
+        <v>298532</v>
+      </c>
+    </row>
+    <row r="191" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B191" s="71">
+        <v>188</v>
+      </c>
+      <c r="C191" s="43" t="s">
+        <v>814</v>
+      </c>
+      <c r="D191" s="44">
+        <v>103840153</v>
+      </c>
+      <c r="E191" s="45">
+        <v>118296978.32799999</v>
+      </c>
+      <c r="F191" s="44">
+        <v>39838</v>
+      </c>
+    </row>
+    <row r="192" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B192" s="72">
+        <v>189</v>
+      </c>
+      <c r="C192" s="43" t="s">
+        <v>813</v>
+      </c>
+      <c r="D192" s="44">
+        <v>784</v>
+      </c>
+      <c r="E192" s="45">
+        <v>9404.4650000000001</v>
+      </c>
+      <c r="F192" s="44">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="193" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B193" s="70">
+        <v>190</v>
+      </c>
+      <c r="C193" s="43" t="s">
+        <v>812</v>
+      </c>
+      <c r="D193" s="44">
+        <v>1164</v>
+      </c>
+      <c r="E193" s="45">
+        <v>54054.351000000002</v>
+      </c>
+      <c r="F193" s="44">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="194" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B194" s="71">
+        <v>191</v>
+      </c>
+      <c r="C194" s="43" t="s">
+        <v>811</v>
+      </c>
+      <c r="D194" s="44">
+        <v>1342</v>
+      </c>
+      <c r="E194" s="45">
+        <v>34471.550999999999</v>
+      </c>
+      <c r="F194" s="44">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="195" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B195" s="72">
+        <v>192</v>
+      </c>
+      <c r="C195" s="43" t="s">
+        <v>810</v>
+      </c>
+      <c r="D195" s="44">
+        <v>11107</v>
+      </c>
+      <c r="E195" s="45">
+        <v>335434.82199999999</v>
+      </c>
+      <c r="F195" s="44">
+        <v>2244</v>
+      </c>
+    </row>
+    <row r="196" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B196" s="70">
+        <v>193</v>
+      </c>
+      <c r="C196" s="43" t="s">
+        <v>809</v>
+      </c>
+      <c r="D196" s="44">
+        <v>715</v>
+      </c>
+      <c r="E196" s="45">
+        <v>14905.727000000001</v>
+      </c>
+      <c r="F196" s="44">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="197" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B197" s="71">
+        <v>194</v>
+      </c>
+      <c r="C197" s="43" t="s">
+        <v>808</v>
+      </c>
+      <c r="D197" s="44">
+        <v>1288</v>
+      </c>
+      <c r="E197" s="45">
+        <v>67211.03</v>
+      </c>
+      <c r="F197" s="44">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="198" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B198" s="72">
+        <v>195</v>
+      </c>
+      <c r="C198" s="43" t="s">
+        <v>807</v>
+      </c>
+      <c r="D198" s="44">
+        <v>41489</v>
+      </c>
+      <c r="E198" s="45">
+        <v>158492.6</v>
+      </c>
+      <c r="F198" s="44">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="199" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B199" s="70">
+        <v>196</v>
+      </c>
+      <c r="C199" s="43" t="s">
+        <v>806</v>
+      </c>
+      <c r="D199" s="44">
+        <v>347</v>
+      </c>
+      <c r="E199" s="45">
+        <v>4802.0079999999998</v>
+      </c>
+      <c r="F199" s="44">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="200" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B200" s="71">
+        <v>197</v>
+      </c>
+      <c r="C200" s="43" t="s">
+        <v>317</v>
+      </c>
+      <c r="D200" s="44">
+        <v>934244911</v>
+      </c>
+      <c r="E200" s="45">
+        <v>1657226387.1830001</v>
+      </c>
+      <c r="F200" s="44">
+        <v>11430101</v>
+      </c>
+    </row>
+    <row r="201" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B201" s="72">
+        <v>198</v>
+      </c>
+      <c r="C201" s="43" t="s">
+        <v>805</v>
+      </c>
+      <c r="D201" s="44">
+        <v>53221</v>
+      </c>
+      <c r="E201" s="45">
+        <v>73593.966</v>
+      </c>
+      <c r="F201" s="44">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="202" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B202" s="70">
+        <v>199</v>
+      </c>
+      <c r="C202" s="43" t="s">
+        <v>804</v>
+      </c>
+      <c r="D202" s="44">
+        <v>186291</v>
+      </c>
+      <c r="E202" s="45">
+        <v>440899.39199999999</v>
+      </c>
+      <c r="F202" s="44">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="203" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B203" s="71">
+        <v>200</v>
+      </c>
+      <c r="C203" s="43" t="s">
+        <v>803</v>
+      </c>
+      <c r="D203" s="44">
+        <v>4122</v>
+      </c>
+      <c r="E203" s="45">
+        <v>95478.051999999996</v>
+      </c>
+      <c r="F203" s="44">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="204" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B204" s="72">
+        <v>201</v>
+      </c>
+      <c r="C204" s="43" t="s">
+        <v>802</v>
+      </c>
+      <c r="D204" s="44">
+        <v>139973</v>
+      </c>
+      <c r="E204" s="45">
+        <v>221012.14799999999</v>
+      </c>
+      <c r="F204" s="44">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="205" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B205" s="70">
+        <v>202</v>
+      </c>
+      <c r="C205" s="43" t="s">
+        <v>801</v>
+      </c>
+      <c r="D205" s="44">
+        <v>99</v>
+      </c>
+      <c r="E205" s="45">
+        <v>2918.5320000000002</v>
+      </c>
+      <c r="F205" s="44">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="206" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B206" s="71">
+        <v>203</v>
+      </c>
+      <c r="C206" s="43" t="s">
+        <v>800</v>
+      </c>
+      <c r="D206" s="44">
+        <v>11685</v>
+      </c>
+      <c r="E206" s="45">
+        <v>1517193.5789999999</v>
+      </c>
+      <c r="F206" s="44">
+        <v>5361</v>
+      </c>
+    </row>
+    <row r="207" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B207" s="72">
+        <v>204</v>
+      </c>
+      <c r="C207" s="43" t="s">
+        <v>799</v>
+      </c>
+      <c r="D207" s="44">
+        <v>343958</v>
+      </c>
+      <c r="E207" s="45">
+        <v>508694.74800000002</v>
+      </c>
+      <c r="F207" s="44">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="208" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B208" s="70">
+        <v>205</v>
+      </c>
+      <c r="C208" s="43" t="s">
+        <v>798</v>
+      </c>
+      <c r="D208" s="44">
+        <v>279</v>
+      </c>
+      <c r="E208" s="45">
+        <v>8718.48</v>
+      </c>
+      <c r="F208" s="44">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="209" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B209" s="71">
+        <v>206</v>
+      </c>
+      <c r="C209" s="43" t="s">
+        <v>797</v>
+      </c>
+      <c r="D209" s="44">
+        <v>160</v>
+      </c>
+      <c r="E209" s="45">
+        <v>5875.0860000000002</v>
+      </c>
+      <c r="F209" s="44">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="210" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B210" s="72">
+        <v>207</v>
+      </c>
+      <c r="C210" s="43" t="s">
+        <v>796</v>
+      </c>
+      <c r="D210" s="44">
+        <v>47013</v>
+      </c>
+      <c r="E210" s="45">
+        <v>101942.56600000001</v>
+      </c>
+      <c r="F210" s="44">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="211" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B211" s="70">
+        <v>208</v>
+      </c>
+      <c r="C211" s="43" t="s">
+        <v>795</v>
+      </c>
+      <c r="D211" s="44">
+        <v>72257</v>
+      </c>
+      <c r="E211" s="45">
+        <v>654561.93599999999</v>
+      </c>
+      <c r="F211" s="44">
+        <v>1619</v>
+      </c>
+    </row>
+    <row r="212" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B212" s="71">
+        <v>209</v>
+      </c>
+      <c r="C212" s="43" t="s">
+        <v>794</v>
+      </c>
+      <c r="D212" s="44">
+        <v>51</v>
+      </c>
+      <c r="E212" s="45">
+        <v>809.49300000000005</v>
+      </c>
+      <c r="F212" s="44">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="213" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B213" s="72">
+        <v>210</v>
+      </c>
+      <c r="C213" s="43" t="s">
+        <v>793</v>
+      </c>
+      <c r="D213" s="44">
+        <v>96436</v>
+      </c>
+      <c r="E213" s="45">
+        <v>340023.86700000003</v>
+      </c>
+      <c r="F213" s="44">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="214" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B214" s="70">
+        <v>211</v>
+      </c>
+      <c r="C214" s="43" t="s">
+        <v>792</v>
+      </c>
+      <c r="D214" s="44">
+        <v>616</v>
+      </c>
+      <c r="E214" s="45">
+        <v>15069.937</v>
+      </c>
+      <c r="F214" s="44">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="215" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B215" s="71">
+        <v>212</v>
+      </c>
+      <c r="C215" s="43" t="s">
+        <v>791</v>
+      </c>
+      <c r="D215" s="44">
+        <v>1095</v>
+      </c>
+      <c r="E215" s="45">
+        <v>9937.8080000000009</v>
+      </c>
+      <c r="F215" s="44">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="216" spans="2:6" s="37" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B216" s="72">
+        <v>213</v>
+      </c>
+      <c r="C216" s="43" t="s">
+        <v>790</v>
+      </c>
+      <c r="D216" s="44">
+        <v>147999</v>
+      </c>
+      <c r="E216" s="45">
+        <v>107444.57</v>
+      </c>
+      <c r="F216" s="44">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="217" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B217" s="70">
+        <v>214</v>
+      </c>
+      <c r="C217" s="43" t="s">
+        <v>789</v>
+      </c>
+      <c r="D217" s="44">
+        <v>2841</v>
+      </c>
+      <c r="E217" s="45">
+        <v>76139.789000000004</v>
+      </c>
+      <c r="F217" s="44">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="218" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B218" s="71">
+        <v>215</v>
+      </c>
+      <c r="C218" s="43" t="s">
+        <v>788</v>
+      </c>
+      <c r="D218" s="44">
+        <v>11565</v>
+      </c>
+      <c r="E218" s="45">
+        <v>227782.25</v>
+      </c>
+      <c r="F218" s="44">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="219" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B219" s="72">
+        <v>216</v>
+      </c>
+      <c r="C219" s="43" t="s">
+        <v>762</v>
+      </c>
+      <c r="D219" s="44">
+        <v>4328</v>
+      </c>
+      <c r="E219" s="45">
+        <v>193472.61300000001</v>
+      </c>
+      <c r="F219" s="44">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="220" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B220" s="70">
+        <v>217</v>
+      </c>
+      <c r="C220" s="43" t="s">
+        <v>787</v>
+      </c>
+      <c r="D220" s="44">
+        <v>461</v>
+      </c>
+      <c r="E220" s="45">
+        <v>6163.8620000000001</v>
+      </c>
+      <c r="F220" s="44">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="221" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B221" s="71">
+        <v>218</v>
+      </c>
+      <c r="C221" s="43" t="s">
+        <v>779</v>
+      </c>
+      <c r="D221" s="44">
+        <v>3960</v>
+      </c>
+      <c r="E221" s="45">
+        <v>46409.828999999998</v>
+      </c>
+      <c r="F221" s="44">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="222" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B222" s="72">
+        <v>219</v>
+      </c>
+      <c r="C222" s="43" t="s">
+        <v>786</v>
+      </c>
+      <c r="D222" s="44">
+        <v>3231</v>
+      </c>
+      <c r="E222" s="45">
+        <v>68493.38</v>
+      </c>
+      <c r="F222" s="44">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="223" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B223" s="70">
+        <v>220</v>
+      </c>
+      <c r="C223" s="43" t="s">
+        <v>785</v>
+      </c>
+      <c r="D223" s="44">
+        <v>1934</v>
+      </c>
+      <c r="E223" s="45">
+        <v>89209</v>
+      </c>
+      <c r="F223" s="44">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="224" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B224" s="71">
+        <v>221</v>
+      </c>
+      <c r="C224" s="43" t="s">
+        <v>784</v>
+      </c>
+      <c r="D224" s="44">
+        <v>717</v>
+      </c>
+      <c r="E224" s="45">
+        <v>8130.71</v>
+      </c>
+      <c r="F224" s="44">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="225" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B225" s="72">
+        <v>222</v>
+      </c>
+      <c r="C225" s="43" t="s">
+        <v>26</v>
+      </c>
+      <c r="D225" s="44">
+        <v>32292296</v>
+      </c>
+      <c r="E225" s="45">
+        <v>37631734.538999997</v>
+      </c>
+      <c r="F225" s="44">
+        <v>20720</v>
+      </c>
+    </row>
+    <row r="226" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B226" s="70">
+        <v>223</v>
+      </c>
+      <c r="C226" s="43" t="s">
+        <v>783</v>
+      </c>
+      <c r="D226" s="44">
+        <v>9913</v>
+      </c>
+      <c r="E226" s="45">
+        <v>114402.52099999999</v>
+      </c>
+      <c r="F226" s="44">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="227" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B227" s="71">
+        <v>224</v>
+      </c>
+      <c r="C227" s="43" t="s">
+        <v>782</v>
+      </c>
+      <c r="D227" s="44">
+        <v>1314</v>
+      </c>
+      <c r="E227" s="45">
+        <v>21430.925999999999</v>
+      </c>
+      <c r="F227" s="44">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="228" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B228" s="72">
+        <v>225</v>
+      </c>
+      <c r="C228" s="43" t="s">
+        <v>781</v>
+      </c>
+      <c r="D228" s="44">
+        <v>5148</v>
+      </c>
+      <c r="E228" s="45">
+        <v>512105.51400000002</v>
+      </c>
+      <c r="F228" s="44">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="229" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B229" s="70">
+        <v>226</v>
+      </c>
+      <c r="C229" s="43" t="s">
+        <v>780</v>
+      </c>
+      <c r="D229" s="44">
+        <v>12469</v>
+      </c>
+      <c r="E229" s="45">
+        <v>16650.202000000001</v>
+      </c>
+      <c r="F229" s="44">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="230" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B230" s="71">
+        <v>227</v>
+      </c>
+      <c r="C230" s="43" t="s">
+        <v>778</v>
+      </c>
+      <c r="D230" s="44">
+        <v>1326</v>
+      </c>
+      <c r="E230" s="45">
+        <v>63322.478999999999</v>
+      </c>
+      <c r="F230" s="44">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="231" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B231" s="72">
+        <v>228</v>
+      </c>
+      <c r="C231" s="43" t="s">
+        <v>777</v>
+      </c>
+      <c r="D231" s="44">
+        <v>207246</v>
+      </c>
+      <c r="E231" s="45">
+        <v>325946.75099999999</v>
+      </c>
+      <c r="F231" s="44">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="232" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B232" s="70">
+        <v>229</v>
+      </c>
+      <c r="C232" s="43" t="s">
+        <v>776</v>
+      </c>
+      <c r="D232" s="44">
+        <v>726</v>
+      </c>
+      <c r="E232" s="45">
+        <v>43867.902000000002</v>
+      </c>
+      <c r="F232" s="44">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="233" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B233" s="71">
+        <v>230</v>
+      </c>
+      <c r="C233" s="43" t="s">
+        <v>775</v>
+      </c>
+      <c r="D233" s="44">
+        <v>112</v>
+      </c>
+      <c r="E233" s="45">
+        <v>1944.028</v>
+      </c>
+      <c r="F233" s="44">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="234" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B234" s="72">
+        <v>231</v>
+      </c>
+      <c r="C234" s="43" t="s">
+        <v>774</v>
+      </c>
+      <c r="D234" s="44">
+        <v>4250</v>
+      </c>
+      <c r="E234" s="45">
+        <v>97748.475999999995</v>
+      </c>
+      <c r="F234" s="44">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="235" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B235" s="70">
+        <v>232</v>
+      </c>
+      <c r="C235" s="43" t="s">
+        <v>773</v>
+      </c>
+      <c r="D235" s="44">
+        <v>376</v>
+      </c>
+      <c r="E235" s="45">
+        <v>12091.156999999999</v>
+      </c>
+      <c r="F235" s="44">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="236" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B236" s="71">
+        <v>233</v>
+      </c>
+      <c r="C236" s="43" t="s">
+        <v>772</v>
+      </c>
+      <c r="D236" s="44">
+        <v>1896321</v>
+      </c>
+      <c r="E236" s="45">
+        <v>159564.75899999999</v>
+      </c>
+      <c r="F236" s="44">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="237" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B237" s="72">
+        <v>234</v>
+      </c>
+      <c r="C237" s="43" t="s">
+        <v>771</v>
+      </c>
+      <c r="D237" s="44">
+        <v>207478</v>
+      </c>
+      <c r="E237" s="45">
+        <v>205237.70699999999</v>
+      </c>
+      <c r="F237" s="44">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="238" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B238" s="70">
+        <v>235</v>
+      </c>
+      <c r="C238" s="43" t="s">
+        <v>770</v>
+      </c>
+      <c r="D238" s="44">
+        <v>1787</v>
+      </c>
+      <c r="E238" s="45">
+        <v>82883.648000000001</v>
+      </c>
+      <c r="F238" s="44">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="239" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B239" s="71">
+        <v>236</v>
+      </c>
+      <c r="C239" s="43" t="s">
+        <v>769</v>
+      </c>
+      <c r="D239" s="44">
+        <v>1860</v>
+      </c>
+      <c r="E239" s="45">
+        <v>56680.457999999999</v>
+      </c>
+      <c r="F239" s="44">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="240" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B240" s="72">
+        <v>237</v>
+      </c>
+      <c r="C240" s="43" t="s">
+        <v>768</v>
+      </c>
+      <c r="D240" s="44">
+        <v>2660663</v>
+      </c>
+      <c r="E240" s="45">
+        <v>2912924.2140000002</v>
+      </c>
+      <c r="F240" s="44">
+        <v>7755</v>
+      </c>
+    </row>
+    <row r="241" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B241" s="70">
+        <v>238</v>
+      </c>
+      <c r="C241" s="43" t="s">
+        <v>321</v>
+      </c>
+      <c r="D241" s="44">
+        <v>2166044</v>
+      </c>
+      <c r="E241" s="45">
+        <v>4564.8630000000003</v>
+      </c>
+      <c r="F241" s="44">
+        <v>96866</v>
+      </c>
+    </row>
+    <row r="242" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B242" s="71">
+        <v>239</v>
+      </c>
+      <c r="C242" s="43" t="s">
+        <v>767</v>
+      </c>
+      <c r="D242" s="44">
+        <v>3956</v>
+      </c>
+      <c r="E242" s="45">
+        <v>31273.934000000001</v>
+      </c>
+      <c r="F242" s="44">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="243" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B243" s="72">
+        <v>240</v>
+      </c>
+      <c r="C243" s="43" t="s">
+        <v>766</v>
+      </c>
+      <c r="D243" s="44">
+        <v>109497</v>
+      </c>
+      <c r="E243" s="45">
+        <v>4465080.3039999995</v>
+      </c>
+      <c r="F243" s="44">
+        <v>16151</v>
+      </c>
+    </row>
+    <row r="244" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B244" s="70">
+        <v>241</v>
+      </c>
+      <c r="C244" s="43" t="s">
+        <v>765</v>
+      </c>
+      <c r="D244" s="44">
+        <v>3282</v>
+      </c>
+      <c r="E244" s="45">
+        <v>311530.152</v>
+      </c>
+      <c r="F244" s="44">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="245" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B245" s="71">
+        <v>242</v>
+      </c>
+      <c r="C245" s="43" t="s">
+        <v>764</v>
+      </c>
+      <c r="D245" s="44">
+        <v>15743</v>
+      </c>
+      <c r="E245" s="45">
+        <v>334098.21899999998</v>
+      </c>
+      <c r="F245" s="44">
+        <v>3081</v>
+      </c>
+    </row>
+    <row r="246" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B246" s="72">
+        <v>243</v>
+      </c>
+      <c r="C246" s="43" t="s">
+        <v>763</v>
+      </c>
+      <c r="D246" s="44">
+        <v>519873</v>
+      </c>
+      <c r="E246" s="45">
+        <v>3920326.2489999998</v>
+      </c>
+      <c r="F246" s="44">
+        <v>5315</v>
+      </c>
+    </row>
+    <row r="247" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B247" s="70">
+        <v>244</v>
+      </c>
+      <c r="C247" s="43" t="s">
+        <v>761</v>
+      </c>
+      <c r="D247" s="44">
+        <v>2621</v>
+      </c>
+      <c r="E247" s="45">
+        <v>78553.441000000006</v>
+      </c>
+      <c r="F247" s="44">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="248" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B248" s="71">
+        <v>245</v>
+      </c>
+      <c r="C248" s="43" t="s">
+        <v>326</v>
+      </c>
+      <c r="D248" s="44">
+        <v>20452</v>
+      </c>
+      <c r="E248" s="45">
+        <v>855276.36800000002</v>
+      </c>
+      <c r="F248" s="44">
+        <v>11121</v>
+      </c>
+    </row>
+    <row r="249" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B249" s="72">
+        <v>246</v>
+      </c>
+      <c r="C249" s="43" t="s">
+        <v>760</v>
+      </c>
+      <c r="D249" s="44">
+        <v>13124</v>
+      </c>
+      <c r="E249" s="45">
+        <v>26327.296999999999</v>
+      </c>
+      <c r="F249" s="44">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="250" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B250" s="70">
+        <v>247</v>
+      </c>
+      <c r="C250" s="43" t="s">
+        <v>759</v>
+      </c>
+      <c r="D250" s="44">
+        <v>19211</v>
+      </c>
+      <c r="E250" s="45">
+        <v>313259</v>
+      </c>
+      <c r="F250" s="44">
+        <v>5532</v>
+      </c>
+    </row>
+    <row r="251" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B251" s="71">
+        <v>248</v>
+      </c>
+      <c r="C251" s="43" t="s">
+        <v>758</v>
+      </c>
+      <c r="D251" s="44">
+        <v>810368</v>
+      </c>
+      <c r="E251" s="45">
+        <v>2406632.003</v>
+      </c>
+      <c r="F251" s="44">
+        <v>1732</v>
+      </c>
+    </row>
+    <row r="252" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B252" s="72">
+        <v>249</v>
+      </c>
+      <c r="C252" s="43" t="s">
+        <v>757</v>
+      </c>
+      <c r="D252" s="44">
+        <v>1920</v>
+      </c>
+      <c r="E252" s="45">
+        <v>44085.341</v>
+      </c>
+      <c r="F252" s="44">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="253" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B253" s="70">
+        <v>250</v>
+      </c>
+      <c r="C253" s="43" t="s">
+        <v>756</v>
+      </c>
+      <c r="D253" s="44">
+        <v>3580</v>
+      </c>
+      <c r="E253" s="45">
+        <v>50027318</v>
+      </c>
+      <c r="F253" s="44">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="254" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B254" s="71">
+        <v>251</v>
+      </c>
+      <c r="C254" s="43" t="s">
+        <v>755</v>
+      </c>
+      <c r="D254" s="44">
+        <v>1575</v>
+      </c>
+      <c r="E254" s="45">
+        <v>40991.959000000003</v>
+      </c>
+      <c r="F254" s="44">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="255" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B255" s="72">
+        <v>252</v>
+      </c>
+      <c r="C255" s="43" t="s">
+        <v>754</v>
+      </c>
+      <c r="D255" s="44">
+        <v>938</v>
+      </c>
+      <c r="E255" s="45">
+        <v>85975.298999999999</v>
+      </c>
+      <c r="F255" s="44">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="256" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B256" s="70">
+        <v>253</v>
+      </c>
+      <c r="C256" s="43" t="s">
+        <v>753</v>
+      </c>
+      <c r="D256" s="44">
+        <v>220</v>
+      </c>
+      <c r="E256" s="45">
+        <v>3448.9749999999999</v>
+      </c>
+      <c r="F256" s="44">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="257" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B257" s="71">
+        <v>254</v>
+      </c>
+      <c r="C257" s="43" t="s">
+        <v>752</v>
+      </c>
+      <c r="D257" s="44">
+        <v>918</v>
+      </c>
+      <c r="E257" s="45">
+        <v>33132.144</v>
+      </c>
+      <c r="F257" s="44">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="258" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B258" s="72">
+        <v>255</v>
+      </c>
+      <c r="C258" s="43" t="s">
+        <v>143</v>
+      </c>
+      <c r="D258" s="44">
+        <v>5442</v>
+      </c>
+      <c r="E258" s="45">
+        <v>101219.208</v>
+      </c>
+      <c r="F258" s="44">
+        <v>1908</v>
+      </c>
+    </row>
+    <row r="259" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B259" s="70">
+        <v>256</v>
+      </c>
+      <c r="C259" s="43" t="s">
+        <v>751</v>
+      </c>
+      <c r="D259" s="44">
+        <v>182087</v>
+      </c>
+      <c r="E259" s="45">
+        <v>345144.288</v>
+      </c>
+      <c r="F259" s="44">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="260" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B260" s="71">
+        <v>257</v>
+      </c>
+      <c r="C260" s="43" t="s">
+        <v>750</v>
+      </c>
+      <c r="D260" s="44">
+        <v>25573</v>
+      </c>
+      <c r="E260" s="45">
+        <v>88878.194000000003</v>
+      </c>
+      <c r="F260" s="44">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="261" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B261" s="72">
+        <v>258</v>
+      </c>
+      <c r="C261" s="43" t="s">
+        <v>749</v>
+      </c>
+      <c r="D261" s="44">
+        <v>30676</v>
+      </c>
+      <c r="E261" s="45">
+        <v>356036.41700000002</v>
+      </c>
+      <c r="F261" s="44">
+        <v>2246</v>
+      </c>
+    </row>
+    <row r="262" spans="2:6" s="37" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B262" s="70">
+        <v>259</v>
+      </c>
+      <c r="C262" s="43" t="s">
+        <v>748</v>
+      </c>
+      <c r="D262" s="44">
+        <v>26</v>
+      </c>
+      <c r="E262" s="45">
+        <v>221.923</v>
+      </c>
+      <c r="F262" s="44">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="263" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B263" s="71">
+        <v>260</v>
+      </c>
+      <c r="C263" s="43" t="s">
+        <v>747</v>
+      </c>
+      <c r="D263" s="44">
+        <v>678550</v>
+      </c>
+      <c r="E263" s="45">
+        <v>3132066.26</v>
+      </c>
+      <c r="F263" s="44">
+        <v>5423</v>
+      </c>
+    </row>
+    <row r="264" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B264" s="72">
+        <v>261</v>
+      </c>
+      <c r="C264" s="43" t="s">
+        <v>746</v>
+      </c>
+      <c r="D264" s="44">
+        <v>9118</v>
+      </c>
+      <c r="E264" s="45">
+        <v>132599.18400000001</v>
+      </c>
+      <c r="F264" s="44">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="265" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B265" s="70">
+        <v>262</v>
+      </c>
+      <c r="C265" s="43" t="s">
+        <v>742</v>
+      </c>
+      <c r="D265" s="44">
+        <v>62382</v>
+      </c>
+      <c r="E265" s="45">
+        <v>498939.38299999997</v>
+      </c>
+      <c r="F265" s="44">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="266" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B266" s="71">
+        <v>263</v>
+      </c>
+      <c r="C266" s="43" t="s">
+        <v>745</v>
+      </c>
+      <c r="D266" s="44">
+        <v>104048</v>
+      </c>
+      <c r="E266" s="45">
+        <v>217444.84899999999</v>
+      </c>
+      <c r="F266" s="44">
+        <v>4290</v>
+      </c>
+    </row>
+    <row r="267" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B267" s="72">
+        <v>264</v>
+      </c>
+      <c r="C267" s="43" t="s">
+        <v>744</v>
+      </c>
+      <c r="D267" s="44">
+        <v>1179</v>
+      </c>
+      <c r="E267" s="45">
+        <v>45353</v>
+      </c>
+      <c r="F267" s="44">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="268" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B268" s="70">
+        <v>265</v>
+      </c>
+      <c r="C268" s="43" t="s">
+        <v>743</v>
+      </c>
+      <c r="D268" s="44">
+        <v>7225</v>
+      </c>
+      <c r="E268" s="45">
+        <v>180293.07399999999</v>
+      </c>
+      <c r="F268" s="44">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="269" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B269" s="71">
+        <v>266</v>
+      </c>
+      <c r="C269" s="43" t="s">
+        <v>741</v>
+      </c>
+      <c r="D269" s="44">
+        <v>20513</v>
+      </c>
+      <c r="E269" s="45">
+        <v>2138548.6469999999</v>
+      </c>
+      <c r="F269" s="44">
+        <v>2198</v>
+      </c>
+    </row>
+    <row r="270" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B270" s="72">
+        <v>267</v>
+      </c>
+      <c r="C270" s="43" t="s">
+        <v>740</v>
+      </c>
+      <c r="D270" s="44">
+        <v>324800</v>
+      </c>
+      <c r="E270" s="45">
+        <v>74684816</v>
+      </c>
+      <c r="F270" s="44">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="271" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B271" s="70">
+        <v>268</v>
+      </c>
+      <c r="C271" s="43" t="s">
+        <v>739</v>
+      </c>
+      <c r="D271" s="44">
+        <v>25680</v>
+      </c>
+      <c r="E271" s="45">
+        <v>2913730.6230000001</v>
+      </c>
+      <c r="F271" s="44">
+        <v>2984</v>
+      </c>
+    </row>
+    <row r="272" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B272" s="71">
+        <v>269</v>
+      </c>
+      <c r="C272" s="43" t="s">
+        <v>738</v>
+      </c>
+      <c r="D272" s="44">
+        <v>177977</v>
+      </c>
+      <c r="E272" s="45">
+        <v>828940.08700000006</v>
+      </c>
+      <c r="F272" s="44">
+        <v>3379</v>
+      </c>
+    </row>
+    <row r="273" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B273" s="72">
+        <v>270</v>
+      </c>
+      <c r="C273" s="43" t="s">
+        <v>737</v>
+      </c>
+      <c r="D273" s="44">
+        <v>8101</v>
+      </c>
+      <c r="E273" s="45">
+        <v>187481.14</v>
+      </c>
+      <c r="F273" s="44">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="274" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B274" s="70">
+        <v>271</v>
+      </c>
+      <c r="C274" s="43" t="s">
+        <v>736</v>
+      </c>
+      <c r="D274" s="44">
+        <v>512</v>
+      </c>
+      <c r="E274" s="45">
+        <v>8451.027</v>
+      </c>
+      <c r="F274" s="44">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="275" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B275" s="71">
+        <v>272</v>
+      </c>
+      <c r="C275" s="43" t="s">
+        <v>735</v>
+      </c>
+      <c r="D275" s="44">
+        <v>86931</v>
+      </c>
+      <c r="E275" s="45">
+        <v>1543497.4809999999</v>
+      </c>
+      <c r="F275" s="44">
+        <v>7769</v>
+      </c>
+    </row>
+    <row r="276" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B276" s="72">
+        <v>273</v>
+      </c>
+      <c r="C276" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="D276" s="44">
+        <v>69671318</v>
+      </c>
+      <c r="E276" s="45">
+        <v>34146813.979999997</v>
+      </c>
+      <c r="F276" s="44">
+        <v>1282015</v>
+      </c>
+    </row>
+    <row r="277" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B277" s="70">
+        <v>274</v>
+      </c>
+      <c r="C277" s="43" t="s">
+        <v>734</v>
+      </c>
+      <c r="D277" s="44">
+        <v>414296</v>
+      </c>
+      <c r="E277" s="45">
+        <v>3678390.3360000001</v>
+      </c>
+      <c r="F277" s="44">
+        <v>5561</v>
+      </c>
+    </row>
+    <row r="278" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B278" s="71">
+        <v>275</v>
+      </c>
+      <c r="C278" s="43" t="s">
+        <v>733</v>
+      </c>
+      <c r="D278" s="44">
+        <v>4034</v>
+      </c>
+      <c r="E278" s="45">
+        <v>384888.79599999997</v>
+      </c>
+      <c r="F278" s="44">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="279" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B279" s="72">
+        <v>276</v>
+      </c>
+      <c r="C279" s="43" t="s">
+        <v>732</v>
+      </c>
+      <c r="D279" s="44">
+        <v>388</v>
+      </c>
+      <c r="E279" s="45">
+        <v>56173.476999999999</v>
+      </c>
+      <c r="F279" s="44">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="280" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B280" s="70">
+        <v>277</v>
+      </c>
+      <c r="C280" s="43" t="s">
+        <v>731</v>
+      </c>
+      <c r="D280" s="44">
+        <v>4307</v>
+      </c>
+      <c r="E280" s="45">
+        <v>276804.701</v>
+      </c>
+      <c r="F280" s="44">
+        <v>2642</v>
+      </c>
+    </row>
+    <row r="281" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B281" s="71">
+        <v>278</v>
+      </c>
+      <c r="C281" s="43" t="s">
+        <v>730</v>
+      </c>
+      <c r="D281" s="44">
+        <v>220384</v>
+      </c>
+      <c r="E281" s="45">
+        <v>1023706.544</v>
+      </c>
+      <c r="F281" s="44">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="282" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B282" s="72">
+        <v>279</v>
+      </c>
+      <c r="C282" s="43" t="s">
+        <v>729</v>
+      </c>
+      <c r="D282" s="44">
+        <v>285</v>
+      </c>
+      <c r="E282" s="45">
+        <v>2492.5149999999999</v>
+      </c>
+      <c r="F282" s="44">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="283" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B283" s="70">
+        <v>280</v>
+      </c>
+      <c r="C283" s="43" t="s">
+        <v>728</v>
+      </c>
+      <c r="D283" s="44">
+        <v>798</v>
+      </c>
+      <c r="E283" s="45">
+        <v>35721.159</v>
+      </c>
+      <c r="F283" s="44">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="284" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B284" s="71">
+        <v>281</v>
+      </c>
+      <c r="C284" s="43" t="s">
+        <v>727</v>
+      </c>
+      <c r="D284" s="44">
+        <v>2066</v>
+      </c>
+      <c r="E284" s="45">
+        <v>140151.774</v>
+      </c>
+      <c r="F284" s="44">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="285" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B285" s="72">
+        <v>282</v>
+      </c>
+      <c r="C285" s="43" t="s">
+        <v>726</v>
+      </c>
+      <c r="D285" s="44">
+        <v>3170</v>
+      </c>
+      <c r="E285" s="45">
+        <v>91454.403999999995</v>
+      </c>
+      <c r="F285" s="44">
+        <v>11692</v>
+      </c>
+    </row>
+    <row r="286" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B286" s="70">
+        <v>283</v>
+      </c>
+      <c r="C286" s="43" t="s">
+        <v>155</v>
+      </c>
+      <c r="D286" s="44">
+        <v>85890</v>
+      </c>
+      <c r="E286" s="45">
+        <v>63539.095999999998</v>
+      </c>
+      <c r="F286" s="44">
+        <v>125837</v>
+      </c>
+    </row>
+    <row r="287" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B287" s="71">
+        <v>284</v>
+      </c>
+      <c r="C287" s="43" t="s">
+        <v>725</v>
+      </c>
+      <c r="D287" s="44">
+        <v>1383</v>
+      </c>
+      <c r="E287" s="45">
+        <v>149211.30900000001</v>
+      </c>
+      <c r="F287" s="44">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="288" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B288" s="72">
+        <v>285</v>
+      </c>
+      <c r="C288" s="43" t="s">
+        <v>724</v>
+      </c>
+      <c r="D288" s="44">
+        <v>1458</v>
+      </c>
+      <c r="E288" s="45">
+        <v>71019.516000000003</v>
+      </c>
+      <c r="F288" s="44">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="289" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B289" s="70">
+        <v>286</v>
+      </c>
+      <c r="C289" s="43" t="s">
+        <v>723</v>
+      </c>
+      <c r="D289" s="44">
+        <v>731138</v>
+      </c>
+      <c r="E289" s="45">
+        <v>1440065.8729999999</v>
+      </c>
+      <c r="F289" s="44">
+        <v>15811</v>
+      </c>
+    </row>
+    <row r="290" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B290" s="71">
+        <v>287</v>
+      </c>
+      <c r="C290" s="43" t="s">
+        <v>722</v>
+      </c>
+      <c r="D290" s="44">
+        <v>368234</v>
+      </c>
+      <c r="E290" s="45">
+        <v>989789.47499999998</v>
+      </c>
+      <c r="F290" s="44">
+        <v>12177</v>
+      </c>
+    </row>
+    <row r="291" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B291" s="72">
+        <v>288</v>
+      </c>
+      <c r="C291" s="43" t="s">
+        <v>721</v>
+      </c>
+      <c r="D291" s="44">
+        <v>1083</v>
+      </c>
+      <c r="E291" s="45">
+        <v>152085.353</v>
+      </c>
+      <c r="F291" s="44">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="292" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B292" s="70">
+        <v>289</v>
+      </c>
+      <c r="C292" s="43" t="s">
+        <v>720</v>
+      </c>
+      <c r="D292" s="44">
+        <v>5234</v>
+      </c>
+      <c r="E292" s="45">
+        <v>337360.24300000002</v>
+      </c>
+      <c r="F292" s="44">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="293" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B293" s="71">
+        <v>290</v>
+      </c>
+      <c r="C293" s="43" t="s">
+        <v>719</v>
+      </c>
+      <c r="D293" s="44">
+        <v>1260</v>
+      </c>
+      <c r="E293" s="45">
+        <v>25586.717000000001</v>
+      </c>
+      <c r="F293" s="44">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="294" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B294" s="72">
+        <v>291</v>
+      </c>
+      <c r="C294" s="43" t="s">
+        <v>718</v>
+      </c>
+      <c r="D294" s="44">
+        <v>1612</v>
+      </c>
+      <c r="E294" s="45">
+        <v>32455.726999999999</v>
+      </c>
+      <c r="F294" s="44">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="295" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B295" s="70">
+        <v>292</v>
+      </c>
+      <c r="C295" s="43" t="s">
+        <v>717</v>
+      </c>
+      <c r="D295" s="44">
+        <v>8503</v>
+      </c>
+      <c r="E295" s="45">
+        <v>456901.42099999997</v>
+      </c>
+      <c r="F295" s="44">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="296" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B296" s="71">
+        <v>293</v>
+      </c>
+      <c r="C296" s="43" t="s">
+        <v>716</v>
+      </c>
+      <c r="D296" s="44">
+        <v>582624</v>
+      </c>
+      <c r="E296" s="45">
+        <v>6697522.1579999998</v>
+      </c>
+      <c r="F296" s="44">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="297" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B297" s="72">
+        <v>294</v>
+      </c>
+      <c r="C297" s="43" t="s">
+        <v>715</v>
+      </c>
+      <c r="D297" s="44">
+        <v>118130</v>
+      </c>
+      <c r="E297" s="45">
+        <v>447398.66700000002</v>
+      </c>
+      <c r="F297" s="44">
+        <v>5490</v>
+      </c>
+    </row>
+    <row r="298" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B298" s="70">
+        <v>295</v>
+      </c>
+      <c r="C298" s="43" t="s">
+        <v>714</v>
+      </c>
+      <c r="D298" s="44">
+        <v>1261</v>
+      </c>
+      <c r="E298" s="45">
+        <v>79618</v>
+      </c>
+      <c r="F298" s="44">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="299" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B299" s="71">
+        <v>296</v>
+      </c>
+      <c r="C299" s="43" t="s">
+        <v>713</v>
+      </c>
+      <c r="D299" s="44">
+        <v>595</v>
+      </c>
+      <c r="E299" s="45">
+        <v>5951.2039999999997</v>
+      </c>
+      <c r="F299" s="44">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="300" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B300" s="72">
+        <v>297</v>
+      </c>
+      <c r="C300" s="43" t="s">
+        <v>712</v>
+      </c>
+      <c r="D300" s="44">
+        <v>372583</v>
+      </c>
+      <c r="E300" s="45">
+        <v>444979.73200000002</v>
+      </c>
+      <c r="F300" s="44">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="301" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B301" s="70">
+        <v>298</v>
+      </c>
+      <c r="C301" s="43" t="s">
+        <v>711</v>
+      </c>
+      <c r="D301" s="44">
+        <v>39378</v>
+      </c>
+      <c r="E301" s="45">
+        <v>27514</v>
+      </c>
+      <c r="F301" s="44">
+        <v>41543</v>
+      </c>
+    </row>
+    <row r="302" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B302" s="71">
+        <v>299</v>
+      </c>
+      <c r="C302" s="43" t="s">
+        <v>710</v>
+      </c>
+      <c r="D302" s="44">
+        <v>19451</v>
+      </c>
+      <c r="E302" s="45">
+        <v>1776497.25</v>
+      </c>
+      <c r="F302" s="44">
+        <v>19609</v>
+      </c>
+    </row>
+    <row r="303" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B303" s="72">
+        <v>300</v>
+      </c>
+      <c r="C303" s="43" t="s">
+        <v>31</v>
+      </c>
+      <c r="D303" s="44">
+        <v>357948</v>
+      </c>
+      <c r="E303" s="45">
+        <v>7645150.1660000002</v>
+      </c>
+      <c r="F303" s="44">
+        <v>69576</v>
+      </c>
+    </row>
+    <row r="304" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B304" s="70">
+        <v>301</v>
+      </c>
+      <c r="C304" s="43" t="s">
+        <v>709</v>
+      </c>
+      <c r="D304" s="44">
+        <v>143117</v>
+      </c>
+      <c r="E304" s="45">
+        <v>2462033.6850000001</v>
+      </c>
+      <c r="F304" s="44">
+        <v>12975</v>
+      </c>
+    </row>
+    <row r="305" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B305" s="71">
+        <v>302</v>
+      </c>
+      <c r="C305" s="43" t="s">
+        <v>32</v>
+      </c>
+      <c r="D305" s="44">
+        <v>1022776801</v>
+      </c>
+      <c r="E305" s="45">
+        <v>1488443174.484</v>
+      </c>
+      <c r="F305" s="44">
+        <v>1552741</v>
+      </c>
+    </row>
+    <row r="306" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B306" s="72">
+        <v>303</v>
+      </c>
+      <c r="C306" s="43" t="s">
+        <v>708</v>
+      </c>
+      <c r="D306" s="44">
+        <v>148243</v>
+      </c>
+      <c r="E306" s="45">
+        <v>273004.42300000001</v>
+      </c>
+      <c r="F306" s="44">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="307" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B307" s="70">
+        <v>304</v>
+      </c>
+      <c r="C307" s="43" t="s">
+        <v>707</v>
+      </c>
+      <c r="D307" s="44">
+        <v>421</v>
+      </c>
+      <c r="E307" s="45">
+        <v>10587.838</v>
+      </c>
+      <c r="F307" s="44">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="308" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B308" s="71">
+        <v>305</v>
+      </c>
+      <c r="C308" s="43" t="s">
+        <v>706</v>
+      </c>
+      <c r="D308" s="44">
+        <v>584362</v>
+      </c>
+      <c r="E308" s="45">
+        <v>1415489.5959999999</v>
+      </c>
+      <c r="F308" s="44">
+        <v>21838</v>
+      </c>
+    </row>
+    <row r="309" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B309" s="72">
+        <v>306</v>
+      </c>
+      <c r="C309" s="43" t="s">
+        <v>705</v>
+      </c>
+      <c r="D309" s="44">
+        <v>424008</v>
+      </c>
+      <c r="E309" s="45">
+        <v>13153904.108999999</v>
+      </c>
+      <c r="F309" s="44">
+        <v>114628</v>
+      </c>
+    </row>
+    <row r="310" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B310" s="70">
+        <v>307</v>
+      </c>
+      <c r="C310" s="43" t="s">
+        <v>704</v>
+      </c>
+      <c r="D310" s="44">
+        <v>40395</v>
+      </c>
+      <c r="E310" s="45">
+        <v>1811983.2050000001</v>
+      </c>
+      <c r="F310" s="44">
+        <v>33318</v>
+      </c>
+    </row>
+    <row r="311" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B311" s="71">
+        <v>308</v>
+      </c>
+      <c r="C311" s="43" t="s">
+        <v>703</v>
+      </c>
+      <c r="D311" s="44">
+        <v>5242</v>
+      </c>
+      <c r="E311" s="45">
+        <v>582286.603</v>
+      </c>
+      <c r="F311" s="44">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="312" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B312" s="72">
+        <v>309</v>
+      </c>
+      <c r="C312" s="43" t="s">
+        <v>343</v>
+      </c>
+      <c r="D312" s="44">
+        <v>2910940</v>
+      </c>
+      <c r="E312" s="45">
+        <v>8225207.898</v>
+      </c>
+      <c r="F312" s="44">
+        <v>133168</v>
+      </c>
+    </row>
+    <row r="313" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B313" s="70">
+        <v>310</v>
+      </c>
+      <c r="C313" s="43" t="s">
+        <v>702</v>
+      </c>
+      <c r="D313" s="44">
+        <v>65085</v>
+      </c>
+      <c r="E313" s="45">
+        <v>777518.83600000001</v>
+      </c>
+      <c r="F313" s="44">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="314" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B314" s="71">
+        <v>311</v>
+      </c>
+      <c r="C314" s="43" t="s">
+        <v>701</v>
+      </c>
+      <c r="D314" s="44">
+        <v>232</v>
+      </c>
+      <c r="E314" s="45">
+        <v>1774.1410000000001</v>
+      </c>
+      <c r="F314" s="44">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="315" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B315" s="72">
+        <v>312</v>
+      </c>
+      <c r="C315" s="43" t="s">
+        <v>700</v>
+      </c>
+      <c r="D315" s="44">
+        <v>1660</v>
+      </c>
+      <c r="E315" s="45">
+        <v>19786.341</v>
+      </c>
+      <c r="F315" s="44">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="316" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B316" s="70">
+        <v>313</v>
+      </c>
+      <c r="C316" s="43" t="s">
+        <v>699</v>
+      </c>
+      <c r="D316" s="44">
+        <v>18069</v>
+      </c>
+      <c r="E316" s="45">
+        <v>114900.07</v>
+      </c>
+      <c r="F316" s="44">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="317" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B317" s="71">
+        <v>314</v>
+      </c>
+      <c r="C317" s="43" t="s">
+        <v>698</v>
+      </c>
+      <c r="D317" s="44">
+        <v>6703</v>
+      </c>
+      <c r="E317" s="45">
+        <v>22863.183000000001</v>
+      </c>
+      <c r="F317" s="44">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="318" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B318" s="72">
+        <v>315</v>
+      </c>
+      <c r="C318" s="43" t="s">
+        <v>697</v>
+      </c>
+      <c r="D318" s="44">
+        <v>83791</v>
+      </c>
+      <c r="E318" s="45">
+        <v>103708.417</v>
+      </c>
+      <c r="F318" s="44">
+        <v>2697</v>
+      </c>
+    </row>
+    <row r="319" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B319" s="70">
+        <v>316</v>
+      </c>
+      <c r="C319" s="43" t="s">
+        <v>696</v>
+      </c>
+      <c r="D319" s="44">
+        <v>22070</v>
+      </c>
+      <c r="E319" s="45">
+        <v>242890.149</v>
+      </c>
+      <c r="F319" s="44">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="320" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B320" s="71">
+        <v>317</v>
+      </c>
+      <c r="C320" s="43" t="s">
+        <v>695</v>
+      </c>
+      <c r="D320" s="44">
+        <v>283058</v>
+      </c>
+      <c r="E320" s="45">
+        <v>409178.42800000001</v>
+      </c>
+      <c r="F320" s="44">
+        <v>4362</v>
+      </c>
+    </row>
+    <row r="321" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B321" s="72">
+        <v>318</v>
+      </c>
+      <c r="C321" s="43" t="s">
+        <v>694</v>
+      </c>
+      <c r="D321" s="44">
+        <v>3069</v>
+      </c>
+      <c r="E321" s="45">
+        <v>34258.803999999996</v>
+      </c>
+      <c r="F321" s="44">
+        <v>2488</v>
+      </c>
+    </row>
+    <row r="322" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B322" s="70">
+        <v>319</v>
+      </c>
+      <c r="C322" s="43" t="s">
+        <v>163</v>
+      </c>
+      <c r="D322" s="44">
+        <v>40057957</v>
+      </c>
+      <c r="E322" s="45">
+        <v>107233724.691</v>
+      </c>
+      <c r="F322" s="44">
+        <v>150456</v>
+      </c>
+    </row>
+    <row r="323" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B323" s="71">
+        <v>320</v>
+      </c>
+      <c r="C323" s="43" t="s">
+        <v>693</v>
+      </c>
+      <c r="D323" s="44">
+        <v>156</v>
+      </c>
+      <c r="E323" s="45">
+        <v>4427.9970000000003</v>
+      </c>
+      <c r="F323" s="44">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="324" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B324" s="72">
+        <v>321</v>
+      </c>
+      <c r="C324" s="43" t="s">
+        <v>692</v>
+      </c>
+      <c r="D324" s="44">
+        <v>15992</v>
+      </c>
+      <c r="E324" s="45">
+        <v>219762.201</v>
+      </c>
+      <c r="F324" s="44">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="325" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B325" s="70">
+        <v>322</v>
+      </c>
+      <c r="C325" s="43" t="s">
+        <v>691</v>
+      </c>
+      <c r="D325" s="44">
+        <v>572</v>
+      </c>
+      <c r="E325" s="45">
+        <v>5816.18</v>
+      </c>
+      <c r="F325" s="44">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="326" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B326" s="71">
+        <v>323</v>
+      </c>
+      <c r="C326" s="43" t="s">
+        <v>690</v>
+      </c>
+      <c r="D326" s="44">
+        <v>311626</v>
+      </c>
+      <c r="E326" s="45">
+        <v>416019.489</v>
+      </c>
+      <c r="F326" s="44">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="327" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B327" s="72">
+        <v>324</v>
+      </c>
+      <c r="C327" s="43" t="s">
+        <v>689</v>
+      </c>
+      <c r="D327" s="44">
+        <v>45398</v>
+      </c>
+      <c r="E327" s="45">
+        <v>71946.788</v>
+      </c>
+      <c r="F327" s="44">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="328" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B328" s="70">
+        <v>325</v>
+      </c>
+      <c r="C328" s="43" t="s">
+        <v>688</v>
+      </c>
+      <c r="D328" s="44">
+        <v>235471</v>
+      </c>
+      <c r="E328" s="45">
+        <v>249748.02100000001</v>
+      </c>
+      <c r="F328" s="44">
+        <v>2215</v>
+      </c>
+    </row>
+    <row r="329" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B329" s="71">
+        <v>326</v>
+      </c>
+      <c r="C329" s="43" t="s">
+        <v>687</v>
+      </c>
+      <c r="D329" s="44">
+        <v>242</v>
+      </c>
+      <c r="E329" s="45">
+        <v>3177.2249999999999</v>
+      </c>
+      <c r="F329" s="44">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="330" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B330" s="72">
+        <v>327</v>
+      </c>
+      <c r="C330" s="43" t="s">
+        <v>686</v>
+      </c>
+      <c r="D330" s="44">
+        <v>48092</v>
+      </c>
+      <c r="E330" s="45">
+        <v>106313.204</v>
+      </c>
+      <c r="F330" s="44">
+        <v>2036</v>
+      </c>
+    </row>
+    <row r="331" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B331" s="70">
+        <v>328</v>
+      </c>
+      <c r="C331" s="43" t="s">
+        <v>685</v>
+      </c>
+      <c r="D331" s="44">
+        <v>3165</v>
+      </c>
+      <c r="E331" s="45">
+        <v>30806.083999999999</v>
+      </c>
+      <c r="F331" s="44">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="332" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B332" s="71">
+        <v>329</v>
+      </c>
+      <c r="C332" s="43" t="s">
+        <v>684</v>
+      </c>
+      <c r="D332" s="44">
+        <v>726</v>
+      </c>
+      <c r="E332" s="45">
+        <v>47684.908000000003</v>
+      </c>
+      <c r="F332" s="44">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="333" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B333" s="72">
+        <v>330</v>
+      </c>
+      <c r="C333" s="43" t="s">
+        <v>682</v>
+      </c>
+      <c r="D333" s="44">
+        <v>14756</v>
+      </c>
+      <c r="E333" s="45">
+        <v>1374655.3589999999</v>
+      </c>
+      <c r="F333" s="44">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="334" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B334" s="70">
+        <v>331</v>
+      </c>
+      <c r="C334" s="43" t="s">
+        <v>683</v>
+      </c>
+      <c r="D334" s="44">
+        <v>10797</v>
+      </c>
+      <c r="E334" s="45">
+        <v>127013.13499999999</v>
+      </c>
+      <c r="F334" s="44">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="335" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B335" s="71">
+        <v>332</v>
+      </c>
+      <c r="C335" s="43" t="s">
+        <v>681</v>
+      </c>
+      <c r="D335" s="44">
+        <v>7838</v>
+      </c>
+      <c r="E335" s="45">
+        <v>185011.48</v>
+      </c>
+      <c r="F335" s="44">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="336" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B336" s="72">
+        <v>333</v>
+      </c>
+      <c r="C336" s="43" t="s">
+        <v>680</v>
+      </c>
+      <c r="D336" s="44">
+        <v>19627</v>
+      </c>
+      <c r="E336" s="45">
+        <v>1370522.7819999999</v>
+      </c>
+      <c r="F336" s="44">
+        <v>2566</v>
+      </c>
+    </row>
+    <row r="337" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B337" s="70">
+        <v>334</v>
+      </c>
+      <c r="C337" s="43" t="s">
+        <v>679</v>
+      </c>
+      <c r="D337" s="44">
+        <v>31018947</v>
+      </c>
+      <c r="E337" s="45">
+        <v>56098746.452</v>
+      </c>
+      <c r="F337" s="44">
+        <v>269116</v>
+      </c>
+    </row>
+    <row r="338" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B338" s="71">
+        <v>335</v>
+      </c>
+      <c r="C338" s="43" t="s">
+        <v>676</v>
+      </c>
+      <c r="D338" s="44">
+        <v>1524</v>
+      </c>
+      <c r="E338" s="45">
+        <v>103530.29300000001</v>
+      </c>
+      <c r="F338" s="44">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="339" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B339" s="72">
+        <v>336</v>
+      </c>
+      <c r="C339" s="43" t="s">
+        <v>675</v>
+      </c>
+      <c r="D339" s="44">
+        <v>27396</v>
+      </c>
+      <c r="E339" s="45">
+        <v>443450.75799999997</v>
+      </c>
+      <c r="F339" s="44">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="340" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B340" s="70">
+        <v>337</v>
+      </c>
+      <c r="C340" s="43" t="s">
+        <v>678</v>
+      </c>
+      <c r="D340" s="44">
+        <v>3131</v>
+      </c>
+      <c r="E340" s="45">
+        <v>143904.247</v>
+      </c>
+      <c r="F340" s="44">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="341" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B341" s="71">
+        <v>338</v>
+      </c>
+      <c r="C341" s="43" t="s">
+        <v>677</v>
+      </c>
+      <c r="D341" s="44">
+        <v>1465</v>
+      </c>
+      <c r="E341" s="45">
+        <v>135164.05300000001</v>
+      </c>
+      <c r="F341" s="44">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="342" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B342" s="72">
+        <v>339</v>
+      </c>
+      <c r="C342" s="43" t="s">
+        <v>674</v>
+      </c>
+      <c r="D342" s="44">
+        <v>311336</v>
+      </c>
+      <c r="E342" s="45">
+        <v>2787793.1880000001</v>
+      </c>
+      <c r="F342" s="44">
+        <v>2952</v>
+      </c>
+    </row>
+    <row r="343" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B343" s="70">
+        <v>340</v>
+      </c>
+      <c r="C343" s="43" t="s">
+        <v>673</v>
+      </c>
+      <c r="D343" s="44">
+        <v>4562</v>
+      </c>
+      <c r="E343" s="45">
+        <v>403874.73599999998</v>
+      </c>
+      <c r="F343" s="44">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="344" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B344" s="71">
+        <v>341</v>
+      </c>
+      <c r="C344" s="43" t="s">
+        <v>671</v>
+      </c>
+      <c r="D344" s="44">
+        <v>13325</v>
+      </c>
+      <c r="E344" s="45">
+        <v>1108170.0009999999</v>
+      </c>
+      <c r="F344" s="44">
+        <v>2883</v>
+      </c>
+    </row>
+    <row r="345" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B345" s="72">
+        <v>342</v>
+      </c>
+      <c r="C345" s="43" t="s">
+        <v>672</v>
+      </c>
+      <c r="D345" s="44">
+        <v>62264</v>
+      </c>
+      <c r="E345" s="45">
+        <v>268850.19400000002</v>
+      </c>
+      <c r="F345" s="44">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="346" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B346" s="70">
+        <v>343</v>
+      </c>
+      <c r="C346" s="43" t="s">
+        <v>670</v>
+      </c>
+      <c r="D346" s="44">
+        <v>14087</v>
+      </c>
+      <c r="E346" s="45">
+        <v>1120064.656</v>
+      </c>
+      <c r="F346" s="44">
+        <v>14087</v>
+      </c>
+    </row>
+    <row r="347" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B347" s="71">
+        <v>344</v>
+      </c>
+      <c r="C347" s="43" t="s">
+        <v>669</v>
+      </c>
+      <c r="D347" s="44">
+        <v>69987</v>
+      </c>
+      <c r="E347" s="45">
+        <v>378394.30599999998</v>
+      </c>
+      <c r="F347" s="44">
+        <v>3762</v>
+      </c>
+    </row>
+    <row r="348" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B348" s="72">
+        <v>345</v>
+      </c>
+      <c r="C348" s="43" t="s">
+        <v>350</v>
+      </c>
+      <c r="D348" s="44">
+        <v>1987681</v>
+      </c>
+      <c r="E348" s="45">
+        <v>2607898.4029999999</v>
+      </c>
+      <c r="F348" s="44">
+        <v>3514</v>
+      </c>
+    </row>
+    <row r="349" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B349" s="70">
+        <v>346</v>
+      </c>
+      <c r="C349" s="43" t="s">
+        <v>668</v>
+      </c>
+      <c r="D349" s="44">
+        <v>228108</v>
+      </c>
+      <c r="E349" s="45">
+        <v>944732.946</v>
+      </c>
+      <c r="F349" s="44">
+        <v>1282</v>
+      </c>
+    </row>
+    <row r="350" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B350" s="71">
+        <v>347</v>
+      </c>
+      <c r="C350" s="43" t="s">
+        <v>667</v>
+      </c>
+      <c r="D350" s="44">
+        <v>276</v>
+      </c>
+      <c r="E350" s="45">
+        <v>16474.021000000001</v>
+      </c>
+      <c r="F350" s="44">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="351" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B351" s="72">
+        <v>348</v>
+      </c>
+      <c r="C351" s="43" t="s">
+        <v>666</v>
+      </c>
+      <c r="D351" s="44">
+        <v>58</v>
+      </c>
+      <c r="E351" s="45">
+        <v>236.81</v>
+      </c>
+      <c r="F351" s="44">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="352" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B352" s="70">
+        <v>349</v>
+      </c>
+      <c r="C352" s="43" t="s">
+        <v>665</v>
+      </c>
+      <c r="D352" s="44">
+        <v>30073</v>
+      </c>
+      <c r="E352" s="45">
+        <v>859308.75699999998</v>
+      </c>
+      <c r="F352" s="44">
+        <v>2471</v>
+      </c>
+    </row>
+    <row r="353" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B353" s="71">
+        <v>350</v>
+      </c>
+      <c r="C353" s="43" t="s">
+        <v>664</v>
+      </c>
+      <c r="D353" s="44">
+        <v>4418</v>
+      </c>
+      <c r="E353" s="45">
+        <v>83296.66</v>
+      </c>
+      <c r="F353" s="44">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="354" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B354" s="72">
+        <v>351</v>
+      </c>
+      <c r="C354" s="43" t="s">
+        <v>663</v>
+      </c>
+      <c r="D354" s="44">
+        <v>1307</v>
+      </c>
+      <c r="E354" s="45">
+        <v>18755.472000000002</v>
+      </c>
+      <c r="F354" s="44">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="355" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B355" s="70">
+        <v>352</v>
+      </c>
+      <c r="C355" s="43" t="s">
+        <v>35</v>
+      </c>
+      <c r="D355" s="44">
+        <v>12057</v>
+      </c>
+      <c r="E355" s="45">
+        <v>579812.46699999995</v>
+      </c>
+      <c r="F355" s="44">
+        <v>2642</v>
+      </c>
+    </row>
+    <row r="356" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B356" s="71">
+        <v>353</v>
+      </c>
+      <c r="C356" s="43" t="s">
+        <v>352</v>
+      </c>
+      <c r="D356" s="44">
+        <v>32558</v>
+      </c>
+      <c r="E356" s="45">
+        <v>2044788.3910000001</v>
+      </c>
+      <c r="F356" s="44">
+        <v>6897</v>
+      </c>
+    </row>
+    <row r="357" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B357" s="72">
+        <v>354</v>
+      </c>
+      <c r="C357" s="43" t="s">
+        <v>662</v>
+      </c>
+      <c r="D357" s="44">
+        <v>32619</v>
+      </c>
+      <c r="E357" s="45">
+        <v>229126.223</v>
+      </c>
+      <c r="F357" s="44">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="358" spans="2:6" s="37" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B358" s="70">
+        <v>355</v>
+      </c>
+      <c r="C358" s="43" t="s">
+        <v>661</v>
+      </c>
+      <c r="D358" s="44">
+        <v>39</v>
+      </c>
+      <c r="E358" s="45">
+        <v>646.58100000000002</v>
+      </c>
+      <c r="F358" s="44">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="359" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B359" s="71">
+        <v>356</v>
+      </c>
+      <c r="C359" s="43" t="s">
+        <v>660</v>
+      </c>
+      <c r="D359" s="44">
+        <v>582360</v>
+      </c>
+      <c r="E359" s="45">
+        <v>4658756.6830000002</v>
+      </c>
+      <c r="F359" s="44">
+        <v>2800</v>
+      </c>
+    </row>
+    <row r="360" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B360" s="72">
+        <v>357</v>
+      </c>
+      <c r="C360" s="43" t="s">
+        <v>659</v>
+      </c>
+      <c r="D360" s="44">
+        <v>140484</v>
+      </c>
+      <c r="E360" s="45">
+        <v>176556.84899999999</v>
+      </c>
+      <c r="F360" s="44">
+        <v>7067</v>
+      </c>
+    </row>
+    <row r="361" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B361" s="70">
+        <v>358</v>
+      </c>
+      <c r="C361" s="43" t="s">
+        <v>658</v>
+      </c>
+      <c r="D361" s="44">
+        <v>1797</v>
+      </c>
+      <c r="E361" s="45">
+        <v>160075.95699999999</v>
+      </c>
+      <c r="F361" s="44">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="362" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B362" s="71">
+        <v>359</v>
+      </c>
+      <c r="C362" s="43" t="s">
+        <v>657</v>
+      </c>
+      <c r="D362" s="44">
+        <v>1186</v>
+      </c>
+      <c r="E362" s="45">
+        <v>101316.04399999999</v>
+      </c>
+      <c r="F362" s="44">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="363" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B363" s="72">
+        <v>360</v>
+      </c>
+      <c r="C363" s="43" t="s">
+        <v>656</v>
+      </c>
+      <c r="D363" s="44">
+        <v>2547</v>
+      </c>
+      <c r="E363" s="45">
+        <v>89925</v>
+      </c>
+      <c r="F363" s="44">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="364" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B364" s="70">
+        <v>361</v>
+      </c>
+      <c r="C364" s="43" t="s">
+        <v>655</v>
+      </c>
+      <c r="D364" s="44">
+        <v>777</v>
+      </c>
+      <c r="E364" s="45">
+        <v>67543.005000000005</v>
+      </c>
+      <c r="F364" s="44">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="365" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B365" s="71">
+        <v>362</v>
+      </c>
+      <c r="C365" s="43" t="s">
+        <v>654</v>
+      </c>
+      <c r="D365" s="44">
+        <v>1467</v>
+      </c>
+      <c r="E365" s="45">
+        <v>102417.675</v>
+      </c>
+      <c r="F365" s="44">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="366" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B366" s="72">
+        <v>363</v>
+      </c>
+      <c r="C366" s="43" t="s">
+        <v>653</v>
+      </c>
+      <c r="D366" s="44">
+        <v>374131</v>
+      </c>
+      <c r="E366" s="45">
+        <v>691483.57200000004</v>
+      </c>
+      <c r="F366" s="44">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="367" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B367" s="70">
+        <v>364</v>
+      </c>
+      <c r="C367" s="43" t="s">
+        <v>652</v>
+      </c>
+      <c r="D367" s="44">
+        <v>227</v>
+      </c>
+      <c r="E367" s="45">
+        <v>5036.9470000000001</v>
+      </c>
+      <c r="F367" s="44">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="368" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B368" s="71">
+        <v>365</v>
+      </c>
+      <c r="C368" s="43" t="s">
+        <v>651</v>
+      </c>
+      <c r="D368" s="44">
+        <v>800</v>
+      </c>
+      <c r="E368" s="45">
+        <v>10209.719999999999</v>
+      </c>
+      <c r="F368" s="44">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="369" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B369" s="72">
+        <v>366</v>
+      </c>
+      <c r="C369" s="43" t="s">
+        <v>650</v>
+      </c>
+      <c r="D369" s="44">
+        <v>11789</v>
+      </c>
+      <c r="E369" s="45">
+        <v>348809.42099999997</v>
+      </c>
+      <c r="F369" s="44">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="370" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B370" s="70">
+        <v>367</v>
+      </c>
+      <c r="C370" s="43" t="s">
+        <v>649</v>
+      </c>
+      <c r="D370" s="44">
+        <v>16821</v>
+      </c>
+      <c r="E370" s="45">
+        <v>62448</v>
+      </c>
+      <c r="F370" s="44">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="371" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B371" s="71">
+        <v>368</v>
+      </c>
+      <c r="C371" s="43" t="s">
+        <v>648</v>
+      </c>
+      <c r="D371" s="44">
+        <v>1300610</v>
+      </c>
+      <c r="E371" s="45">
+        <v>4352948.4009999996</v>
+      </c>
+      <c r="F371" s="44">
+        <v>2895</v>
+      </c>
+    </row>
+    <row r="372" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B372" s="72">
+        <v>369</v>
+      </c>
+      <c r="C372" s="43" t="s">
+        <v>647</v>
+      </c>
+      <c r="D372" s="44">
+        <v>54</v>
+      </c>
+      <c r="E372" s="45">
+        <v>225.745</v>
+      </c>
+      <c r="F372" s="44">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="373" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B373" s="70">
+        <v>370</v>
+      </c>
+      <c r="C373" s="43" t="s">
+        <v>646</v>
+      </c>
+      <c r="D373" s="44">
+        <v>31334</v>
+      </c>
+      <c r="E373" s="45">
+        <v>243757.087</v>
+      </c>
+      <c r="F373" s="44">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="374" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B374" s="71">
+        <v>371</v>
+      </c>
+      <c r="C374" s="43" t="s">
+        <v>645</v>
+      </c>
+      <c r="D374" s="44">
+        <v>1948</v>
+      </c>
+      <c r="E374" s="45">
+        <v>139147.87599999999</v>
+      </c>
+      <c r="F374" s="44">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="375" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B375" s="72">
+        <v>372</v>
+      </c>
+      <c r="C375" s="43" t="s">
+        <v>644</v>
+      </c>
+      <c r="D375" s="44">
+        <v>474</v>
+      </c>
+      <c r="E375" s="45">
+        <v>131407.522</v>
+      </c>
+      <c r="F375" s="44">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="376" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B376" s="70">
+        <v>373</v>
+      </c>
+      <c r="C376" s="43" t="s">
+        <v>643</v>
+      </c>
+      <c r="D376" s="44">
+        <v>2091</v>
+      </c>
+      <c r="E376" s="45">
+        <v>40017.78</v>
+      </c>
+      <c r="F376" s="44">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="377" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B377" s="71">
+        <v>374</v>
+      </c>
+      <c r="C377" s="43" t="s">
+        <v>642</v>
+      </c>
+      <c r="D377" s="44">
+        <v>268</v>
+      </c>
+      <c r="E377" s="45">
+        <v>1977.162</v>
+      </c>
+      <c r="F377" s="44">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="378" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B378" s="72">
+        <v>375</v>
+      </c>
+      <c r="C378" s="43" t="s">
+        <v>640</v>
+      </c>
+      <c r="D378" s="44">
+        <v>3384</v>
+      </c>
+      <c r="E378" s="45">
+        <v>294277.473</v>
+      </c>
+      <c r="F378" s="44">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="379" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B379" s="70">
+        <v>376</v>
+      </c>
+      <c r="C379" s="43" t="s">
+        <v>639</v>
+      </c>
+      <c r="D379" s="44">
+        <v>675</v>
+      </c>
+      <c r="E379" s="45">
+        <v>29196.833999999999</v>
+      </c>
+      <c r="F379" s="44">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="380" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B380" s="71">
+        <v>377</v>
+      </c>
+      <c r="C380" s="43" t="s">
+        <v>638</v>
+      </c>
+      <c r="D380" s="44">
+        <v>95754</v>
+      </c>
+      <c r="E380" s="45">
+        <v>198381.663</v>
+      </c>
+      <c r="F380" s="44">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="381" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B381" s="72">
+        <v>378</v>
+      </c>
+      <c r="C381" s="43" t="s">
+        <v>637</v>
+      </c>
+      <c r="D381" s="44">
+        <v>4536</v>
+      </c>
+      <c r="E381" s="45">
+        <v>204269.70800000001</v>
+      </c>
+      <c r="F381" s="44">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="382" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B382" s="70">
+        <v>379</v>
+      </c>
+      <c r="C382" s="43" t="s">
+        <v>641</v>
+      </c>
+      <c r="D382" s="44">
+        <v>899</v>
+      </c>
+      <c r="E382" s="45">
+        <v>5504.4560000000001</v>
+      </c>
+      <c r="F382" s="44">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="383" spans="2:6" s="37" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B383" s="71">
+        <v>380</v>
+      </c>
+      <c r="C383" s="43" t="s">
+        <v>636</v>
+      </c>
+      <c r="D383" s="44">
+        <v>132923</v>
+      </c>
+      <c r="E383" s="45">
+        <v>226076.11199999999</v>
+      </c>
+      <c r="F383" s="44">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="384" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B384" s="72">
+        <v>381</v>
+      </c>
+      <c r="C384" s="43" t="s">
+        <v>635</v>
+      </c>
+      <c r="D384" s="44">
+        <v>1235</v>
+      </c>
+      <c r="E384" s="45">
+        <v>11673.005999999999</v>
+      </c>
+      <c r="F384" s="44">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="385" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B385" s="70">
+        <v>382</v>
+      </c>
+      <c r="C385" s="43" t="s">
+        <v>634</v>
+      </c>
+      <c r="D385" s="44">
+        <v>14181</v>
+      </c>
+      <c r="E385" s="45">
+        <v>186251.55300000001</v>
+      </c>
+      <c r="F385" s="44">
+        <v>3583</v>
+      </c>
+    </row>
+    <row r="386" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B386" s="71">
+        <v>383</v>
+      </c>
+      <c r="C386" s="43" t="s">
+        <v>633</v>
+      </c>
+      <c r="D386" s="44">
+        <v>1758</v>
+      </c>
+      <c r="E386" s="45">
+        <v>56384.959000000003</v>
+      </c>
+      <c r="F386" s="44">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="387" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B387" s="72">
+        <v>384</v>
+      </c>
+      <c r="C387" s="43" t="s">
+        <v>632</v>
+      </c>
+      <c r="D387" s="44">
+        <v>19</v>
+      </c>
+      <c r="E387" s="45">
+        <v>10920000</v>
+      </c>
+      <c r="F387" s="44">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="388" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B388" s="70">
+        <v>385</v>
+      </c>
+      <c r="C388" s="43" t="s">
+        <v>631</v>
+      </c>
+      <c r="D388" s="44">
+        <v>21099276</v>
+      </c>
+      <c r="E388" s="45">
+        <v>19286035.749000002</v>
+      </c>
+      <c r="F388" s="44">
+        <v>1285247</v>
+      </c>
+    </row>
+    <row r="389" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B389" s="71">
+        <v>386</v>
+      </c>
+      <c r="C389" s="43" t="s">
+        <v>630</v>
+      </c>
+      <c r="D389" s="44">
+        <v>402</v>
+      </c>
+      <c r="E389" s="45">
+        <v>7343.1540000000005</v>
+      </c>
+      <c r="F389" s="44">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="390" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B390" s="72">
+        <v>387</v>
+      </c>
+      <c r="C390" s="43" t="s">
+        <v>629</v>
+      </c>
+      <c r="D390" s="44">
+        <v>4659</v>
+      </c>
+      <c r="E390" s="45">
+        <v>55260.595000000001</v>
+      </c>
+      <c r="F390" s="44">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="391" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B391" s="70">
+        <v>388</v>
+      </c>
+      <c r="C391" s="43" t="s">
+        <v>628</v>
+      </c>
+      <c r="D391" s="44">
+        <v>75126697</v>
+      </c>
+      <c r="E391" s="45">
+        <v>201167433.199</v>
+      </c>
+      <c r="F391" s="44">
+        <v>2069335</v>
+      </c>
+    </row>
+    <row r="392" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B392" s="71">
+        <v>389</v>
+      </c>
+      <c r="C392" s="43" t="s">
+        <v>359</v>
+      </c>
+      <c r="D392" s="44">
+        <v>52257</v>
+      </c>
+      <c r="E392" s="45">
+        <v>81201.688999999998</v>
+      </c>
+      <c r="F392" s="44">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="393" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B393" s="72">
+        <v>390</v>
+      </c>
+      <c r="C393" s="43" t="s">
+        <v>627</v>
+      </c>
+      <c r="D393" s="44">
+        <v>67817</v>
+      </c>
+      <c r="E393" s="45">
+        <v>126806.022</v>
+      </c>
+      <c r="F393" s="44">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="394" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B394" s="70">
+        <v>391</v>
+      </c>
+      <c r="C394" s="43" t="s">
+        <v>626</v>
+      </c>
+      <c r="D394" s="44">
+        <v>13382</v>
+      </c>
+      <c r="E394" s="45">
+        <v>27775.902999999998</v>
+      </c>
+      <c r="F394" s="44">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="395" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B395" s="71">
+        <v>392</v>
+      </c>
+      <c r="C395" s="43" t="s">
+        <v>625</v>
+      </c>
+      <c r="D395" s="44">
+        <v>21748</v>
+      </c>
+      <c r="E395" s="45">
+        <v>35528.646000000001</v>
+      </c>
+      <c r="F395" s="44">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="396" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B396" s="72">
+        <v>393</v>
+      </c>
+      <c r="C396" s="43" t="s">
+        <v>624</v>
+      </c>
+      <c r="D396" s="44">
+        <v>15</v>
+      </c>
+      <c r="E396" s="45">
+        <v>110.14100000000001</v>
+      </c>
+      <c r="F396" s="44">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="397" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B397" s="70">
+        <v>394</v>
+      </c>
+      <c r="C397" s="43" t="s">
+        <v>623</v>
+      </c>
+      <c r="D397" s="44">
+        <v>205</v>
+      </c>
+      <c r="E397" s="45">
+        <v>11647.366</v>
+      </c>
+      <c r="F397" s="44">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="398" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B398" s="71">
+        <v>395</v>
+      </c>
+      <c r="C398" s="43" t="s">
+        <v>39</v>
+      </c>
+      <c r="D398" s="44">
+        <v>609056</v>
+      </c>
+      <c r="E398" s="45">
+        <v>28743797.984000001</v>
+      </c>
+      <c r="F398" s="44">
+        <v>222938</v>
+      </c>
+    </row>
+    <row r="399" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B399" s="72">
+        <v>396</v>
+      </c>
+      <c r="C399" s="43" t="s">
+        <v>622</v>
+      </c>
+      <c r="D399" s="44">
+        <v>13562</v>
+      </c>
+      <c r="E399" s="45">
+        <v>12752.614</v>
+      </c>
+      <c r="F399" s="44">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="400" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B400" s="70">
+        <v>397</v>
+      </c>
+      <c r="C400" s="43" t="s">
+        <v>40</v>
+      </c>
+      <c r="D400" s="44">
+        <v>5060888953</v>
+      </c>
+      <c r="E400" s="45">
+        <v>8293925128.5600004</v>
+      </c>
+      <c r="F400" s="44">
+        <v>147982513</v>
+      </c>
+    </row>
+    <row r="401" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B401" s="71">
+        <v>398</v>
+      </c>
+      <c r="C401" s="43" t="s">
+        <v>621</v>
+      </c>
+      <c r="D401" s="44">
+        <v>1399353</v>
+      </c>
+      <c r="E401" s="45">
+        <v>460293.09499999997</v>
+      </c>
+      <c r="F401" s="44">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="402" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B402" s="72">
+        <v>399</v>
+      </c>
+      <c r="C402" s="43" t="s">
+        <v>620</v>
+      </c>
+      <c r="D402" s="44">
+        <v>17386</v>
+      </c>
+      <c r="E402" s="45">
+        <v>1528008.8559999999</v>
+      </c>
+      <c r="F402" s="44">
+        <v>2031</v>
+      </c>
+    </row>
+    <row r="403" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B403" s="70">
+        <v>400</v>
+      </c>
+      <c r="C403" s="43" t="s">
+        <v>619</v>
+      </c>
+      <c r="D403" s="44">
+        <v>26946</v>
+      </c>
+      <c r="E403" s="45">
+        <v>3161036.2110000001</v>
+      </c>
+      <c r="F403" s="44">
+        <v>4005</v>
+      </c>
+    </row>
+    <row r="404" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B404" s="71">
+        <v>401</v>
+      </c>
+      <c r="C404" s="43" t="s">
+        <v>618</v>
+      </c>
+      <c r="D404" s="44">
+        <v>850844</v>
+      </c>
+      <c r="E404" s="45">
+        <v>13423225.754000001</v>
+      </c>
+      <c r="F404" s="44">
+        <v>33687</v>
+      </c>
+    </row>
+    <row r="405" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B405" s="72">
+        <v>402</v>
+      </c>
+      <c r="C405" s="43" t="s">
+        <v>617</v>
+      </c>
+      <c r="D405" s="44">
+        <v>146913</v>
+      </c>
+      <c r="E405" s="45">
+        <v>5329121.2850000001</v>
+      </c>
+      <c r="F405" s="44">
+        <v>25379</v>
+      </c>
+    </row>
+    <row r="406" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B406" s="70">
+        <v>403</v>
+      </c>
+      <c r="C406" s="43" t="s">
+        <v>364</v>
+      </c>
+      <c r="D406" s="44">
+        <v>10107174</v>
+      </c>
+      <c r="E406" s="45">
+        <v>17410909.927999999</v>
+      </c>
+      <c r="F406" s="44">
+        <v>38892</v>
+      </c>
+    </row>
+    <row r="407" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B407" s="71">
+        <v>404</v>
+      </c>
+      <c r="C407" s="43" t="s">
+        <v>615</v>
+      </c>
+      <c r="D407" s="44">
+        <v>13900</v>
+      </c>
+      <c r="E407" s="45">
+        <v>122086.325</v>
+      </c>
+      <c r="F407" s="44">
+        <v>2798</v>
+      </c>
+    </row>
+    <row r="408" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B408" s="72">
+        <v>405</v>
+      </c>
+      <c r="C408" s="43" t="s">
+        <v>616</v>
+      </c>
+      <c r="D408" s="44">
+        <v>2463360</v>
+      </c>
+      <c r="E408" s="45">
+        <v>58925726.484999999</v>
+      </c>
+      <c r="F408" s="44">
+        <v>231078</v>
+      </c>
+    </row>
+    <row r="409" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B409" s="70">
+        <v>406</v>
+      </c>
+      <c r="C409" s="43" t="s">
+        <v>614</v>
+      </c>
+      <c r="D409" s="44">
+        <v>84055</v>
+      </c>
+      <c r="E409" s="45">
+        <v>319999.35600000003</v>
+      </c>
+      <c r="F409" s="44">
+        <v>4074</v>
+      </c>
+    </row>
+    <row r="410" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B410" s="71">
+        <v>407</v>
+      </c>
+      <c r="C410" s="43" t="s">
+        <v>613</v>
+      </c>
+      <c r="D410" s="44">
+        <v>1686</v>
+      </c>
+      <c r="E410" s="45">
+        <v>43551.788</v>
+      </c>
+      <c r="F410" s="44">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="411" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B411" s="72">
+        <v>408</v>
+      </c>
+      <c r="C411" s="43" t="s">
+        <v>42</v>
+      </c>
+      <c r="D411" s="44">
+        <v>1474985</v>
+      </c>
+      <c r="E411" s="45">
+        <v>12986963.939999999</v>
+      </c>
+      <c r="F411" s="44">
+        <v>47824</v>
+      </c>
+    </row>
+    <row r="412" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B412" s="70">
+        <v>409</v>
+      </c>
+      <c r="C412" s="43" t="s">
+        <v>612</v>
+      </c>
+      <c r="D412" s="44">
+        <v>790</v>
+      </c>
+      <c r="E412" s="45">
+        <v>13310.007</v>
+      </c>
+      <c r="F412" s="44">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="413" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B413" s="71">
+        <v>410</v>
+      </c>
+      <c r="C413" s="43" t="s">
+        <v>611</v>
+      </c>
+      <c r="D413" s="44">
+        <v>43001</v>
+      </c>
+      <c r="E413" s="45">
+        <v>452439.46600000001</v>
+      </c>
+      <c r="F413" s="44">
+        <v>3522</v>
+      </c>
+    </row>
+    <row r="414" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B414" s="72">
+        <v>411</v>
+      </c>
+      <c r="C414" s="43" t="s">
+        <v>369</v>
+      </c>
+      <c r="D414" s="44">
+        <v>19634</v>
+      </c>
+      <c r="E414" s="45">
+        <v>267029.66700000002</v>
+      </c>
+      <c r="F414" s="44">
+        <v>4672</v>
+      </c>
+    </row>
+    <row r="415" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B415" s="70">
+        <v>412</v>
+      </c>
+      <c r="C415" s="43" t="s">
+        <v>610</v>
+      </c>
+      <c r="D415" s="44">
+        <v>3993</v>
+      </c>
+      <c r="E415" s="45">
+        <v>77665.433999999994</v>
+      </c>
+      <c r="F415" s="44">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="416" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B416" s="71">
+        <v>413</v>
+      </c>
+      <c r="C416" s="43" t="s">
+        <v>609</v>
+      </c>
+      <c r="D416" s="44">
+        <v>6813</v>
+      </c>
+      <c r="E416" s="45">
+        <v>265055.83</v>
+      </c>
+      <c r="F416" s="44">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="417" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B417" s="72">
+        <v>414</v>
+      </c>
+      <c r="C417" s="43" t="s">
+        <v>608</v>
+      </c>
+      <c r="D417" s="44">
+        <v>2285287</v>
+      </c>
+      <c r="E417" s="45">
+        <v>6136673.3039999995</v>
+      </c>
+      <c r="F417" s="44">
+        <v>19280</v>
+      </c>
+    </row>
+    <row r="418" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B418" s="70">
+        <v>415</v>
+      </c>
+      <c r="C418" s="43" t="s">
+        <v>607</v>
+      </c>
+      <c r="D418" s="44">
+        <v>846</v>
+      </c>
+      <c r="E418" s="45">
+        <v>18900</v>
+      </c>
+      <c r="F418" s="44">
+        <v>2270</v>
+      </c>
+    </row>
+    <row r="419" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B419" s="71">
+        <v>416</v>
+      </c>
+      <c r="C419" s="43" t="s">
+        <v>606</v>
+      </c>
+      <c r="D419" s="44">
+        <v>229884</v>
+      </c>
+      <c r="E419" s="45">
+        <v>2033722.966</v>
+      </c>
+      <c r="F419" s="44">
+        <v>11367</v>
+      </c>
+    </row>
+    <row r="420" spans="2:6" s="37" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B420" s="72">
+        <v>417</v>
+      </c>
+      <c r="C420" s="43" t="s">
+        <v>605</v>
+      </c>
+      <c r="D420" s="44">
+        <v>54240</v>
+      </c>
+      <c r="E420" s="45">
+        <v>10460253.454</v>
+      </c>
+      <c r="F420" s="44">
+        <v>21850</v>
+      </c>
+    </row>
+    <row r="421" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B421" s="70">
+        <v>418</v>
+      </c>
+      <c r="C421" s="43" t="s">
+        <v>604</v>
+      </c>
+      <c r="D421" s="44">
+        <v>51498</v>
+      </c>
+      <c r="E421" s="45">
+        <v>71527.573000000004</v>
+      </c>
+      <c r="F421" s="44">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="422" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B422" s="71">
+        <v>419</v>
+      </c>
+      <c r="C422" s="43" t="s">
+        <v>603</v>
+      </c>
+      <c r="D422" s="44">
+        <v>438102</v>
+      </c>
+      <c r="E422" s="45">
+        <v>1724132.2290000001</v>
+      </c>
+      <c r="F422" s="44">
+        <v>22140</v>
+      </c>
+    </row>
+    <row r="423" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B423" s="72">
+        <v>420</v>
+      </c>
+      <c r="C423" s="43" t="s">
+        <v>602</v>
+      </c>
+      <c r="D423" s="44">
+        <v>11237</v>
+      </c>
+      <c r="E423" s="45">
+        <v>216832.06599999999</v>
+      </c>
+      <c r="F423" s="44">
+        <v>2359</v>
+      </c>
+    </row>
+    <row r="424" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B424" s="70">
+        <v>421</v>
+      </c>
+      <c r="C424" s="43" t="s">
+        <v>601</v>
+      </c>
+      <c r="D424" s="44">
+        <v>93735</v>
+      </c>
+      <c r="E424" s="45">
+        <v>164109.655</v>
+      </c>
+      <c r="F424" s="44">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="425" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B425" s="71">
+        <v>422</v>
+      </c>
+      <c r="C425" s="43" t="s">
+        <v>600</v>
+      </c>
+      <c r="D425" s="44">
+        <v>187732</v>
+      </c>
+      <c r="E425" s="45">
+        <v>1139891.9779999999</v>
+      </c>
+      <c r="F425" s="44">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="426" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B426" s="72">
+        <v>423</v>
+      </c>
+      <c r="C426" s="43" t="s">
+        <v>599</v>
+      </c>
+      <c r="D426" s="44">
+        <v>33</v>
+      </c>
+      <c r="E426" s="45">
+        <v>592.5</v>
+      </c>
+      <c r="F426" s="44">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="427" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B427" s="70">
+        <v>424</v>
+      </c>
+      <c r="C427" s="43" t="s">
+        <v>598</v>
+      </c>
+      <c r="D427" s="44">
+        <v>144565</v>
+      </c>
+      <c r="E427" s="45">
+        <v>5126404.3059999999</v>
+      </c>
+      <c r="F427" s="44">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="428" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B428" s="71">
+        <v>425</v>
+      </c>
+      <c r="C428" s="43" t="s">
+        <v>597</v>
+      </c>
+      <c r="D428" s="44">
+        <v>576</v>
+      </c>
+      <c r="E428" s="45">
+        <v>32498.375</v>
+      </c>
+      <c r="F428" s="44">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="429" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B429" s="72">
+        <v>426</v>
+      </c>
+      <c r="C429" s="43" t="s">
+        <v>596</v>
+      </c>
+      <c r="D429" s="44">
+        <v>1310019</v>
+      </c>
+      <c r="E429" s="45">
+        <v>1987380.683</v>
+      </c>
+      <c r="F429" s="44">
+        <v>2379</v>
+      </c>
+    </row>
+    <row r="430" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B430" s="70">
+        <v>427</v>
+      </c>
+      <c r="C430" s="43" t="s">
+        <v>595</v>
+      </c>
+      <c r="D430" s="44">
+        <v>14671</v>
+      </c>
+      <c r="E430" s="45">
+        <v>607964.57700000005</v>
+      </c>
+      <c r="F430" s="44">
+        <v>1685</v>
+      </c>
+    </row>
+    <row r="431" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B431" s="71">
+        <v>428</v>
+      </c>
+      <c r="C431" s="43" t="s">
+        <v>594</v>
+      </c>
+      <c r="D431" s="44">
+        <v>7708132</v>
+      </c>
+      <c r="E431" s="45">
+        <v>11180952.192</v>
+      </c>
+      <c r="F431" s="44">
+        <v>25617</v>
+      </c>
+    </row>
+    <row r="432" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B432" s="72">
+        <v>429</v>
+      </c>
+      <c r="C432" s="43" t="s">
+        <v>593</v>
+      </c>
+      <c r="D432" s="44">
+        <v>153476</v>
+      </c>
+      <c r="E432" s="45">
+        <v>260560.20199999999</v>
+      </c>
+      <c r="F432" s="44">
+        <v>2757</v>
+      </c>
+    </row>
+    <row r="433" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B433" s="70">
+        <v>430</v>
+      </c>
+      <c r="C433" s="43" t="s">
+        <v>592</v>
+      </c>
+      <c r="D433" s="44">
+        <v>10479</v>
+      </c>
+      <c r="E433" s="45">
+        <v>452562.73599999998</v>
+      </c>
+      <c r="F433" s="44">
+        <v>16355</v>
+      </c>
+    </row>
+    <row r="434" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B434" s="71">
+        <v>431</v>
+      </c>
+      <c r="C434" s="43" t="s">
+        <v>382</v>
+      </c>
+      <c r="D434" s="44">
+        <v>15652</v>
+      </c>
+      <c r="E434" s="45">
+        <v>266936.36300000001</v>
+      </c>
+      <c r="F434" s="44">
+        <v>3589</v>
+      </c>
+    </row>
+    <row r="435" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B435" s="72">
+        <v>432</v>
+      </c>
+      <c r="C435" s="43" t="s">
+        <v>591</v>
+      </c>
+      <c r="D435" s="44">
+        <v>138327</v>
+      </c>
+      <c r="E435" s="45">
+        <v>345764.435</v>
+      </c>
+      <c r="F435" s="44">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="436" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B436" s="70">
+        <v>433</v>
+      </c>
+      <c r="C436" s="43" t="s">
+        <v>590</v>
+      </c>
+      <c r="D436" s="44">
+        <v>1322</v>
+      </c>
+      <c r="E436" s="45">
+        <v>8761.6679999999997</v>
+      </c>
+      <c r="F436" s="44">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="437" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B437" s="71">
+        <v>434</v>
+      </c>
+      <c r="C437" s="43" t="s">
+        <v>589</v>
+      </c>
+      <c r="D437" s="44">
+        <v>61828</v>
+      </c>
+      <c r="E437" s="45">
+        <v>110106.02800000001</v>
+      </c>
+      <c r="F437" s="44">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="438" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B438" s="72">
+        <v>435</v>
+      </c>
+      <c r="C438" s="43" t="s">
+        <v>588</v>
+      </c>
+      <c r="D438" s="44">
+        <v>4597</v>
+      </c>
+      <c r="E438" s="45">
+        <v>159161.4</v>
+      </c>
+      <c r="F438" s="44">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="439" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B439" s="70">
+        <v>436</v>
+      </c>
+      <c r="C439" s="43" t="s">
+        <v>587</v>
+      </c>
+      <c r="D439" s="44">
+        <v>1279</v>
+      </c>
+      <c r="E439" s="45">
+        <v>8463.2150000000001</v>
+      </c>
+      <c r="F439" s="44">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="440" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B440" s="71">
+        <v>437</v>
+      </c>
+      <c r="C440" s="43" t="s">
+        <v>586</v>
+      </c>
+      <c r="D440" s="44">
+        <v>126542</v>
+      </c>
+      <c r="E440" s="45">
+        <v>240519.17499999999</v>
+      </c>
+      <c r="F440" s="44">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="441" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B441" s="72">
+        <v>438</v>
+      </c>
+      <c r="C441" s="43" t="s">
+        <v>585</v>
+      </c>
+      <c r="D441" s="44">
+        <v>289279</v>
+      </c>
+      <c r="E441" s="45">
+        <v>1858344.2379999999</v>
+      </c>
+      <c r="F441" s="44">
+        <v>20157</v>
+      </c>
+    </row>
+    <row r="442" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B442" s="70">
+        <v>439</v>
+      </c>
+      <c r="C442" s="43" t="s">
+        <v>584</v>
+      </c>
+      <c r="D442" s="44">
+        <v>948</v>
+      </c>
+      <c r="E442" s="45">
+        <v>34258.419000000002</v>
+      </c>
+      <c r="F442" s="44">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="443" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B443" s="71">
+        <v>440</v>
+      </c>
+      <c r="C443" s="43" t="s">
+        <v>583</v>
+      </c>
+      <c r="D443" s="44">
+        <v>3599</v>
+      </c>
+      <c r="E443" s="45">
+        <v>108677.462</v>
+      </c>
+      <c r="F443" s="44">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="444" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B444" s="72">
+        <v>441</v>
+      </c>
+      <c r="C444" s="43" t="s">
+        <v>582</v>
+      </c>
+      <c r="D444" s="44">
+        <v>418</v>
+      </c>
+      <c r="E444" s="45">
+        <v>20188.674999999999</v>
+      </c>
+      <c r="F444" s="44">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="445" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B445" s="70">
+        <v>442</v>
+      </c>
+      <c r="C445" s="43" t="s">
+        <v>581</v>
+      </c>
+      <c r="D445" s="44">
+        <v>9717</v>
+      </c>
+      <c r="E445" s="45">
+        <v>839082.20299999998</v>
+      </c>
+      <c r="F445" s="44">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="446" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B446" s="71">
+        <v>443</v>
+      </c>
+      <c r="C446" s="43" t="s">
+        <v>580</v>
+      </c>
+      <c r="D446" s="44">
+        <v>2294</v>
+      </c>
+      <c r="E446" s="45">
+        <v>63641.366999999998</v>
+      </c>
+      <c r="F446" s="44">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="447" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B447" s="72">
+        <v>444</v>
+      </c>
+      <c r="C447" s="43" t="s">
+        <v>579</v>
+      </c>
+      <c r="D447" s="44">
+        <v>41678</v>
+      </c>
+      <c r="E447" s="45">
+        <v>388690.30300000001</v>
+      </c>
+      <c r="F447" s="44">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="448" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B448" s="70">
+        <v>445</v>
+      </c>
+      <c r="C448" s="43" t="s">
+        <v>578</v>
+      </c>
+      <c r="D448" s="44">
+        <v>153345</v>
+      </c>
+      <c r="E448" s="45">
+        <v>1576297.44</v>
+      </c>
+      <c r="F448" s="44">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="449" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B449" s="71">
+        <v>446</v>
+      </c>
+      <c r="C449" s="43" t="s">
+        <v>577</v>
+      </c>
+      <c r="D449" s="44">
+        <v>179520</v>
+      </c>
+      <c r="E449" s="45">
+        <v>1118668.42</v>
+      </c>
+      <c r="F449" s="44">
+        <v>2137</v>
+      </c>
+    </row>
+    <row r="450" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B450" s="72">
+        <v>447</v>
+      </c>
+      <c r="C450" s="43" t="s">
+        <v>576</v>
+      </c>
+      <c r="D450" s="44">
+        <v>4912</v>
+      </c>
+      <c r="E450" s="45">
+        <v>116932.72199999999</v>
+      </c>
+      <c r="F450" s="44">
+        <v>1916</v>
+      </c>
+    </row>
+    <row r="451" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B451" s="70">
+        <v>448</v>
+      </c>
+      <c r="C451" s="43" t="s">
+        <v>575</v>
+      </c>
+      <c r="D451" s="44">
+        <v>794</v>
+      </c>
+      <c r="E451" s="45">
+        <v>20205.848000000002</v>
+      </c>
+      <c r="F451" s="44">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="452" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B452" s="71">
+        <v>449</v>
+      </c>
+      <c r="C452" s="43" t="s">
+        <v>574</v>
+      </c>
+      <c r="D452" s="44">
+        <v>2448</v>
+      </c>
+      <c r="E452" s="45">
+        <v>33613.205000000002</v>
+      </c>
+      <c r="F452" s="44">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="453" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B453" s="72">
+        <v>450</v>
+      </c>
+      <c r="C453" s="43" t="s">
+        <v>573</v>
+      </c>
+      <c r="D453" s="44">
+        <v>4492</v>
+      </c>
+      <c r="E453" s="45">
+        <v>54763.618000000002</v>
+      </c>
+      <c r="F453" s="44">
+        <v>5490</v>
+      </c>
+    </row>
+    <row r="454" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B454" s="70">
+        <v>451</v>
+      </c>
+      <c r="C454" s="43" t="s">
+        <v>572</v>
+      </c>
+      <c r="D454" s="44">
+        <v>4038</v>
+      </c>
+      <c r="E454" s="45">
+        <v>167245.878</v>
+      </c>
+      <c r="F454" s="44">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="455" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B455" s="71">
+        <v>452</v>
+      </c>
+      <c r="C455" s="43" t="s">
+        <v>571</v>
+      </c>
+      <c r="D455" s="44">
+        <v>215070</v>
+      </c>
+      <c r="E455" s="45">
+        <v>335082</v>
+      </c>
+      <c r="F455" s="44">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="456" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B456" s="72">
+        <v>453</v>
+      </c>
+      <c r="C456" s="43" t="s">
+        <v>570</v>
+      </c>
+      <c r="D456" s="44">
+        <v>35225</v>
+      </c>
+      <c r="E456" s="45">
+        <v>129134.28599999999</v>
+      </c>
+      <c r="F456" s="44">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="457" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B457" s="70">
+        <v>454</v>
+      </c>
+      <c r="C457" s="43" t="s">
+        <v>568</v>
+      </c>
+      <c r="D457" s="44">
+        <v>22402</v>
+      </c>
+      <c r="E457" s="45">
+        <v>112154.98299999999</v>
+      </c>
+      <c r="F457" s="44">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="458" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B458" s="71">
+        <v>455</v>
+      </c>
+      <c r="C458" s="43" t="s">
+        <v>569</v>
+      </c>
+      <c r="D458" s="44">
+        <v>27596</v>
+      </c>
+      <c r="E458" s="45">
+        <v>251900.514</v>
+      </c>
+      <c r="F458" s="44">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="459" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B459" s="72">
+        <v>456</v>
+      </c>
+      <c r="C459" s="43" t="s">
+        <v>567</v>
+      </c>
+      <c r="D459" s="44">
+        <v>27500</v>
+      </c>
+      <c r="E459" s="45">
+        <v>139635.11499999999</v>
+      </c>
+      <c r="F459" s="44">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="460" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B460" s="70">
+        <v>457</v>
+      </c>
+      <c r="C460" s="43" t="s">
+        <v>566</v>
+      </c>
+      <c r="D460" s="44">
+        <v>79090</v>
+      </c>
+      <c r="E460" s="45">
+        <v>945345.21699999995</v>
+      </c>
+      <c r="F460" s="44">
+        <v>2153</v>
+      </c>
+    </row>
+    <row r="461" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B461" s="71">
+        <v>458</v>
+      </c>
+      <c r="C461" s="43" t="s">
+        <v>565</v>
+      </c>
+      <c r="D461" s="44">
+        <v>4291</v>
+      </c>
+      <c r="E461" s="45">
+        <v>89643.642000000007</v>
+      </c>
+      <c r="F461" s="44">
+        <v>9050</v>
+      </c>
+    </row>
+    <row r="462" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B462" s="72">
+        <v>459</v>
+      </c>
+      <c r="C462" s="43" t="s">
+        <v>564</v>
+      </c>
+      <c r="D462" s="44">
+        <v>4428</v>
+      </c>
+      <c r="E462" s="45">
+        <v>98356.678</v>
+      </c>
+      <c r="F462" s="44">
+        <v>2713</v>
+      </c>
+    </row>
+    <row r="463" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B463" s="70">
+        <v>460</v>
+      </c>
+      <c r="C463" s="43" t="s">
+        <v>563</v>
+      </c>
+      <c r="D463" s="44">
+        <v>16627077</v>
+      </c>
+      <c r="E463" s="45">
+        <v>67744782.020999998</v>
+      </c>
+      <c r="F463" s="44">
+        <v>275046</v>
+      </c>
+    </row>
+    <row r="464" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B464" s="71">
+        <v>461</v>
+      </c>
+      <c r="C464" s="43" t="s">
+        <v>562</v>
+      </c>
+      <c r="D464" s="44">
+        <v>5163</v>
+      </c>
+      <c r="E464" s="45">
+        <v>127896.541</v>
+      </c>
+      <c r="F464" s="44">
+        <v>5478</v>
+      </c>
+    </row>
+    <row r="465" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B465" s="72">
+        <v>462</v>
+      </c>
+      <c r="C465" s="43" t="s">
+        <v>561</v>
+      </c>
+      <c r="D465" s="44">
+        <v>417</v>
+      </c>
+      <c r="E465" s="45">
+        <v>8310.3459999999995</v>
+      </c>
+      <c r="F465" s="44">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="466" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B466" s="70">
+        <v>463</v>
+      </c>
+      <c r="C466" s="43" t="s">
+        <v>560</v>
+      </c>
+      <c r="D466" s="44">
+        <v>656</v>
+      </c>
+      <c r="E466" s="45">
+        <v>13012.116</v>
+      </c>
+      <c r="F466" s="44">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="467" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B467" s="71">
+        <v>464</v>
+      </c>
+      <c r="C467" s="43" t="s">
+        <v>559</v>
+      </c>
+      <c r="D467" s="44">
+        <v>154680</v>
+      </c>
+      <c r="E467" s="45">
+        <v>191892.014</v>
+      </c>
+      <c r="F467" s="44">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="468" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B468" s="72">
+        <v>465</v>
+      </c>
+      <c r="C468" s="43" t="s">
+        <v>558</v>
+      </c>
+      <c r="D468" s="44">
+        <v>141114</v>
+      </c>
+      <c r="E468" s="45">
+        <v>429261.03399999999</v>
+      </c>
+      <c r="F468" s="44">
+        <v>4992</v>
+      </c>
+    </row>
+    <row r="469" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B469" s="70">
+        <v>466</v>
+      </c>
+      <c r="C469" s="43" t="s">
+        <v>557</v>
+      </c>
+      <c r="D469" s="44">
+        <v>2354</v>
+      </c>
+      <c r="E469" s="45">
+        <v>38227.24</v>
+      </c>
+      <c r="F469" s="44">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="470" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B470" s="71">
+        <v>467</v>
+      </c>
+      <c r="C470" s="43" t="s">
+        <v>556</v>
+      </c>
+      <c r="D470" s="44">
+        <v>64612</v>
+      </c>
+      <c r="E470" s="45">
+        <v>1342251.7180000001</v>
+      </c>
+      <c r="F470" s="44">
+        <v>18171</v>
+      </c>
+    </row>
+    <row r="471" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B471" s="72">
+        <v>468</v>
+      </c>
+      <c r="C471" s="43" t="s">
+        <v>555</v>
+      </c>
+      <c r="D471" s="44">
+        <v>3594895</v>
+      </c>
+      <c r="E471" s="45">
+        <v>19068771.372000001</v>
+      </c>
+      <c r="F471" s="44">
+        <v>158827</v>
+      </c>
+    </row>
+    <row r="472" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B472" s="70">
+        <v>469</v>
+      </c>
+      <c r="C472" s="43" t="s">
+        <v>554</v>
+      </c>
+      <c r="D472" s="44">
+        <v>3248537</v>
+      </c>
+      <c r="E472" s="45">
+        <v>4416868.1670000004</v>
+      </c>
+      <c r="F472" s="44">
+        <v>4232</v>
+      </c>
+    </row>
+    <row r="473" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B473" s="71">
+        <v>470</v>
+      </c>
+      <c r="C473" s="43" t="s">
+        <v>553</v>
+      </c>
+      <c r="D473" s="44">
+        <v>947</v>
+      </c>
+      <c r="E473" s="45">
+        <v>9862.7980000000007</v>
+      </c>
+      <c r="F473" s="44">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="474" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B474" s="72">
+        <v>471</v>
+      </c>
+      <c r="C474" s="43" t="s">
+        <v>552</v>
+      </c>
+      <c r="D474" s="44">
+        <v>818648</v>
+      </c>
+      <c r="E474" s="45">
+        <v>1797455.4469999999</v>
+      </c>
+      <c r="F474" s="44">
+        <v>51846</v>
+      </c>
+    </row>
+    <row r="475" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B475" s="70">
+        <v>472</v>
+      </c>
+      <c r="C475" s="43" t="s">
+        <v>551</v>
+      </c>
+      <c r="D475" s="44">
+        <v>12247</v>
+      </c>
+      <c r="E475" s="45">
+        <v>823702.56099999999</v>
+      </c>
+      <c r="F475" s="44">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="476" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B476" s="71">
+        <v>473</v>
+      </c>
+      <c r="C476" s="43" t="s">
+        <v>403</v>
+      </c>
+      <c r="D476" s="44">
+        <v>5808917</v>
+      </c>
+      <c r="E476" s="45">
+        <v>8730563.3369999994</v>
+      </c>
+      <c r="F476" s="44">
+        <v>29040</v>
+      </c>
+    </row>
+    <row r="477" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B477" s="72">
+        <v>474</v>
+      </c>
+      <c r="C477" s="43" t="s">
+        <v>550</v>
+      </c>
+      <c r="D477" s="44">
+        <v>199686</v>
+      </c>
+      <c r="E477" s="45">
+        <v>431010.05200000003</v>
+      </c>
+      <c r="F477" s="44">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="478" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B478" s="70">
+        <v>475</v>
+      </c>
+      <c r="C478" s="43" t="s">
+        <v>549</v>
+      </c>
+      <c r="D478" s="44">
+        <v>157</v>
+      </c>
+      <c r="E478" s="45">
+        <v>5821.0730000000003</v>
+      </c>
+      <c r="F478" s="44">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="479" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B479" s="71">
+        <v>476</v>
+      </c>
+      <c r="C479" s="43" t="s">
+        <v>548</v>
+      </c>
+      <c r="D479" s="44">
+        <v>3241</v>
+      </c>
+      <c r="E479" s="45">
+        <v>80216.335999999996</v>
+      </c>
+      <c r="F479" s="44">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="480" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B480" s="72">
+        <v>477</v>
+      </c>
+      <c r="C480" s="43" t="s">
+        <v>547</v>
+      </c>
+      <c r="D480" s="44">
+        <v>6431</v>
+      </c>
+      <c r="E480" s="45">
+        <v>163576.37</v>
+      </c>
+      <c r="F480" s="44">
+        <v>2756</v>
+      </c>
+    </row>
+    <row r="481" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B481" s="70">
+        <v>478</v>
+      </c>
+      <c r="C481" s="43" t="s">
+        <v>546</v>
+      </c>
+      <c r="D481" s="44">
+        <v>1999</v>
+      </c>
+      <c r="E481" s="45">
+        <v>82841.460000000006</v>
+      </c>
+      <c r="F481" s="44">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="482" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B482" s="71">
+        <v>479</v>
+      </c>
+      <c r="C482" s="43" t="s">
+        <v>545</v>
+      </c>
+      <c r="D482" s="44">
+        <v>5183</v>
+      </c>
+      <c r="E482" s="45">
+        <v>72600.98</v>
+      </c>
+      <c r="F482" s="44">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="483" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B483" s="72">
+        <v>480</v>
+      </c>
+      <c r="C483" s="43" t="s">
+        <v>404</v>
+      </c>
+      <c r="D483" s="44">
+        <v>19096</v>
+      </c>
+      <c r="E483" s="45">
+        <v>324104.46799999999</v>
+      </c>
+      <c r="F483" s="44">
+        <v>15922</v>
+      </c>
+    </row>
+    <row r="484" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B484" s="70">
+        <v>481</v>
+      </c>
+      <c r="C484" s="43" t="s">
+        <v>544</v>
+      </c>
+      <c r="D484" s="44">
+        <v>814</v>
+      </c>
+      <c r="E484" s="45">
+        <v>45843.491000000002</v>
+      </c>
+      <c r="F484" s="44">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="485" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B485" s="71">
+        <v>482</v>
+      </c>
+      <c r="C485" s="43" t="s">
+        <v>543</v>
+      </c>
+      <c r="D485" s="44">
+        <v>1817</v>
+      </c>
+      <c r="E485" s="45">
+        <v>19580.418000000001</v>
+      </c>
+      <c r="F485" s="44">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="486" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B486" s="72">
+        <v>483</v>
+      </c>
+      <c r="C486" s="43" t="s">
+        <v>406</v>
+      </c>
+      <c r="D486" s="44">
+        <v>857679</v>
+      </c>
+      <c r="E486" s="45">
+        <v>1140582.4099999999</v>
+      </c>
+      <c r="F486" s="44">
+        <v>7780</v>
+      </c>
+    </row>
+    <row r="487" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B487" s="70">
+        <v>484</v>
+      </c>
+      <c r="C487" s="43" t="s">
+        <v>542</v>
+      </c>
+      <c r="D487" s="44">
+        <v>1091394</v>
+      </c>
+      <c r="E487" s="45">
+        <v>1319041.5419999999</v>
+      </c>
+      <c r="F487" s="44">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="488" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B488" s="71">
+        <v>485</v>
+      </c>
+      <c r="C488" s="43" t="s">
+        <v>541</v>
+      </c>
+      <c r="D488" s="44">
+        <v>31351</v>
+      </c>
+      <c r="E488" s="45">
+        <v>558980.02099999995</v>
+      </c>
+      <c r="F488" s="44">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="489" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B489" s="72">
+        <v>486</v>
+      </c>
+      <c r="C489" s="43" t="s">
+        <v>540</v>
+      </c>
+      <c r="D489" s="44">
+        <v>21785</v>
+      </c>
+      <c r="E489" s="45">
+        <v>101500</v>
+      </c>
+      <c r="F489" s="44">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="490" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B490" s="70">
+        <v>487</v>
+      </c>
+      <c r="C490" s="43" t="s">
+        <v>539</v>
+      </c>
+      <c r="D490" s="44">
+        <v>20132</v>
+      </c>
+      <c r="E490" s="45">
+        <v>338051.55599999998</v>
+      </c>
+      <c r="F490" s="44">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="491" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B491" s="71">
+        <v>488</v>
+      </c>
+      <c r="C491" s="43" t="s">
+        <v>538</v>
+      </c>
+      <c r="D491" s="44">
+        <v>588122</v>
+      </c>
+      <c r="E491" s="45">
+        <v>1172432.3089999999</v>
+      </c>
+      <c r="F491" s="44">
+        <v>22171</v>
+      </c>
+    </row>
+    <row r="492" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B492" s="72">
+        <v>489</v>
+      </c>
+      <c r="C492" s="43" t="s">
+        <v>537</v>
+      </c>
+      <c r="D492" s="44">
+        <v>132175</v>
+      </c>
+      <c r="E492" s="45">
+        <v>1070103.2590000001</v>
+      </c>
+      <c r="F492" s="44">
+        <v>5946</v>
+      </c>
+    </row>
+    <row r="493" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B493" s="70">
+        <v>490</v>
+      </c>
+      <c r="C493" s="43" t="s">
+        <v>536</v>
+      </c>
+      <c r="D493" s="44">
+        <v>365764</v>
+      </c>
+      <c r="E493" s="45">
+        <v>1169956.47</v>
+      </c>
+      <c r="F493" s="44">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="494" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B494" s="71">
+        <v>491</v>
+      </c>
+      <c r="C494" s="43" t="s">
+        <v>535</v>
+      </c>
+      <c r="D494" s="44">
+        <v>260802</v>
+      </c>
+      <c r="E494" s="45">
+        <v>777501.66599999997</v>
+      </c>
+      <c r="F494" s="44">
+        <v>8378</v>
+      </c>
+    </row>
+    <row r="495" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B495" s="72">
+        <v>492</v>
+      </c>
+      <c r="C495" s="43" t="s">
+        <v>534</v>
+      </c>
+      <c r="D495" s="44">
+        <v>22495</v>
+      </c>
+      <c r="E495" s="45">
+        <v>372322.761</v>
+      </c>
+      <c r="F495" s="44">
+        <v>2600</v>
+      </c>
+    </row>
+    <row r="496" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B496" s="70">
+        <v>493</v>
+      </c>
+      <c r="C496" s="43" t="s">
+        <v>533</v>
+      </c>
+      <c r="D496" s="44">
+        <v>35369</v>
+      </c>
+      <c r="E496" s="45">
+        <v>47454.184000000001</v>
+      </c>
+      <c r="F496" s="44">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="497" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B497" s="71">
+        <v>494</v>
+      </c>
+      <c r="C497" s="43" t="s">
+        <v>532</v>
+      </c>
+      <c r="D497" s="44">
+        <v>19712</v>
+      </c>
+      <c r="E497" s="45">
+        <v>1848928.425</v>
+      </c>
+      <c r="F497" s="44">
+        <v>2593</v>
+      </c>
+    </row>
+    <row r="498" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B498" s="72">
+        <v>495</v>
+      </c>
+      <c r="C498" s="43" t="s">
+        <v>531</v>
+      </c>
+      <c r="D498" s="44">
+        <v>341491</v>
+      </c>
+      <c r="E498" s="45">
+        <v>3740193.6209999998</v>
+      </c>
+      <c r="F498" s="44">
+        <v>12134</v>
+      </c>
+    </row>
+    <row r="499" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B499" s="70">
+        <v>496</v>
+      </c>
+      <c r="C499" s="43" t="s">
+        <v>530</v>
+      </c>
+      <c r="D499" s="44">
+        <v>10991</v>
+      </c>
+      <c r="E499" s="45">
+        <v>27690.496999999999</v>
+      </c>
+      <c r="F499" s="44">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="500" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B500" s="71">
+        <v>497</v>
+      </c>
+      <c r="C500" s="43" t="s">
+        <v>529</v>
+      </c>
+      <c r="D500" s="44">
+        <v>79443</v>
+      </c>
+      <c r="E500" s="45">
+        <v>185749.52</v>
+      </c>
+      <c r="F500" s="44">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="501" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B501" s="72">
+        <v>498</v>
+      </c>
+      <c r="C501" s="43" t="s">
+        <v>528</v>
+      </c>
+      <c r="D501" s="44">
+        <v>6</v>
+      </c>
+      <c r="E501" s="45">
+        <v>165.1</v>
+      </c>
+      <c r="F501" s="44">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="502" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B502" s="70">
+        <v>499</v>
+      </c>
+      <c r="C502" s="43" t="s">
+        <v>527</v>
+      </c>
+      <c r="D502" s="44">
+        <v>268661</v>
+      </c>
+      <c r="E502" s="45">
+        <v>401880.00699999998</v>
+      </c>
+      <c r="F502" s="44">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="503" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B503" s="71">
+        <v>500</v>
+      </c>
+      <c r="C503" s="43" t="s">
+        <v>526</v>
+      </c>
+      <c r="D503" s="44">
+        <v>8948</v>
+      </c>
+      <c r="E503" s="45">
+        <v>71454.868000000002</v>
+      </c>
+      <c r="F503" s="44">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="504" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B504" s="72">
+        <v>501</v>
+      </c>
+      <c r="C504" s="43" t="s">
+        <v>525</v>
+      </c>
+      <c r="D504" s="44">
+        <v>657</v>
+      </c>
+      <c r="E504" s="45">
+        <v>5771.1970000000001</v>
+      </c>
+      <c r="F504" s="44">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="505" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B505" s="70">
+        <v>502</v>
+      </c>
+      <c r="C505" s="43" t="s">
+        <v>524</v>
+      </c>
+      <c r="D505" s="44">
+        <v>44434</v>
+      </c>
+      <c r="E505" s="45">
+        <v>76196.269</v>
+      </c>
+      <c r="F505" s="44">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="506" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B506" s="71">
+        <v>503</v>
+      </c>
+      <c r="C506" s="43" t="s">
+        <v>523</v>
+      </c>
+      <c r="D506" s="44">
+        <v>2279</v>
+      </c>
+      <c r="E506" s="45">
+        <v>111705.785</v>
+      </c>
+      <c r="F506" s="44">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="507" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B507" s="72">
+        <v>504</v>
+      </c>
+      <c r="C507" s="43" t="s">
+        <v>522</v>
+      </c>
+      <c r="D507" s="44">
+        <v>450</v>
+      </c>
+      <c r="E507" s="45">
+        <v>15762.262000000001</v>
+      </c>
+      <c r="F507" s="44">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="508" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B508" s="70">
+        <v>505</v>
+      </c>
+      <c r="C508" s="43" t="s">
+        <v>521</v>
+      </c>
+      <c r="D508" s="44">
+        <v>33498</v>
+      </c>
+      <c r="E508" s="45">
+        <v>1248303.666</v>
+      </c>
+      <c r="F508" s="44">
+        <v>6204</v>
+      </c>
+    </row>
+    <row r="509" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B509" s="71">
+        <v>506</v>
+      </c>
+      <c r="C509" s="43" t="s">
+        <v>520</v>
+      </c>
+      <c r="D509" s="44">
+        <v>13</v>
+      </c>
+      <c r="E509" s="45">
+        <v>108</v>
+      </c>
+      <c r="F509" s="44">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="510" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B510" s="72">
+        <v>507</v>
+      </c>
+      <c r="C510" s="43" t="s">
+        <v>519</v>
+      </c>
+      <c r="D510" s="44">
+        <v>29382</v>
+      </c>
+      <c r="E510" s="45">
+        <v>2379312.3470000001</v>
+      </c>
+      <c r="F510" s="44">
+        <v>5275</v>
+      </c>
+    </row>
+    <row r="511" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B511" s="70">
+        <v>508</v>
+      </c>
+      <c r="C511" s="43" t="s">
+        <v>518</v>
+      </c>
+      <c r="D511" s="44">
+        <v>3012</v>
+      </c>
+      <c r="E511" s="45">
+        <v>142801.625</v>
+      </c>
+      <c r="F511" s="44">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="512" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B512" s="71">
+        <v>509</v>
+      </c>
+      <c r="C512" s="43" t="s">
+        <v>517</v>
+      </c>
+      <c r="D512" s="44">
+        <v>10613</v>
+      </c>
+      <c r="E512" s="45">
+        <v>173611.315</v>
+      </c>
+      <c r="F512" s="44">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="513" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B513" s="72">
+        <v>510</v>
+      </c>
+      <c r="C513" s="43" t="s">
+        <v>516</v>
+      </c>
+      <c r="D513" s="44">
+        <v>1997</v>
+      </c>
+      <c r="E513" s="45">
+        <v>6192.009</v>
+      </c>
+      <c r="F513" s="44">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="514" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B514" s="70">
+        <v>511</v>
+      </c>
+      <c r="C514" s="43" t="s">
+        <v>515</v>
+      </c>
+      <c r="D514" s="44">
+        <v>570</v>
+      </c>
+      <c r="E514" s="45">
+        <v>10123.797</v>
+      </c>
+      <c r="F514" s="44">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="515" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B515" s="71">
+        <v>512</v>
+      </c>
+      <c r="C515" s="43" t="s">
+        <v>514</v>
+      </c>
+      <c r="D515" s="44">
+        <v>4572</v>
+      </c>
+      <c r="E515" s="45">
+        <v>71297.964999999997</v>
+      </c>
+      <c r="F515" s="44">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="516" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B516" s="72">
+        <v>513</v>
+      </c>
+      <c r="C516" s="43" t="s">
+        <v>513</v>
+      </c>
+      <c r="D516" s="44">
+        <v>1768</v>
+      </c>
+      <c r="E516" s="45">
+        <v>10037.826999999999</v>
+      </c>
+      <c r="F516" s="44">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="517" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B517" s="70">
+        <v>514</v>
+      </c>
+      <c r="C517" s="43" t="s">
+        <v>421</v>
+      </c>
+      <c r="D517" s="44">
+        <v>51780</v>
+      </c>
+      <c r="E517" s="45">
+        <v>2610909.554</v>
+      </c>
+      <c r="F517" s="44">
+        <v>6978</v>
+      </c>
+    </row>
+    <row r="518" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B518" s="71">
+        <v>515</v>
+      </c>
+      <c r="C518" s="43" t="s">
+        <v>512</v>
+      </c>
+      <c r="D518" s="44">
+        <v>6847</v>
+      </c>
+      <c r="E518" s="45">
+        <v>654800.76</v>
+      </c>
+      <c r="F518" s="44">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="519" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B519" s="72">
+        <v>516</v>
+      </c>
+      <c r="C519" s="43" t="s">
+        <v>511</v>
+      </c>
+      <c r="D519" s="44">
+        <v>75318</v>
+      </c>
+      <c r="E519" s="45">
+        <v>4624766.9819999998</v>
+      </c>
+      <c r="F519" s="44">
+        <v>3826</v>
+      </c>
+    </row>
+    <row r="520" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B520" s="70">
+        <v>517</v>
+      </c>
+      <c r="C520" s="43" t="s">
+        <v>509</v>
+      </c>
+      <c r="D520" s="44">
+        <v>1698</v>
+      </c>
+      <c r="E520" s="45">
+        <v>78213.990000000005</v>
+      </c>
+      <c r="F520" s="44">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="521" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B521" s="71">
+        <v>518</v>
+      </c>
+      <c r="C521" s="43" t="s">
+        <v>510</v>
+      </c>
+      <c r="D521" s="44">
+        <v>2322</v>
+      </c>
+      <c r="E521" s="45">
+        <v>274239300</v>
+      </c>
+      <c r="F521" s="44">
+        <v>2987</v>
+      </c>
+    </row>
+    <row r="522" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B522" s="72">
+        <v>519</v>
+      </c>
+      <c r="C522" s="43" t="s">
+        <v>508</v>
+      </c>
+      <c r="D522" s="44">
+        <v>52246</v>
+      </c>
+      <c r="E522" s="45">
+        <v>1129072.1359999999</v>
+      </c>
+      <c r="F522" s="44">
+        <v>12517</v>
+      </c>
+    </row>
+    <row r="523" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B523" s="70">
+        <v>520</v>
+      </c>
+      <c r="C523" s="43" t="s">
+        <v>507</v>
+      </c>
+      <c r="D523" s="44">
+        <v>69</v>
+      </c>
+      <c r="E523" s="45">
+        <v>730.33</v>
+      </c>
+      <c r="F523" s="44">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="524" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B524" s="71">
+        <v>521</v>
+      </c>
+      <c r="C524" s="43" t="s">
+        <v>506</v>
+      </c>
+      <c r="D524" s="44">
+        <v>191</v>
+      </c>
+      <c r="E524" s="45">
+        <v>1129.463</v>
+      </c>
+      <c r="F524" s="44">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="525" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B525" s="72">
+        <v>522</v>
+      </c>
+      <c r="C525" s="43" t="s">
+        <v>505</v>
+      </c>
+      <c r="D525" s="44">
+        <v>54386</v>
+      </c>
+      <c r="E525" s="45">
+        <v>183032.31400000001</v>
+      </c>
+      <c r="F525" s="44">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="526" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B526" s="70">
+        <v>523</v>
+      </c>
+      <c r="C526" s="43" t="s">
+        <v>504</v>
+      </c>
+      <c r="D526" s="44">
+        <v>104543</v>
+      </c>
+      <c r="E526" s="45">
+        <v>241787.79300000001</v>
+      </c>
+      <c r="F526" s="44">
+        <v>2549</v>
+      </c>
+    </row>
+    <row r="527" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B527" s="71">
+        <v>524</v>
+      </c>
+      <c r="C527" s="43" t="s">
+        <v>503</v>
+      </c>
+      <c r="D527" s="44">
+        <v>641</v>
+      </c>
+      <c r="E527" s="45">
+        <v>9349.5759999999991</v>
+      </c>
+      <c r="F527" s="44">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="528" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B528" s="72">
+        <v>525</v>
+      </c>
+      <c r="C528" s="43" t="s">
+        <v>502</v>
+      </c>
+      <c r="D528" s="44">
+        <v>202718</v>
+      </c>
+      <c r="E528" s="45">
+        <v>234222.31099999999</v>
+      </c>
+      <c r="F528" s="44">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="529" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B529" s="70">
+        <v>526</v>
+      </c>
+      <c r="C529" s="43" t="s">
+        <v>501</v>
+      </c>
+      <c r="D529" s="44">
+        <v>253270</v>
+      </c>
+      <c r="E529" s="45">
+        <v>331147.429</v>
+      </c>
+      <c r="F529" s="44">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="530" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B530" s="71">
+        <v>527</v>
+      </c>
+      <c r="C530" s="43" t="s">
+        <v>500</v>
+      </c>
+      <c r="D530" s="44">
+        <v>309562</v>
+      </c>
+      <c r="E530" s="45">
+        <v>364671.95199999999</v>
+      </c>
+      <c r="F530" s="44">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="531" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B531" s="72">
+        <v>528</v>
+      </c>
+      <c r="C531" s="43" t="s">
+        <v>499</v>
+      </c>
+      <c r="D531" s="44">
+        <v>22727</v>
+      </c>
+      <c r="E531" s="45">
+        <v>1003663.058</v>
+      </c>
+      <c r="F531" s="44">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="532" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B532" s="70">
+        <v>529</v>
+      </c>
+      <c r="C532" s="43" t="s">
+        <v>498</v>
+      </c>
+      <c r="D532" s="44">
+        <v>2348</v>
+      </c>
+      <c r="E532" s="45">
+        <v>46424.553999999996</v>
+      </c>
+      <c r="F532" s="44">
+        <v>5402</v>
+      </c>
+    </row>
+    <row r="533" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B533" s="71">
+        <v>530</v>
+      </c>
+      <c r="C533" s="43" t="s">
+        <v>497</v>
+      </c>
+      <c r="D533" s="44">
+        <v>2031</v>
+      </c>
+      <c r="E533" s="45">
+        <v>62644.616000000002</v>
+      </c>
+      <c r="F533" s="44">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="534" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B534" s="72">
+        <v>531</v>
+      </c>
+      <c r="C534" s="43" t="s">
+        <v>429</v>
+      </c>
+      <c r="D534" s="44">
+        <v>8126</v>
+      </c>
+      <c r="E534" s="45">
+        <v>117970.163</v>
+      </c>
+      <c r="F534" s="44">
+        <v>2192</v>
+      </c>
+    </row>
+    <row r="535" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B535" s="70">
+        <v>532</v>
+      </c>
+      <c r="C535" s="43" t="s">
+        <v>496</v>
+      </c>
+      <c r="D535" s="44">
+        <v>149</v>
+      </c>
+      <c r="E535" s="45">
+        <v>774.05399999999997</v>
+      </c>
+      <c r="F535" s="44">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="536" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B536" s="71">
+        <v>533</v>
+      </c>
+      <c r="C536" s="43" t="s">
+        <v>495</v>
+      </c>
+      <c r="D536" s="44">
+        <v>621551</v>
+      </c>
+      <c r="E536" s="45">
+        <v>1052032.74</v>
+      </c>
+      <c r="F536" s="44">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="537" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B537" s="72">
+        <v>534</v>
+      </c>
+      <c r="C537" s="43" t="s">
+        <v>494</v>
+      </c>
+      <c r="D537" s="44">
+        <v>94</v>
+      </c>
+      <c r="E537" s="45">
+        <v>985.74400000000003</v>
+      </c>
+      <c r="F537" s="44">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="538" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B538" s="70">
+        <v>535</v>
+      </c>
+      <c r="C538" s="43" t="s">
+        <v>493</v>
+      </c>
+      <c r="D538" s="44">
+        <v>9334</v>
+      </c>
+      <c r="E538" s="45">
+        <v>114108.61900000001</v>
+      </c>
+      <c r="F538" s="44">
         <v>978</v>
       </c>
-      <c r="D4" s="44">
-[...101 lines deleted...]
-      <c r="D10" s="38">
+    </row>
+    <row r="539" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B539" s="71">
+        <v>536</v>
+      </c>
+      <c r="C539" s="43" t="s">
+        <v>492</v>
+      </c>
+      <c r="D539" s="44">
+        <v>325</v>
+      </c>
+      <c r="E539" s="45">
+        <v>3131.1959999999999</v>
+      </c>
+      <c r="F539" s="44">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="540" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B540" s="72">
+        <v>537</v>
+      </c>
+      <c r="C540" s="43" t="s">
+        <v>491</v>
+      </c>
+      <c r="D540" s="44">
+        <v>10889715</v>
+      </c>
+      <c r="E540" s="45">
+        <v>13820893.818</v>
+      </c>
+      <c r="F540" s="44">
+        <v>7198</v>
+      </c>
+    </row>
+    <row r="541" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B541" s="70">
+        <v>538</v>
+      </c>
+      <c r="C541" s="43" t="s">
+        <v>490</v>
+      </c>
+      <c r="D541" s="44">
+        <v>4093321</v>
+      </c>
+      <c r="E541" s="45">
+        <v>4946046.5760000004</v>
+      </c>
+      <c r="F541" s="44">
+        <v>3289</v>
+      </c>
+    </row>
+    <row r="542" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B542" s="71">
+        <v>539</v>
+      </c>
+      <c r="C542" s="43" t="s">
+        <v>489</v>
+      </c>
+      <c r="D542" s="44">
+        <v>511783</v>
+      </c>
+      <c r="E542" s="45">
+        <v>854883.33700000006</v>
+      </c>
+      <c r="F542" s="44">
+        <v>25098</v>
+      </c>
+    </row>
+    <row r="543" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B543" s="72">
+        <v>540</v>
+      </c>
+      <c r="C543" s="43" t="s">
+        <v>488</v>
+      </c>
+      <c r="D543" s="44">
+        <v>30335</v>
+      </c>
+      <c r="E543" s="45">
+        <v>595151.696</v>
+      </c>
+      <c r="F543" s="44">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="544" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B544" s="70">
+        <v>541</v>
+      </c>
+      <c r="C544" s="43" t="s">
+        <v>487</v>
+      </c>
+      <c r="D544" s="44">
+        <v>5260</v>
+      </c>
+      <c r="E544" s="45">
+        <v>330360.62400000001</v>
+      </c>
+      <c r="F544" s="44">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="545" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B545" s="71">
+        <v>542</v>
+      </c>
+      <c r="C545" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="D545" s="44">
+        <v>264698898</v>
+      </c>
+      <c r="E545" s="45">
+        <v>346503453.26700002</v>
+      </c>
+      <c r="F545" s="44">
+        <v>639620</v>
+      </c>
+    </row>
+    <row r="546" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B546" s="72">
+        <v>543</v>
+      </c>
+      <c r="C546" s="43" t="s">
+        <v>486</v>
+      </c>
+      <c r="D546" s="44">
+        <v>120984</v>
+      </c>
+      <c r="E546" s="45">
+        <v>811047.39899999998</v>
+      </c>
+      <c r="F546" s="44">
+        <v>4107</v>
+      </c>
+    </row>
+    <row r="547" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B547" s="70">
+        <v>544</v>
+      </c>
+      <c r="C547" s="43" t="s">
+        <v>433</v>
+      </c>
+      <c r="D547" s="44">
+        <v>50351155</v>
+      </c>
+      <c r="E547" s="45">
+        <v>80366402.524000004</v>
+      </c>
+      <c r="F547" s="44">
+        <v>1503638</v>
+      </c>
+    </row>
+    <row r="548" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B548" s="71">
+        <v>545</v>
+      </c>
+      <c r="C548" s="43" t="s">
+        <v>485</v>
+      </c>
+      <c r="D548" s="44">
+        <v>7848</v>
+      </c>
+      <c r="E548" s="45">
+        <v>46753.55</v>
+      </c>
+      <c r="F548" s="44">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="549" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B549" s="72">
+        <v>546</v>
+      </c>
+      <c r="C549" s="43" t="s">
+        <v>484</v>
+      </c>
+      <c r="D549" s="44">
+        <v>112</v>
+      </c>
+      <c r="E549" s="45">
+        <v>1038.2639999999999</v>
+      </c>
+      <c r="F549" s="44">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="550" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B550" s="70">
+        <v>547</v>
+      </c>
+      <c r="C550" s="43" t="s">
+        <v>483</v>
+      </c>
+      <c r="D550" s="44">
+        <v>11834</v>
+      </c>
+      <c r="E550" s="45">
+        <v>196302.114</v>
+      </c>
+      <c r="F550" s="44">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="551" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B551" s="71">
+        <v>548</v>
+      </c>
+      <c r="C551" s="43" t="s">
+        <v>482</v>
+      </c>
+      <c r="D551" s="44">
+        <v>2440</v>
+      </c>
+      <c r="E551" s="45">
+        <v>153571.348</v>
+      </c>
+      <c r="F551" s="44">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="552" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B552" s="72">
+        <v>549</v>
+      </c>
+      <c r="C552" s="43" t="s">
+        <v>44</v>
+      </c>
+      <c r="D552" s="44">
+        <v>1189274188</v>
+      </c>
+      <c r="E552" s="45">
+        <v>1723394493.6700001</v>
+      </c>
+      <c r="F552" s="44">
+        <v>1536981</v>
+      </c>
+    </row>
+    <row r="553" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B553" s="70">
+        <v>550</v>
+      </c>
+      <c r="C553" s="43" t="s">
+        <v>481</v>
+      </c>
+      <c r="D553" s="44">
+        <v>55354</v>
+      </c>
+      <c r="E553" s="45">
+        <v>523140.34700000001</v>
+      </c>
+      <c r="F553" s="44">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="554" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B554" s="71">
+        <v>551</v>
+      </c>
+      <c r="C554" s="43" t="s">
+        <v>228</v>
+      </c>
+      <c r="D554" s="44">
+        <v>1278759</v>
+      </c>
+      <c r="E554" s="45">
+        <v>4130547.1889999998</v>
+      </c>
+      <c r="F554" s="44">
+        <v>17188</v>
+      </c>
+    </row>
+    <row r="555" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B555" s="72">
+        <v>552</v>
+      </c>
+      <c r="C555" s="43" t="s">
+        <v>480</v>
+      </c>
+      <c r="D555" s="44">
+        <v>11196</v>
+      </c>
+      <c r="E555" s="45">
+        <v>1083299.726</v>
+      </c>
+      <c r="F555" s="44">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="556" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B556" s="70">
+        <v>553</v>
+      </c>
+      <c r="C556" s="43" t="s">
+        <v>437</v>
+      </c>
+      <c r="D556" s="44">
+        <v>235328</v>
+      </c>
+      <c r="E556" s="45">
+        <v>517452.68900000001</v>
+      </c>
+      <c r="F556" s="44">
+        <v>9890</v>
+      </c>
+    </row>
+    <row r="557" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B557" s="71">
+        <v>554</v>
+      </c>
+      <c r="C557" s="43" t="s">
+        <v>479</v>
+      </c>
+      <c r="D557" s="44">
+        <v>264589</v>
+      </c>
+      <c r="E557" s="45">
+        <v>9845758.6809999999</v>
+      </c>
+      <c r="F557" s="44">
+        <v>38961</v>
+      </c>
+    </row>
+    <row r="558" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B558" s="72">
+        <v>555</v>
+      </c>
+      <c r="C558" s="43" t="s">
+        <v>477</v>
+      </c>
+      <c r="D558" s="44">
+        <v>705396</v>
+      </c>
+      <c r="E558" s="45">
+        <v>16319336.665999999</v>
+      </c>
+      <c r="F558" s="44">
+        <v>105232</v>
+      </c>
+    </row>
+    <row r="559" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B559" s="70">
+        <v>556</v>
+      </c>
+      <c r="C559" s="43" t="s">
+        <v>478</v>
+      </c>
+      <c r="D559" s="44">
+        <v>123840</v>
+      </c>
+      <c r="E559" s="45">
+        <v>2121050.3679999998</v>
+      </c>
+      <c r="F559" s="44">
+        <v>17198</v>
+      </c>
+    </row>
+    <row r="560" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B560" s="71">
+        <v>557</v>
+      </c>
+      <c r="C560" s="43" t="s">
+        <v>476</v>
+      </c>
+      <c r="D560" s="44">
+        <v>555</v>
+      </c>
+      <c r="E560" s="45">
+        <v>23498.187999999998</v>
+      </c>
+      <c r="F560" s="44">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="561" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B561" s="72">
+        <v>558</v>
+      </c>
+      <c r="C561" s="43" t="s">
+        <v>475</v>
+      </c>
+      <c r="D561" s="44">
+        <v>20340</v>
+      </c>
+      <c r="E561" s="45">
+        <v>1973236.2450000001</v>
+      </c>
+      <c r="F561" s="44">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="562" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B562" s="70">
+        <v>559</v>
+      </c>
+      <c r="C562" s="43" t="s">
+        <v>474</v>
+      </c>
+      <c r="D562" s="44">
+        <v>1002</v>
+      </c>
+      <c r="E562" s="45">
+        <v>15094.428</v>
+      </c>
+      <c r="F562" s="44">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="563" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B563" s="71">
+        <v>560</v>
+      </c>
+      <c r="C563" s="43" t="s">
+        <v>473</v>
+      </c>
+      <c r="D563" s="44">
+        <v>34719</v>
+      </c>
+      <c r="E563" s="45">
+        <v>258446.00399999999</v>
+      </c>
+      <c r="F563" s="44">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="564" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B564" s="72">
+        <v>561</v>
+      </c>
+      <c r="C564" s="43" t="s">
+        <v>472</v>
+      </c>
+      <c r="D564" s="44">
+        <v>196564</v>
+      </c>
+      <c r="E564" s="45">
+        <v>202554</v>
+      </c>
+      <c r="F564" s="44">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="565" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B565" s="70">
+        <v>562</v>
+      </c>
+      <c r="C565" s="43" t="s">
+        <v>471</v>
+      </c>
+      <c r="D565" s="44">
+        <v>76741</v>
+      </c>
+      <c r="E565" s="45">
+        <v>5571729.1689999998</v>
+      </c>
+      <c r="F565" s="44">
+        <v>13294</v>
+      </c>
+    </row>
+    <row r="566" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B566" s="71">
+        <v>563</v>
+      </c>
+      <c r="C566" s="43" t="s">
+        <v>440</v>
+      </c>
+      <c r="D566" s="44">
+        <v>9497</v>
+      </c>
+      <c r="E566" s="45">
+        <v>493838.40500000003</v>
+      </c>
+      <c r="F566" s="44">
+        <v>11800</v>
+      </c>
+    </row>
+    <row r="567" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B567" s="72">
+        <v>564</v>
+      </c>
+      <c r="C567" s="43" t="s">
+        <v>441</v>
+      </c>
+      <c r="D567" s="44">
+        <v>3218396</v>
+      </c>
+      <c r="E567" s="45">
+        <v>5991265.142</v>
+      </c>
+      <c r="F567" s="44">
+        <v>2878</v>
+      </c>
+    </row>
+    <row r="568" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B568" s="70">
+        <v>565</v>
+      </c>
+      <c r="C568" s="43" t="s">
+        <v>470</v>
+      </c>
+      <c r="D568" s="44">
+        <v>15420</v>
+      </c>
+      <c r="E568" s="45">
+        <v>61342.167999999998</v>
+      </c>
+      <c r="F568" s="44">
+        <v>2424</v>
+      </c>
+    </row>
+    <row r="569" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B569" s="71">
+        <v>566</v>
+      </c>
+      <c r="C569" s="43" t="s">
+        <v>469</v>
+      </c>
+      <c r="D569" s="44">
+        <v>935</v>
+      </c>
+      <c r="E569" s="45">
+        <v>9601.5310000000009</v>
+      </c>
+      <c r="F569" s="44">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="570" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B570" s="72">
+        <v>567</v>
+      </c>
+      <c r="C570" s="43" t="s">
+        <v>468</v>
+      </c>
+      <c r="D570" s="44">
+        <v>87950</v>
+      </c>
+      <c r="E570" s="45">
+        <v>1569799.7309999999</v>
+      </c>
+      <c r="F570" s="44">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="571" spans="2:6" s="37" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B571" s="70">
+        <v>568</v>
+      </c>
+      <c r="C571" s="43" t="s">
+        <v>467</v>
+      </c>
+      <c r="D571" s="44">
+        <v>25475</v>
+      </c>
+      <c r="E571" s="45">
+        <v>840137.53099999996</v>
+      </c>
+      <c r="F571" s="44">
+        <v>3161</v>
+      </c>
+    </row>
+    <row r="572" spans="2:6" s="37" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B572" s="71">
+        <v>569</v>
+      </c>
+      <c r="C572" s="43" t="s">
+        <v>466</v>
+      </c>
+      <c r="D572" s="44">
+        <v>35806</v>
+      </c>
+      <c r="E572" s="45">
+        <v>155926.872</v>
+      </c>
+      <c r="F572" s="44">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="573" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B573" s="72">
+        <v>570</v>
+      </c>
+      <c r="C573" s="43" t="s">
+        <v>465</v>
+      </c>
+      <c r="D573" s="44">
+        <v>9552</v>
+      </c>
+      <c r="E573" s="45">
+        <v>123141.58500000001</v>
+      </c>
+      <c r="F573" s="44">
+        <v>7676</v>
+      </c>
+    </row>
+    <row r="574" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B574" s="70">
+        <v>571</v>
+      </c>
+      <c r="C574" s="43" t="s">
+        <v>463</v>
+      </c>
+      <c r="D574" s="44">
+        <v>39587</v>
+      </c>
+      <c r="E574" s="45">
+        <v>204291.136</v>
+      </c>
+      <c r="F574" s="44">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="575" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B575" s="71">
+        <v>572</v>
+      </c>
+      <c r="C575" s="43" t="s">
+        <v>462</v>
+      </c>
+      <c r="D575" s="44">
+        <v>11240</v>
+      </c>
+      <c r="E575" s="45">
+        <v>751637.91700000002</v>
+      </c>
+      <c r="F575" s="44">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="576" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B576" s="72">
+        <v>573</v>
+      </c>
+      <c r="C576" s="43" t="s">
+        <v>464</v>
+      </c>
+      <c r="D576" s="44">
+        <v>6115</v>
+      </c>
+      <c r="E576" s="45">
+        <v>566286.55700000003</v>
+      </c>
+      <c r="F576" s="44">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="577" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B577" s="70">
+        <v>574</v>
+      </c>
+      <c r="C577" s="43" t="s">
+        <v>461</v>
+      </c>
+      <c r="D577" s="44">
+        <v>518583</v>
+      </c>
+      <c r="E577" s="45">
+        <v>1518018.406</v>
+      </c>
+      <c r="F577" s="44">
+        <v>10345</v>
+      </c>
+    </row>
+    <row r="578" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B578" s="71">
+        <v>575</v>
+      </c>
+      <c r="C578" s="43" t="s">
+        <v>460</v>
+      </c>
+      <c r="D578" s="44">
+        <v>6750</v>
+      </c>
+      <c r="E578" s="45">
+        <v>45357.652000000002</v>
+      </c>
+      <c r="F578" s="44">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="579" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B579" s="72">
+        <v>576</v>
+      </c>
+      <c r="C579" s="43" t="s">
+        <v>459</v>
+      </c>
+      <c r="D579" s="44">
+        <v>3605</v>
+      </c>
+      <c r="E579" s="45">
+        <v>29160.215</v>
+      </c>
+      <c r="F579" s="44">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="580" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B580" s="70">
+        <v>577</v>
+      </c>
+      <c r="C580" s="43" t="s">
+        <v>458</v>
+      </c>
+      <c r="D580" s="44">
+        <v>22</v>
+      </c>
+      <c r="E580" s="45">
+        <v>186.44499999999999</v>
+      </c>
+      <c r="F580" s="44">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="581" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B581" s="71">
+        <v>578</v>
+      </c>
+      <c r="C581" s="43" t="s">
         <v>457</v>
       </c>
-      <c r="E10" s="39">
-[...75 lines deleted...]
-      <c r="B15" s="41">
+      <c r="D581" s="44">
+        <v>1668</v>
+      </c>
+      <c r="E581" s="45">
+        <v>38565.097999999998</v>
+      </c>
+      <c r="F581" s="44">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="582" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B582" s="72">
+        <v>579</v>
+      </c>
+      <c r="C582" s="43" t="s">
+        <v>456</v>
+      </c>
+      <c r="D582" s="44">
+        <v>1102735</v>
+      </c>
+      <c r="E582" s="45">
+        <v>1750855.997</v>
+      </c>
+      <c r="F582" s="44">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="583" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B583" s="70">
+        <v>580</v>
+      </c>
+      <c r="C583" s="43" t="s">
+        <v>455</v>
+      </c>
+      <c r="D583" s="44">
+        <v>1810</v>
+      </c>
+      <c r="E583" s="45">
+        <v>69693.042000000001</v>
+      </c>
+      <c r="F583" s="44">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="584" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B584" s="71">
+        <v>581</v>
+      </c>
+      <c r="C584" s="43" t="s">
+        <v>454</v>
+      </c>
+      <c r="D584" s="44">
+        <v>393</v>
+      </c>
+      <c r="E584" s="45">
+        <v>55774.434000000001</v>
+      </c>
+      <c r="F584" s="44">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="585" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B585" s="72">
+        <v>582</v>
+      </c>
+      <c r="C585" s="43" t="s">
+        <v>453</v>
+      </c>
+      <c r="D585" s="44">
+        <v>58822</v>
+      </c>
+      <c r="E585" s="45">
+        <v>187521.10500000001</v>
+      </c>
+      <c r="F585" s="44">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="586" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B586" s="70">
+        <v>583</v>
+      </c>
+      <c r="C586" s="43" t="s">
+        <v>451</v>
+      </c>
+      <c r="D586" s="44">
         <v>12</v>
       </c>
-      <c r="C15" s="40" t="s">
-[...127 lines deleted...]
-      <c r="F22" s="38">
+      <c r="E586" s="45">
+        <v>30.175999999999998</v>
+      </c>
+      <c r="F586" s="44">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="587" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B587" s="71">
+        <v>584</v>
+      </c>
+      <c r="C587" s="43" t="s">
+        <v>452</v>
+      </c>
+      <c r="D587" s="44">
+        <v>1781</v>
+      </c>
+      <c r="E587" s="45">
+        <v>57144.639000000003</v>
+      </c>
+      <c r="F587" s="44">
         <v>150</v>
       </c>
     </row>
-    <row r="23" spans="2:6" s="32" customFormat="1" x14ac:dyDescent="0.2">
-[...442 lines deleted...]
-      <c r="B49" s="41">
+    <row r="588" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B588" s="72">
+        <v>585</v>
+      </c>
+      <c r="C588" s="43" t="s">
+        <v>450</v>
+      </c>
+      <c r="D588" s="44">
+        <v>3341159</v>
+      </c>
+      <c r="E588" s="45">
+        <v>7908351.9670000002</v>
+      </c>
+      <c r="F588" s="44">
+        <v>8279</v>
+      </c>
+    </row>
+    <row r="589" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B589" s="70">
+        <v>586</v>
+      </c>
+      <c r="C589" s="43" t="s">
         <v>46</v>
       </c>
-      <c r="C49" s="40" t="s">
-[...518 lines deleted...]
-      <c r="F79" s="38">
+      <c r="D589" s="44">
+        <v>856</v>
+      </c>
+      <c r="E589" s="45">
+        <v>62409.042999999998</v>
+      </c>
+      <c r="F589" s="44">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="590" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B590" s="71">
+        <v>587</v>
+      </c>
+      <c r="C590" s="43" t="s">
+        <v>449</v>
+      </c>
+      <c r="D590" s="44">
+        <v>21642</v>
+      </c>
+      <c r="E590" s="45">
+        <v>32695.21</v>
+      </c>
+      <c r="F590" s="44">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="591" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B591" s="72">
+        <v>588</v>
+      </c>
+      <c r="C591" s="43" t="s">
+        <v>448</v>
+      </c>
+      <c r="D591" s="44">
         <v>486</v>
       </c>
-    </row>
-[...1152 lines deleted...]
-      <c r="F147" s="38">
+      <c r="E591" s="45">
+        <v>13937.964</v>
+      </c>
+      <c r="F591" s="44">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="592" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B592" s="70">
+        <v>589</v>
+      </c>
+      <c r="C592" s="43" t="s">
+        <v>447</v>
+      </c>
+      <c r="D592" s="44">
+        <v>103523085</v>
+      </c>
+      <c r="E592" s="45">
+        <v>257701476.65400001</v>
+      </c>
+      <c r="F592" s="44">
+        <v>3546951</v>
+      </c>
+    </row>
+    <row r="593" spans="2:6" s="37" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B593" s="71">
+        <v>590</v>
+      </c>
+      <c r="C593" s="49" t="s">
+        <v>446</v>
+      </c>
+      <c r="D593" s="50">
+        <v>52887</v>
+      </c>
+      <c r="E593" s="51">
+        <v>301597.75799999997</v>
+      </c>
+      <c r="F593" s="50">
+        <v>3231</v>
+      </c>
+    </row>
+    <row r="594" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B594" s="59" t="s">
         <v>247</v>
       </c>
-    </row>
-[...7587 lines deleted...]
-      <c r="D594" s="34">
+      <c r="C594" s="59"/>
+      <c r="D594" s="52">
         <f>SUM(D4:D593)</f>
         <v>18778715424</v>
       </c>
-      <c r="E594" s="35">
-[...20 lines deleted...]
-      <c r="B596" s="30" t="s">
+      <c r="E594" s="52">
+        <f t="shared" ref="E594:F594" si="0">SUM(E4:E593)</f>
+        <v>37694032272.081009</v>
+      </c>
+      <c r="F594" s="52">
+        <f t="shared" si="0"/>
+        <v>264460108</v>
+      </c>
+    </row>
+    <row r="595" spans="2:6" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B595" s="63" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C595" s="63"/>
+      <c r="D595" s="63"/>
+      <c r="E595" s="63"/>
+      <c r="F595" s="63"/>
+    </row>
+    <row r="596" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B596" s="64" t="s">
         <v>445</v>
       </c>
-      <c r="C596" s="30"/>
-[...5 lines deleted...]
-      <c r="B597" s="29" t="s">
+      <c r="C596" s="64"/>
+      <c r="D596" s="64"/>
+      <c r="E596" s="64"/>
+      <c r="F596" s="64"/>
+    </row>
+    <row r="597" spans="2:6" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B597" s="65" t="s">
         <v>444</v>
       </c>
-      <c r="C597" s="29"/>
-[...7 lines deleted...]
-      <c r="F600" s="28"/>
+      <c r="C597" s="65"/>
+      <c r="D597" s="65"/>
+      <c r="E597" s="65"/>
+      <c r="F597" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B594:C594"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B595:F595"/>
     <mergeCell ref="B596:F596"/>
     <mergeCell ref="B597:F597"/>
   </mergeCells>
   <pageMargins left="3.937007874015748E-2" right="3.937007874015748E-2" top="0.11811023622047245" bottom="0" header="3.937007874015748E-2" footer="0"/>
   <pageSetup paperSize="9" scale="82" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1A3B3039-39AB-4BD9-A28D-B8C8C0D3E996}">
   <dimension ref="B2:F145"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
       <selection pane="bottomRight" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="1.140625" style="52" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="9.140625" style="52"/>
+    <col min="1" max="1" width="1.140625" style="21" customWidth="1"/>
+    <col min="2" max="2" width="4.5703125" style="21" customWidth="1"/>
+    <col min="3" max="3" width="74.85546875" style="21" customWidth="1"/>
+    <col min="4" max="4" width="18.7109375" style="21" customWidth="1"/>
+    <col min="5" max="5" width="17.5703125" style="21" customWidth="1"/>
+    <col min="6" max="6" width="20.42578125" style="21" customWidth="1"/>
+    <col min="7" max="16384" width="9.140625" style="21"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B2" s="71" t="s">
-[...11 lines deleted...]
-      <c r="C3" s="70" t="s">
+      <c r="B2" s="68" t="s">
         <v>1000</v>
       </c>
-      <c r="D3" s="70" t="s">
+      <c r="C2" s="68"/>
+      <c r="D2" s="68"/>
+      <c r="E2" s="68"/>
+      <c r="F2" s="68"/>
+    </row>
+    <row r="3" spans="2:6" s="36" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="69" t="s">
+        <v>982</v>
+      </c>
+      <c r="C3" s="69" t="s">
         <v>999</v>
       </c>
-      <c r="E3" s="70" t="s">
+      <c r="D3" s="69" t="s">
         <v>998</v>
       </c>
-      <c r="F3" s="70" t="s">
+      <c r="E3" s="69" t="s">
         <v>997</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="F4" s="70"/>
+      <c r="F3" s="69" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="4" spans="2:6" s="36" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="69"/>
+      <c r="C4" s="69"/>
+      <c r="D4" s="69"/>
+      <c r="E4" s="69"/>
+      <c r="F4" s="69"/>
     </row>
     <row r="5" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B5" s="63">
+      <c r="B5" s="30">
         <v>1</v>
       </c>
-      <c r="C5" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="60">
+      <c r="C5" s="29" t="s">
+        <v>975</v>
+      </c>
+      <c r="D5" s="27">
         <v>1</v>
       </c>
-      <c r="E5" s="61">
+      <c r="E5" s="28">
         <v>33.031500000000001</v>
       </c>
-      <c r="F5" s="60">
+      <c r="F5" s="27">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B6" s="63">
+      <c r="B6" s="30">
         <v>2</v>
       </c>
-      <c r="C6" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="60">
+      <c r="C6" s="29" t="s">
+        <v>970</v>
+      </c>
+      <c r="D6" s="27">
         <v>11160</v>
       </c>
-      <c r="E6" s="61">
+      <c r="E6" s="28">
         <v>1983738.07944</v>
       </c>
-      <c r="F6" s="60">
+      <c r="F6" s="27">
         <v>1291</v>
       </c>
     </row>
     <row r="7" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B7" s="63">
+      <c r="B7" s="30">
         <v>3</v>
       </c>
-      <c r="C7" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D7" s="60">
+      <c r="C7" s="29" t="s">
+        <v>968</v>
+      </c>
+      <c r="D7" s="27">
         <v>25746</v>
       </c>
-      <c r="E7" s="61">
+      <c r="E7" s="28">
         <v>4423321.8520600004</v>
       </c>
-      <c r="F7" s="60">
+      <c r="F7" s="27">
         <v>1701</v>
       </c>
     </row>
     <row r="8" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B8" s="63">
+      <c r="B8" s="30">
         <v>4</v>
       </c>
-      <c r="C8" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D8" s="60">
+      <c r="C8" s="29" t="s">
+        <v>958</v>
+      </c>
+      <c r="D8" s="27">
         <v>8520</v>
       </c>
-      <c r="E8" s="61">
+      <c r="E8" s="28">
         <v>347569.83199999999</v>
       </c>
-      <c r="F8" s="60">
+      <c r="F8" s="27">
         <v>18014</v>
       </c>
     </row>
     <row r="9" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B9" s="63">
+      <c r="B9" s="30">
         <v>5</v>
       </c>
-      <c r="C9" s="68" t="s">
-[...2 lines deleted...]
-      <c r="D9" s="66">
+      <c r="C9" s="35" t="s">
+        <v>957</v>
+      </c>
+      <c r="D9" s="33">
         <v>10235</v>
       </c>
-      <c r="E9" s="66">
+      <c r="E9" s="33">
         <v>1931456.08</v>
       </c>
-      <c r="F9" s="66">
+      <c r="F9" s="33">
         <v>1370</v>
       </c>
     </row>
     <row r="10" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B10" s="63">
+      <c r="B10" s="30">
         <v>6</v>
       </c>
-      <c r="C10" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="60">
+      <c r="C10" s="29" t="s">
+        <v>953</v>
+      </c>
+      <c r="D10" s="27">
         <v>399</v>
       </c>
-      <c r="E10" s="61">
+      <c r="E10" s="28">
         <v>98112.313999999998</v>
       </c>
-      <c r="F10" s="60">
+      <c r="F10" s="27">
         <v>71</v>
       </c>
     </row>
     <row r="11" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B11" s="63">
+      <c r="B11" s="30">
         <v>7</v>
       </c>
-      <c r="C11" s="62" t="s">
+      <c r="C11" s="29" t="s">
         <v>0</v>
       </c>
-      <c r="D11" s="60">
+      <c r="D11" s="27">
         <v>1436212</v>
       </c>
-      <c r="E11" s="61">
+      <c r="E11" s="28">
         <v>344717271.07300001</v>
       </c>
-      <c r="F11" s="60">
+      <c r="F11" s="27">
         <v>72517</v>
       </c>
     </row>
     <row r="12" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B12" s="63">
+      <c r="B12" s="30">
         <v>8</v>
       </c>
-      <c r="C12" s="62" t="s">
+      <c r="C12" s="29" t="s">
         <v>257</v>
       </c>
-      <c r="D12" s="60">
+      <c r="D12" s="27">
         <v>50565</v>
       </c>
-      <c r="E12" s="61">
+      <c r="E12" s="28">
         <v>153375375.222</v>
       </c>
-      <c r="F12" s="60">
+      <c r="F12" s="27">
         <v>67</v>
       </c>
     </row>
     <row r="13" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B13" s="63">
+      <c r="B13" s="30">
         <v>9</v>
       </c>
-      <c r="C13" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D13" s="60">
+      <c r="C13" s="29" t="s">
+        <v>949</v>
+      </c>
+      <c r="D13" s="27">
         <v>3373144</v>
       </c>
-      <c r="E13" s="61">
+      <c r="E13" s="28">
         <v>394630997.75821</v>
       </c>
-      <c r="F13" s="60">
+      <c r="F13" s="27">
         <v>1088364</v>
       </c>
     </row>
     <row r="14" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B14" s="63">
+      <c r="B14" s="30">
         <v>10</v>
       </c>
-      <c r="C14" s="62" t="s">
+      <c r="C14" s="29" t="s">
         <v>2</v>
       </c>
-      <c r="D14" s="60">
+      <c r="D14" s="27">
         <v>510932</v>
       </c>
-      <c r="E14" s="61">
+      <c r="E14" s="28">
         <v>89211992.609119996</v>
       </c>
-      <c r="F14" s="60">
+      <c r="F14" s="27">
         <v>81332</v>
       </c>
     </row>
     <row r="15" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B15" s="63">
+      <c r="B15" s="30">
         <v>11</v>
       </c>
-      <c r="C15" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="60">
+      <c r="C15" s="29" t="s">
+        <v>995</v>
+      </c>
+      <c r="D15" s="27">
         <v>940493</v>
       </c>
-      <c r="E15" s="61">
+      <c r="E15" s="28">
         <v>925531052.36899996</v>
       </c>
-      <c r="F15" s="60">
+      <c r="F15" s="27">
         <v>559</v>
       </c>
     </row>
     <row r="16" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B16" s="63">
+      <c r="B16" s="30">
         <v>12</v>
       </c>
-      <c r="C16" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D16" s="60">
+      <c r="C16" s="29" t="s">
+        <v>942</v>
+      </c>
+      <c r="D16" s="27">
         <v>152</v>
       </c>
-      <c r="E16" s="61">
+      <c r="E16" s="28">
         <v>15998.638279999999</v>
       </c>
-      <c r="F16" s="60">
+      <c r="F16" s="27">
         <v>402</v>
       </c>
     </row>
     <row r="17" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B17" s="63">
+      <c r="B17" s="30">
         <v>13</v>
       </c>
-      <c r="C17" s="62" t="s">
+      <c r="C17" s="29" t="s">
         <v>3</v>
       </c>
-      <c r="D17" s="60">
+      <c r="D17" s="27">
         <v>4161283</v>
       </c>
-      <c r="E17" s="61">
+      <c r="E17" s="28">
         <v>861731616.07599998</v>
       </c>
-      <c r="F17" s="60">
+      <c r="F17" s="27">
         <v>475974</v>
       </c>
     </row>
     <row r="18" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B18" s="63">
+      <c r="B18" s="30">
         <v>14</v>
       </c>
-      <c r="C18" s="62" t="s">
+      <c r="C18" s="29" t="s">
         <v>6</v>
       </c>
-      <c r="D18" s="60">
+      <c r="D18" s="27">
         <v>2498387</v>
       </c>
-      <c r="E18" s="61">
+      <c r="E18" s="28">
         <v>751531013.94500005</v>
       </c>
-      <c r="F18" s="60">
+      <c r="F18" s="27">
         <v>217807</v>
       </c>
     </row>
     <row r="19" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B19" s="63">
+      <c r="B19" s="30">
         <v>15</v>
       </c>
-      <c r="C19" s="62" t="s">
+      <c r="C19" s="29" t="s">
         <v>7</v>
       </c>
-      <c r="D19" s="60">
+      <c r="D19" s="27">
         <v>1052546</v>
       </c>
-      <c r="E19" s="61">
+      <c r="E19" s="28">
         <v>267888672.29100001</v>
       </c>
-      <c r="F19" s="60">
+      <c r="F19" s="27">
         <v>124234</v>
       </c>
     </row>
     <row r="20" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B20" s="63">
+      <c r="B20" s="30">
         <v>16</v>
       </c>
-      <c r="C20" s="62" t="s">
+      <c r="C20" s="29" t="s">
         <v>260</v>
       </c>
-      <c r="D20" s="60">
+      <c r="D20" s="27">
         <v>76142</v>
       </c>
-      <c r="E20" s="61">
+      <c r="E20" s="28">
         <v>61009679.425310001</v>
       </c>
-      <c r="F20" s="60">
+      <c r="F20" s="27">
         <v>1851</v>
       </c>
     </row>
     <row r="21" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B21" s="63">
+      <c r="B21" s="30">
         <v>17</v>
       </c>
-      <c r="C21" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D21" s="60">
+      <c r="C21" s="29" t="s">
+        <v>937</v>
+      </c>
+      <c r="D21" s="27">
         <v>90171</v>
       </c>
-      <c r="E21" s="61">
+      <c r="E21" s="28">
         <v>8112136.6138599999</v>
       </c>
-      <c r="F21" s="60">
+      <c r="F21" s="27">
         <v>24528</v>
       </c>
     </row>
     <row r="22" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B22" s="63">
+      <c r="B22" s="30">
         <v>18</v>
       </c>
-      <c r="C22" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D22" s="60">
+      <c r="C22" s="29" t="s">
+        <v>932</v>
+      </c>
+      <c r="D22" s="27">
         <v>73</v>
       </c>
-      <c r="E22" s="61">
+      <c r="E22" s="28">
         <v>6728.1710000000003</v>
       </c>
-      <c r="F22" s="60">
+      <c r="F22" s="27">
         <v>535</v>
       </c>
     </row>
     <row r="23" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B23" s="63">
+      <c r="B23" s="30">
         <v>19</v>
       </c>
-      <c r="C23" s="62" t="s">
+      <c r="C23" s="29" t="s">
         <v>263</v>
       </c>
-      <c r="D23" s="60">
+      <c r="D23" s="27">
         <v>276292</v>
       </c>
-      <c r="E23" s="61">
+      <c r="E23" s="28">
         <v>443634025.17888999</v>
       </c>
-      <c r="F23" s="60">
+      <c r="F23" s="27">
         <v>425</v>
       </c>
     </row>
     <row r="24" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B24" s="63">
+      <c r="B24" s="30">
         <v>20</v>
       </c>
-      <c r="C24" s="62" t="s">
+      <c r="C24" s="29" t="s">
         <v>78</v>
       </c>
-      <c r="D24" s="60">
+      <c r="D24" s="27">
         <v>3365767</v>
       </c>
-      <c r="E24" s="61">
+      <c r="E24" s="28">
         <v>803743195.65253007</v>
       </c>
-      <c r="F24" s="60">
+      <c r="F24" s="27">
         <v>432988</v>
       </c>
     </row>
     <row r="25" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B25" s="63">
+      <c r="B25" s="30">
         <v>21</v>
       </c>
-      <c r="C25" s="62" t="s">
+      <c r="C25" s="29" t="s">
         <v>266</v>
       </c>
-      <c r="D25" s="60">
+      <c r="D25" s="27">
         <v>15097</v>
       </c>
-      <c r="E25" s="61">
+      <c r="E25" s="28">
         <v>3217752.6788900001</v>
       </c>
-      <c r="F25" s="60">
+      <c r="F25" s="27">
         <v>925</v>
       </c>
     </row>
     <row r="26" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B26" s="63">
+      <c r="B26" s="30">
         <v>22</v>
       </c>
-      <c r="C26" s="62" t="s">
+      <c r="C26" s="29" t="s">
         <v>8</v>
       </c>
-      <c r="D26" s="60">
+      <c r="D26" s="27">
         <v>10028856</v>
       </c>
-      <c r="E26" s="61">
+      <c r="E26" s="28">
         <v>326971225.44599998</v>
       </c>
-      <c r="F26" s="60">
+      <c r="F26" s="27">
         <v>188217</v>
       </c>
     </row>
     <row r="27" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B27" s="63">
+      <c r="B27" s="30">
         <v>23</v>
       </c>
-      <c r="C27" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D27" s="60">
+      <c r="C27" s="29" t="s">
+        <v>994</v>
+      </c>
+      <c r="D27" s="27">
         <v>7852</v>
       </c>
-      <c r="E27" s="61">
+      <c r="E27" s="28">
         <v>1593997.1387499999</v>
       </c>
-      <c r="F27" s="60">
+      <c r="F27" s="27">
         <v>1204</v>
       </c>
     </row>
     <row r="28" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B28" s="63">
+      <c r="B28" s="30">
         <v>24</v>
       </c>
-      <c r="C28" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D28" s="60">
+      <c r="C28" s="29" t="s">
+        <v>909</v>
+      </c>
+      <c r="D28" s="27">
         <v>773142</v>
       </c>
-      <c r="E28" s="61">
+      <c r="E28" s="28">
         <v>111510726.228</v>
       </c>
-      <c r="F28" s="60">
+      <c r="F28" s="27">
         <v>100185</v>
       </c>
     </row>
     <row r="29" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B29" s="63">
+      <c r="B29" s="30">
         <v>25</v>
       </c>
-      <c r="C29" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D29" s="60">
+      <c r="C29" s="29" t="s">
+        <v>903</v>
+      </c>
+      <c r="D29" s="27">
         <v>146066</v>
       </c>
-      <c r="E29" s="61">
+      <c r="E29" s="28">
         <v>25735001.0046</v>
       </c>
-      <c r="F29" s="60">
+      <c r="F29" s="27">
         <v>16993</v>
       </c>
     </row>
     <row r="30" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B30" s="63">
+      <c r="B30" s="30">
         <v>26</v>
       </c>
-      <c r="C30" s="62" t="s">
+      <c r="C30" s="29" t="s">
         <v>273</v>
       </c>
-      <c r="D30" s="60">
+      <c r="D30" s="27">
         <v>56045</v>
       </c>
-      <c r="E30" s="61">
+      <c r="E30" s="28">
         <v>26148263.754999999</v>
       </c>
-      <c r="F30" s="60">
+      <c r="F30" s="27">
         <v>205</v>
       </c>
     </row>
     <row r="31" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B31" s="63">
+      <c r="B31" s="30">
         <v>27</v>
       </c>
-      <c r="C31" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D31" s="60">
+      <c r="C31" s="29" t="s">
+        <v>902</v>
+      </c>
+      <c r="D31" s="27">
         <v>81886</v>
       </c>
-      <c r="E31" s="61">
+      <c r="E31" s="28">
         <v>2831816.227</v>
       </c>
-      <c r="F31" s="60">
+      <c r="F31" s="27">
         <v>13326</v>
       </c>
     </row>
     <row r="32" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B32" s="63">
+      <c r="B32" s="30">
         <v>28</v>
       </c>
-      <c r="C32" s="62" t="s">
+      <c r="C32" s="29" t="s">
         <v>274</v>
       </c>
-      <c r="D32" s="60">
+      <c r="D32" s="27">
         <v>1778</v>
       </c>
-      <c r="E32" s="61">
+      <c r="E32" s="28">
         <v>2632670.4900000002</v>
       </c>
-      <c r="F32" s="60">
+      <c r="F32" s="27">
         <v>210</v>
       </c>
     </row>
     <row r="33" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B33" s="63">
+      <c r="B33" s="30">
         <v>29</v>
       </c>
-      <c r="C33" s="62" t="s">
+      <c r="C33" s="29" t="s">
         <v>275</v>
       </c>
-      <c r="D33" s="60">
+      <c r="D33" s="27">
         <v>613946</v>
       </c>
-      <c r="E33" s="61">
+      <c r="E33" s="28">
         <v>356693744.56220001</v>
       </c>
-      <c r="F33" s="60">
+      <c r="F33" s="27">
         <v>43338</v>
       </c>
     </row>
     <row r="34" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B34" s="63">
+      <c r="B34" s="30">
         <v>30</v>
       </c>
-      <c r="C34" s="62" t="s">
+      <c r="C34" s="29" t="s">
         <v>89</v>
       </c>
-      <c r="D34" s="60">
+      <c r="D34" s="27">
         <v>198535</v>
       </c>
-      <c r="E34" s="61">
+      <c r="E34" s="28">
         <v>32678357.481799997</v>
       </c>
-      <c r="F34" s="60">
+      <c r="F34" s="27">
         <v>20033</v>
       </c>
     </row>
     <row r="35" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B35" s="63">
+      <c r="B35" s="30">
         <v>31</v>
       </c>
-      <c r="C35" s="62" t="s">
+      <c r="C35" s="29" t="s">
         <v>279</v>
       </c>
-      <c r="D35" s="60">
+      <c r="D35" s="27">
         <v>3672653</v>
       </c>
-      <c r="E35" s="61">
+      <c r="E35" s="28">
         <v>10951367857.657499</v>
       </c>
-      <c r="F35" s="60">
+      <c r="F35" s="27">
         <v>18584</v>
       </c>
     </row>
     <row r="36" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B36" s="63">
+      <c r="B36" s="30">
         <v>32</v>
       </c>
-      <c r="C36" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D36" s="60">
+      <c r="C36" s="29" t="s">
+        <v>891</v>
+      </c>
+      <c r="D36" s="27">
         <v>113974</v>
       </c>
-      <c r="E36" s="61">
+      <c r="E36" s="28">
         <v>12695368.25591</v>
       </c>
-      <c r="F36" s="60">
+      <c r="F36" s="27">
         <v>20303</v>
       </c>
     </row>
     <row r="37" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B37" s="63">
+      <c r="B37" s="30">
         <v>33</v>
       </c>
-      <c r="C37" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D37" s="60">
+      <c r="C37" s="29" t="s">
+        <v>888</v>
+      </c>
+      <c r="D37" s="27">
         <v>9045</v>
       </c>
-      <c r="E37" s="61">
+      <c r="E37" s="28">
         <v>740677.43</v>
       </c>
-      <c r="F37" s="60">
+      <c r="F37" s="27">
         <v>12195</v>
       </c>
     </row>
     <row r="38" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B38" s="63">
+      <c r="B38" s="30">
         <v>34</v>
       </c>
-      <c r="C38" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D38" s="60">
+      <c r="C38" s="29" t="s">
+        <v>993</v>
+      </c>
+      <c r="D38" s="27">
         <v>392</v>
       </c>
-      <c r="E38" s="61">
+      <c r="E38" s="28">
         <v>58013.101000000002</v>
       </c>
-      <c r="F38" s="60">
+      <c r="F38" s="27">
         <v>237</v>
       </c>
     </row>
     <row r="39" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B39" s="63">
+      <c r="B39" s="30">
         <v>35</v>
       </c>
-      <c r="C39" s="62" t="s">
+      <c r="C39" s="29" t="s">
         <v>100</v>
       </c>
-      <c r="D39" s="60">
+      <c r="D39" s="27">
         <v>80667</v>
       </c>
-      <c r="E39" s="61">
+      <c r="E39" s="28">
         <v>18357328.384</v>
       </c>
-      <c r="F39" s="60">
+      <c r="F39" s="27">
         <v>63033</v>
       </c>
     </row>
     <row r="40" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B40" s="63">
+      <c r="B40" s="30">
         <v>36</v>
       </c>
-      <c r="C40" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D40" s="60">
+      <c r="C40" s="29" t="s">
+        <v>884</v>
+      </c>
+      <c r="D40" s="27">
         <v>64617</v>
       </c>
-      <c r="E40" s="61">
+      <c r="E40" s="28">
         <v>3573578.63992</v>
       </c>
-      <c r="F40" s="60">
+      <c r="F40" s="27">
         <v>3354</v>
       </c>
     </row>
     <row r="41" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B41" s="63">
+      <c r="B41" s="30">
         <v>37</v>
       </c>
-      <c r="C41" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D41" s="60">
+      <c r="C41" s="29" t="s">
+        <v>883</v>
+      </c>
+      <c r="D41" s="27">
         <v>3523294</v>
       </c>
-      <c r="E41" s="61">
+      <c r="E41" s="28">
         <v>573420562.51999998</v>
       </c>
-      <c r="F41" s="60">
+      <c r="F41" s="27">
         <v>192944</v>
       </c>
     </row>
     <row r="42" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B42" s="63">
+      <c r="B42" s="30">
         <v>38</v>
       </c>
-      <c r="C42" s="62" t="s">
+      <c r="C42" s="29" t="s">
         <v>12</v>
       </c>
-      <c r="D42" s="60">
+      <c r="D42" s="27">
         <v>470</v>
       </c>
-      <c r="E42" s="61">
+      <c r="E42" s="28">
         <v>3894.6468100000002</v>
       </c>
-      <c r="F42" s="60">
+      <c r="F42" s="27">
         <v>234</v>
       </c>
     </row>
     <row r="43" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B43" s="63">
+      <c r="B43" s="30">
         <v>39</v>
       </c>
-      <c r="C43" s="62" t="s">
+      <c r="C43" s="29" t="s">
         <v>289</v>
       </c>
-      <c r="D43" s="60">
+      <c r="D43" s="27">
         <v>120</v>
       </c>
-      <c r="E43" s="61">
+      <c r="E43" s="28">
         <v>10925.989</v>
       </c>
-      <c r="F43" s="60">
+      <c r="F43" s="27">
         <v>2</v>
       </c>
     </row>
     <row r="44" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B44" s="63">
+      <c r="B44" s="30">
         <v>40</v>
       </c>
-      <c r="C44" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D44" s="60">
+      <c r="C44" s="29" t="s">
+        <v>875</v>
+      </c>
+      <c r="D44" s="27">
         <v>51402</v>
       </c>
-      <c r="E44" s="61">
+      <c r="E44" s="28">
         <v>4675511.9589999998</v>
       </c>
-      <c r="F44" s="60">
+      <c r="F44" s="27">
         <v>2373</v>
       </c>
     </row>
     <row r="45" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B45" s="63">
+      <c r="B45" s="30">
         <v>41</v>
       </c>
-      <c r="C45" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D45" s="60">
+      <c r="C45" s="29" t="s">
+        <v>869</v>
+      </c>
+      <c r="D45" s="27">
         <v>5451</v>
       </c>
-      <c r="E45" s="61">
+      <c r="E45" s="28">
         <v>839937.40500000003</v>
       </c>
-      <c r="F45" s="60">
+      <c r="F45" s="27">
         <v>597</v>
       </c>
     </row>
     <row r="46" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B46" s="63">
+      <c r="B46" s="30">
         <v>42</v>
       </c>
-      <c r="C46" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D46" s="60">
+      <c r="C46" s="29" t="s">
+        <v>868</v>
+      </c>
+      <c r="D46" s="27">
         <v>5069</v>
       </c>
-      <c r="E46" s="61">
+      <c r="E46" s="28">
         <v>72689519.115999997</v>
       </c>
-      <c r="F46" s="60">
+      <c r="F46" s="27">
         <v>4851</v>
       </c>
     </row>
     <row r="47" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B47" s="63">
+      <c r="B47" s="30">
         <v>43</v>
       </c>
-      <c r="C47" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D47" s="60">
+      <c r="C47" s="29" t="s">
+        <v>866</v>
+      </c>
+      <c r="D47" s="27">
         <v>1478</v>
       </c>
-      <c r="E47" s="61">
+      <c r="E47" s="28">
         <v>81436.914730000004</v>
       </c>
-      <c r="F47" s="60">
+      <c r="F47" s="27">
         <v>360</v>
       </c>
     </row>
     <row r="48" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B48" s="63">
+      <c r="B48" s="30">
         <v>44</v>
       </c>
-      <c r="C48" s="62" t="s">
+      <c r="C48" s="29" t="s">
         <v>295</v>
       </c>
-      <c r="D48" s="60">
+      <c r="D48" s="27">
         <v>60511404</v>
       </c>
-      <c r="E48" s="60">
+      <c r="E48" s="27">
         <v>6722670689.8100004</v>
       </c>
-      <c r="F48" s="60">
+      <c r="F48" s="27">
         <v>30472303</v>
       </c>
     </row>
     <row r="49" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B49" s="63">
+      <c r="B49" s="30">
         <v>45</v>
       </c>
-      <c r="C49" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D49" s="60">
+      <c r="C49" s="29" t="s">
+        <v>864</v>
+      </c>
+      <c r="D49" s="27">
         <v>706</v>
       </c>
-      <c r="E49" s="61">
+      <c r="E49" s="28">
         <v>52067.614000000001</v>
       </c>
-      <c r="F49" s="60">
+      <c r="F49" s="27">
         <v>3148</v>
       </c>
     </row>
     <row r="50" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B50" s="63">
+      <c r="B50" s="30">
         <v>46</v>
       </c>
-      <c r="C50" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D50" s="60">
+      <c r="C50" s="29" t="s">
+        <v>859</v>
+      </c>
+      <c r="D50" s="27">
         <v>72415793</v>
       </c>
-      <c r="E50" s="61">
+      <c r="E50" s="28">
         <v>45326856253.146004</v>
       </c>
-      <c r="F50" s="60">
+      <c r="F50" s="27">
         <v>3494734</v>
       </c>
     </row>
     <row r="51" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B51" s="63">
+      <c r="B51" s="30">
         <v>47</v>
       </c>
-      <c r="C51" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D51" s="60">
+      <c r="C51" s="29" t="s">
+        <v>857</v>
+      </c>
+      <c r="D51" s="27">
         <v>2101290</v>
       </c>
-      <c r="E51" s="61">
+      <c r="E51" s="28">
         <v>688317802.24218988</v>
       </c>
-      <c r="F51" s="60">
+      <c r="F51" s="27">
         <v>436337</v>
       </c>
     </row>
     <row r="52" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B52" s="63">
+      <c r="B52" s="30">
         <v>48</v>
       </c>
-      <c r="C52" s="62" t="s">
+      <c r="C52" s="29" t="s">
         <v>301</v>
       </c>
-      <c r="D52" s="60">
+      <c r="D52" s="27">
         <v>3870410</v>
       </c>
-      <c r="E52" s="61">
+      <c r="E52" s="28">
         <v>1319624207.4030001</v>
       </c>
-      <c r="F52" s="60">
+      <c r="F52" s="27">
         <v>588160</v>
       </c>
     </row>
     <row r="53" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B53" s="63">
+      <c r="B53" s="30">
         <v>49</v>
       </c>
-      <c r="C53" s="62" t="s">
+      <c r="C53" s="29" t="s">
         <v>14</v>
       </c>
-      <c r="D53" s="60">
+      <c r="D53" s="27">
         <v>2603485</v>
       </c>
-      <c r="E53" s="61">
+      <c r="E53" s="28">
         <v>397989469.36400002</v>
       </c>
-      <c r="F53" s="60">
+      <c r="F53" s="27">
         <v>328951</v>
       </c>
     </row>
     <row r="54" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B54" s="63">
+      <c r="B54" s="30">
         <v>50</v>
       </c>
-      <c r="C54" s="62" t="s">
+      <c r="C54" s="29" t="s">
         <v>15</v>
       </c>
-      <c r="D54" s="60">
+      <c r="D54" s="27">
         <v>3881870</v>
       </c>
-      <c r="E54" s="61">
+      <c r="E54" s="28">
         <v>332487269.57396996</v>
       </c>
-      <c r="F54" s="60">
+      <c r="F54" s="27">
         <v>310320</v>
       </c>
     </row>
     <row r="55" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B55" s="63">
+      <c r="B55" s="30">
         <v>51</v>
       </c>
-      <c r="C55" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D55" s="60">
+      <c r="C55" s="29" t="s">
+        <v>851</v>
+      </c>
+      <c r="D55" s="27">
         <v>4767531</v>
       </c>
-      <c r="E55" s="61">
+      <c r="E55" s="28">
         <v>281753878.52454001</v>
       </c>
-      <c r="F55" s="60">
+      <c r="F55" s="27">
         <v>311668</v>
       </c>
     </row>
     <row r="56" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B56" s="63">
+      <c r="B56" s="30">
         <v>52</v>
       </c>
-      <c r="C56" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D56" s="60">
+      <c r="C56" s="29" t="s">
+        <v>992</v>
+      </c>
+      <c r="D56" s="27">
         <v>921</v>
       </c>
-      <c r="E56" s="61">
+      <c r="E56" s="28">
         <v>758491.35078999994</v>
       </c>
-      <c r="F56" s="60">
+      <c r="F56" s="27">
         <v>34</v>
       </c>
     </row>
     <row r="57" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B57" s="63">
+      <c r="B57" s="30">
         <v>53</v>
       </c>
-      <c r="C57" s="62" t="s">
+      <c r="C57" s="29" t="s">
         <v>16</v>
       </c>
-      <c r="D57" s="60">
+      <c r="D57" s="27">
         <v>900</v>
       </c>
-      <c r="E57" s="61">
+      <c r="E57" s="28">
         <v>818127.82326999994</v>
       </c>
-      <c r="F57" s="60">
+      <c r="F57" s="27">
         <v>72</v>
       </c>
     </row>
     <row r="58" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B58" s="63">
+      <c r="B58" s="30">
         <v>54</v>
       </c>
-      <c r="C58" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D58" s="60">
+      <c r="C58" s="29" t="s">
+        <v>843</v>
+      </c>
+      <c r="D58" s="27">
         <v>532517</v>
       </c>
-      <c r="E58" s="61">
+      <c r="E58" s="28">
         <v>80843202.180000007</v>
       </c>
-      <c r="F58" s="60">
+      <c r="F58" s="27">
         <v>133084</v>
       </c>
     </row>
     <row r="59" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B59" s="63">
+      <c r="B59" s="30">
         <v>55</v>
       </c>
-      <c r="C59" s="62" t="s">
+      <c r="C59" s="29" t="s">
         <v>17</v>
       </c>
-      <c r="D59" s="60">
+      <c r="D59" s="27">
         <v>17860</v>
       </c>
-      <c r="E59" s="61">
+      <c r="E59" s="28">
         <v>2381499.0065900004</v>
       </c>
-      <c r="F59" s="60">
+      <c r="F59" s="27">
         <v>8725</v>
       </c>
     </row>
     <row r="60" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B60" s="63">
+      <c r="B60" s="30">
         <v>56</v>
       </c>
-      <c r="C60" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D60" s="60">
+      <c r="C60" s="29" t="s">
+        <v>838</v>
+      </c>
+      <c r="D60" s="27">
         <v>69452</v>
       </c>
-      <c r="E60" s="61">
+      <c r="E60" s="28">
         <v>7103446.13509</v>
       </c>
-      <c r="F60" s="60">
+      <c r="F60" s="27">
         <v>6437</v>
       </c>
     </row>
     <row r="61" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B61" s="63">
+      <c r="B61" s="30">
         <v>57</v>
       </c>
-      <c r="C61" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D61" s="60">
+      <c r="C61" s="29" t="s">
+        <v>835</v>
+      </c>
+      <c r="D61" s="27">
         <v>1917</v>
       </c>
-      <c r="E61" s="61">
+      <c r="E61" s="28">
         <v>67985.512000000002</v>
       </c>
-      <c r="F61" s="60">
+      <c r="F61" s="27">
         <v>467</v>
       </c>
     </row>
     <row r="62" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B62" s="63">
+      <c r="B62" s="30">
         <v>58</v>
       </c>
-      <c r="C62" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D62" s="60">
+      <c r="C62" s="29" t="s">
+        <v>991</v>
+      </c>
+      <c r="D62" s="27">
         <v>474179</v>
       </c>
-      <c r="E62" s="61">
+      <c r="E62" s="28">
         <v>1249046398.6296101</v>
       </c>
-      <c r="F62" s="60">
+      <c r="F62" s="27">
         <v>888</v>
       </c>
     </row>
     <row r="63" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B63" s="63">
+      <c r="B63" s="30">
         <v>59</v>
       </c>
-      <c r="C63" s="62" t="s">
+      <c r="C63" s="29" t="s">
         <v>20</v>
       </c>
-      <c r="D63" s="60">
+      <c r="D63" s="27">
         <v>498397</v>
       </c>
-      <c r="E63" s="61">
+      <c r="E63" s="28">
         <v>60283564.245999999</v>
       </c>
-      <c r="F63" s="60">
+      <c r="F63" s="27">
         <v>34072</v>
       </c>
     </row>
     <row r="64" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B64" s="63">
+      <c r="B64" s="30">
         <v>60</v>
       </c>
-      <c r="C64" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D64" s="60">
+      <c r="C64" s="29" t="s">
+        <v>816</v>
+      </c>
+      <c r="D64" s="27">
         <v>24896</v>
       </c>
-      <c r="E64" s="61">
+      <c r="E64" s="28">
         <v>3893354.1830000002</v>
       </c>
-      <c r="F64" s="60">
+      <c r="F64" s="27">
         <v>2801</v>
       </c>
     </row>
     <row r="65" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B65" s="63">
+      <c r="B65" s="30">
         <v>61</v>
       </c>
-      <c r="C65" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D65" s="60">
+      <c r="C65" s="29" t="s">
+        <v>815</v>
+      </c>
+      <c r="D65" s="27">
         <v>1086425</v>
       </c>
-      <c r="E65" s="60">
+      <c r="E65" s="27">
         <v>198991695.11701</v>
       </c>
-      <c r="F65" s="60">
+      <c r="F65" s="27">
         <v>94904</v>
       </c>
     </row>
     <row r="66" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B66" s="63">
+      <c r="B66" s="30">
         <v>62</v>
       </c>
-      <c r="C66" s="62" t="s">
+      <c r="C66" s="29" t="s">
         <v>316</v>
       </c>
-      <c r="D66" s="60">
+      <c r="D66" s="27">
         <v>1181</v>
       </c>
-      <c r="E66" s="61">
+      <c r="E66" s="28">
         <v>993255.95799999998</v>
       </c>
-      <c r="F66" s="60">
+      <c r="F66" s="27">
         <v>277</v>
       </c>
     </row>
     <row r="67" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B67" s="63">
+      <c r="B67" s="30">
         <v>63</v>
       </c>
-      <c r="C67" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D67" s="60">
+      <c r="C67" s="29" t="s">
+        <v>814</v>
+      </c>
+      <c r="D67" s="27">
         <v>21754</v>
       </c>
-      <c r="E67" s="60">
+      <c r="E67" s="27">
         <v>1530055.61</v>
       </c>
-      <c r="F67" s="60">
+      <c r="F67" s="27">
         <v>4224</v>
       </c>
     </row>
     <row r="68" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B68" s="63">
+      <c r="B68" s="30">
         <v>64</v>
       </c>
-      <c r="C68" s="62" t="s">
+      <c r="C68" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="D68" s="60">
+      <c r="D68" s="27">
         <v>527</v>
       </c>
-      <c r="E68" s="61">
+      <c r="E68" s="28">
         <v>142435.77481</v>
       </c>
-      <c r="F68" s="60">
+      <c r="F68" s="27">
         <v>239</v>
       </c>
     </row>
     <row r="69" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B69" s="63">
+      <c r="B69" s="30">
         <v>65</v>
       </c>
-      <c r="C69" s="62" t="s">
+      <c r="C69" s="29" t="s">
         <v>317</v>
       </c>
-      <c r="D69" s="60">
+      <c r="D69" s="27">
         <v>13701900</v>
       </c>
-      <c r="E69" s="61">
+      <c r="E69" s="28">
         <v>4814242992.1330805</v>
       </c>
-      <c r="F69" s="60">
+      <c r="F69" s="27">
         <v>1750381</v>
       </c>
     </row>
     <row r="70" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B70" s="63">
+      <c r="B70" s="30">
         <v>66</v>
       </c>
-      <c r="C70" s="62" t="s">
+      <c r="C70" s="29" t="s">
         <v>318</v>
       </c>
-      <c r="D70" s="60">
+      <c r="D70" s="27">
         <v>6459</v>
       </c>
-      <c r="E70" s="61">
+      <c r="E70" s="28">
         <v>581739.59323</v>
       </c>
-      <c r="F70" s="60">
+      <c r="F70" s="27">
         <v>1006</v>
       </c>
     </row>
     <row r="71" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B71" s="63">
+      <c r="B71" s="30">
         <v>67</v>
       </c>
-      <c r="C71" s="62" t="s">
+      <c r="C71" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="D71" s="60">
+      <c r="D71" s="27">
         <v>33098</v>
       </c>
-      <c r="E71" s="61">
+      <c r="E71" s="28">
         <v>4990232.7599600004</v>
       </c>
-      <c r="F71" s="60">
+      <c r="F71" s="27">
         <v>3586</v>
       </c>
     </row>
     <row r="72" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B72" s="63">
+      <c r="B72" s="30">
         <v>68</v>
       </c>
-      <c r="C72" s="68" t="s">
-[...2 lines deleted...]
-      <c r="D72" s="66">
+      <c r="C72" s="35" t="s">
+        <v>783</v>
+      </c>
+      <c r="D72" s="33">
         <v>9654</v>
       </c>
-      <c r="E72" s="66">
+      <c r="E72" s="33">
         <v>1320705.4739999999</v>
       </c>
-      <c r="F72" s="66">
+      <c r="F72" s="33">
         <v>14930</v>
       </c>
     </row>
     <row r="73" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B73" s="63">
+      <c r="B73" s="30">
         <v>69</v>
       </c>
-      <c r="C73" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D73" s="60">
+      <c r="C73" s="29" t="s">
+        <v>768</v>
+      </c>
+      <c r="D73" s="27">
         <v>122</v>
       </c>
-      <c r="E73" s="61">
+      <c r="E73" s="28">
         <v>4674.2039999999997</v>
       </c>
-      <c r="F73" s="60">
+      <c r="F73" s="27">
         <v>36</v>
       </c>
     </row>
     <row r="74" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B74" s="63">
+      <c r="B74" s="30">
         <v>70</v>
       </c>
-      <c r="C74" s="62" t="s">
+      <c r="C74" s="29" t="s">
         <v>321</v>
       </c>
-      <c r="D74" s="60">
+      <c r="D74" s="27">
         <v>102385</v>
       </c>
-      <c r="E74" s="61">
+      <c r="E74" s="28">
         <v>23486340.173439998</v>
       </c>
-      <c r="F74" s="60">
+      <c r="F74" s="27">
         <v>13140</v>
       </c>
     </row>
     <row r="75" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B75" s="63">
+      <c r="B75" s="30">
         <v>71</v>
       </c>
-      <c r="C75" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D75" s="60">
+      <c r="C75" s="29" t="s">
+        <v>766</v>
+      </c>
+      <c r="D75" s="27">
         <v>1572</v>
       </c>
-      <c r="E75" s="61">
+      <c r="E75" s="28">
         <v>262415.21169999999</v>
       </c>
-      <c r="F75" s="60">
+      <c r="F75" s="27">
         <v>144</v>
       </c>
     </row>
     <row r="76" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B76" s="63">
+      <c r="B76" s="30">
         <v>72</v>
       </c>
-      <c r="C76" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D76" s="60">
+      <c r="C76" s="29" t="s">
+        <v>990</v>
+      </c>
+      <c r="D76" s="27">
         <v>80342</v>
       </c>
-      <c r="E76" s="61">
+      <c r="E76" s="28">
         <v>112837929.33539</v>
       </c>
-      <c r="F76" s="60">
+      <c r="F76" s="27">
         <v>424</v>
       </c>
     </row>
     <row r="77" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B77" s="63">
+      <c r="B77" s="30">
         <v>73</v>
       </c>
-      <c r="C77" s="62" t="s">
+      <c r="C77" s="29" t="s">
         <v>325</v>
       </c>
-      <c r="D77" s="60">
+      <c r="D77" s="27">
         <v>152395</v>
       </c>
-      <c r="E77" s="61">
+      <c r="E77" s="28">
         <v>240173231.14429998</v>
       </c>
-      <c r="F77" s="60">
+      <c r="F77" s="27">
         <v>582</v>
       </c>
     </row>
     <row r="78" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B78" s="63">
+      <c r="B78" s="30">
         <v>74</v>
       </c>
-      <c r="C78" s="62" t="s">
+      <c r="C78" s="29" t="s">
         <v>143</v>
       </c>
-      <c r="D78" s="60">
+      <c r="D78" s="27">
         <v>13466</v>
       </c>
-      <c r="E78" s="61">
+      <c r="E78" s="28">
         <v>2472068.3447099999</v>
       </c>
-      <c r="F78" s="60">
+      <c r="F78" s="27">
         <v>1210</v>
       </c>
     </row>
     <row r="79" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B79" s="63">
+      <c r="B79" s="30">
         <v>75</v>
       </c>
-      <c r="C79" s="62" t="s">
+      <c r="C79" s="29" t="s">
+        <v>735</v>
+      </c>
+      <c r="D79" s="27">
+        <v>34209</v>
+      </c>
+      <c r="E79" s="28">
+        <v>4296200.2012999998</v>
+      </c>
+      <c r="F79" s="27">
+        <v>5380</v>
+      </c>
+    </row>
+    <row r="80" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B80" s="30">
+        <v>76</v>
+      </c>
+      <c r="C80" s="29" t="s">
+        <v>30</v>
+      </c>
+      <c r="D80" s="27">
+        <v>7371</v>
+      </c>
+      <c r="E80" s="28">
+        <v>82776778.15219</v>
+      </c>
+      <c r="F80" s="27">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="81" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B81" s="30">
+        <v>77</v>
+      </c>
+      <c r="C81" s="29" t="s">
+        <v>734</v>
+      </c>
+      <c r="D81" s="27">
+        <v>33706</v>
+      </c>
+      <c r="E81" s="28">
+        <v>11230861.52806</v>
+      </c>
+      <c r="F81" s="27">
+        <v>32399</v>
+      </c>
+    </row>
+    <row r="82" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B82" s="30">
+        <v>78</v>
+      </c>
+      <c r="C82" s="29" t="s">
+        <v>989</v>
+      </c>
+      <c r="D82" s="27">
+        <v>1821</v>
+      </c>
+      <c r="E82" s="28">
+        <v>19907.928</v>
+      </c>
+      <c r="F82" s="27">
+        <v>6295</v>
+      </c>
+    </row>
+    <row r="83" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B83" s="30">
+        <v>79</v>
+      </c>
+      <c r="C83" s="29" t="s">
+        <v>155</v>
+      </c>
+      <c r="D83" s="27">
+        <v>1</v>
+      </c>
+      <c r="E83" s="28">
+        <v>21.7075</v>
+      </c>
+      <c r="F83" s="27">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="84" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B84" s="30">
+        <v>80</v>
+      </c>
+      <c r="C84" s="29" t="s">
+        <v>988</v>
+      </c>
+      <c r="D84" s="27">
+        <v>69</v>
+      </c>
+      <c r="E84" s="28">
+        <v>17495.165000000001</v>
+      </c>
+      <c r="F84" s="27">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="85" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B85" s="30">
+        <v>81</v>
+      </c>
+      <c r="C85" s="29" t="s">
+        <v>713</v>
+      </c>
+      <c r="D85" s="27">
+        <v>65</v>
+      </c>
+      <c r="E85" s="28">
+        <v>2350.7739999999999</v>
+      </c>
+      <c r="F85" s="27">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="86" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B86" s="30">
+        <v>82</v>
+      </c>
+      <c r="C86" s="35" t="s">
+        <v>31</v>
+      </c>
+      <c r="D86" s="33">
+        <v>193126</v>
+      </c>
+      <c r="E86" s="34">
+        <v>39484981.409000002</v>
+      </c>
+      <c r="F86" s="33">
+        <v>27307</v>
+      </c>
+    </row>
+    <row r="87" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B87" s="30">
+        <v>83</v>
+      </c>
+      <c r="C87" s="29" t="s">
+        <v>709</v>
+      </c>
+      <c r="D87" s="27">
+        <v>398</v>
+      </c>
+      <c r="E87" s="28">
+        <v>3259.1959999999999</v>
+      </c>
+      <c r="F87" s="27">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="88" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B88" s="30">
+        <v>84</v>
+      </c>
+      <c r="C88" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="D88" s="27">
+        <v>5205476</v>
+      </c>
+      <c r="E88" s="28">
+        <v>1927166141.7504799</v>
+      </c>
+      <c r="F88" s="27">
+        <v>561933</v>
+      </c>
+    </row>
+    <row r="89" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B89" s="30">
+        <v>85</v>
+      </c>
+      <c r="C89" s="29" t="s">
+        <v>987</v>
+      </c>
+      <c r="D89" s="27">
+        <v>159</v>
+      </c>
+      <c r="E89" s="28">
+        <v>73828.123999999996</v>
+      </c>
+      <c r="F89" s="27">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="90" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B90" s="30">
+        <v>86</v>
+      </c>
+      <c r="C90" s="29" t="s">
+        <v>705</v>
+      </c>
+      <c r="D90" s="27">
+        <v>36447</v>
+      </c>
+      <c r="E90" s="28">
+        <v>5413855.4790000003</v>
+      </c>
+      <c r="F90" s="27">
+        <v>4733</v>
+      </c>
+    </row>
+    <row r="91" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B91" s="30">
+        <v>87</v>
+      </c>
+      <c r="C91" s="29" t="s">
+        <v>163</v>
+      </c>
+      <c r="D91" s="27">
+        <v>838292</v>
+      </c>
+      <c r="E91" s="27">
+        <v>156576843.94859999</v>
+      </c>
+      <c r="F91" s="27">
+        <v>96704</v>
+      </c>
+    </row>
+    <row r="92" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B92" s="30">
+        <v>88</v>
+      </c>
+      <c r="C92" s="29" t="s">
+        <v>679</v>
+      </c>
+      <c r="D92" s="27">
+        <v>511557</v>
+      </c>
+      <c r="E92" s="28">
+        <v>97956998.987880006</v>
+      </c>
+      <c r="F92" s="27">
+        <v>55051</v>
+      </c>
+    </row>
+    <row r="93" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B93" s="30">
+        <v>89</v>
+      </c>
+      <c r="C93" s="29" t="s">
+        <v>350</v>
+      </c>
+      <c r="D93" s="27">
+        <v>53200</v>
+      </c>
+      <c r="E93" s="28">
+        <v>9306465.1659999993</v>
+      </c>
+      <c r="F93" s="27">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="94" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B94" s="30">
+        <v>90</v>
+      </c>
+      <c r="C94" s="29" t="s">
+        <v>35</v>
+      </c>
+      <c r="D94" s="27">
+        <v>12135</v>
+      </c>
+      <c r="E94" s="28">
+        <v>6905692.1518000001</v>
+      </c>
+      <c r="F94" s="27">
+        <v>3980</v>
+      </c>
+    </row>
+    <row r="95" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B95" s="30">
+        <v>91</v>
+      </c>
+      <c r="C95" s="29" t="s">
+        <v>352</v>
+      </c>
+      <c r="D95" s="27">
+        <v>14307</v>
+      </c>
+      <c r="E95" s="28">
+        <v>2529508.20291</v>
+      </c>
+      <c r="F95" s="27">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="96" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B96" s="30">
+        <v>92</v>
+      </c>
+      <c r="C96" s="29" t="s">
+        <v>631</v>
+      </c>
+      <c r="D96" s="27">
+        <v>1364</v>
+      </c>
+      <c r="E96" s="28">
+        <v>72382.982999999993</v>
+      </c>
+      <c r="F96" s="27">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="97" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B97" s="30">
+        <v>93</v>
+      </c>
+      <c r="C97" s="29" t="s">
+        <v>37</v>
+      </c>
+      <c r="D97" s="27">
+        <v>734</v>
+      </c>
+      <c r="E97" s="28">
+        <v>253572.5888</v>
+      </c>
+      <c r="F97" s="27">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="98" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B98" s="30">
+        <v>94</v>
+      </c>
+      <c r="C98" s="29" t="s">
+        <v>628</v>
+      </c>
+      <c r="D98" s="27">
+        <v>568453</v>
+      </c>
+      <c r="E98" s="28">
+        <v>89644835.846719995</v>
+      </c>
+      <c r="F98" s="27">
+        <v>49839</v>
+      </c>
+    </row>
+    <row r="99" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B99" s="30">
+        <v>95</v>
+      </c>
+      <c r="C99" s="29" t="s">
+        <v>39</v>
+      </c>
+      <c r="D99" s="27">
+        <v>1679566</v>
+      </c>
+      <c r="E99" s="28">
+        <v>2236434681.8639598</v>
+      </c>
+      <c r="F99" s="27">
+        <v>156306</v>
+      </c>
+    </row>
+    <row r="100" spans="2:6" s="31" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B100" s="32">
+        <v>96</v>
+      </c>
+      <c r="C100" s="29" t="s">
+        <v>40</v>
+      </c>
+      <c r="D100" s="27">
+        <v>111754131</v>
+      </c>
+      <c r="E100" s="28">
+        <v>23566574515.666</v>
+      </c>
+      <c r="F100" s="27">
+        <v>36194655</v>
+      </c>
+    </row>
+    <row r="101" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B101" s="30">
+        <v>97</v>
+      </c>
+      <c r="C101" s="29" t="s">
+        <v>41</v>
+      </c>
+      <c r="D101" s="27">
+        <v>49840</v>
+      </c>
+      <c r="E101" s="28">
+        <v>72116150.260000005</v>
+      </c>
+      <c r="F101" s="27">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="102" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B102" s="30">
+        <v>98</v>
+      </c>
+      <c r="C102" s="29" t="s">
+        <v>618</v>
+      </c>
+      <c r="D102" s="27">
+        <v>18806</v>
+      </c>
+      <c r="E102" s="28">
+        <v>5807327.5964399995</v>
+      </c>
+      <c r="F102" s="27">
+        <v>4518</v>
+      </c>
+    </row>
+    <row r="103" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B103" s="30">
+        <v>99</v>
+      </c>
+      <c r="C103" s="29" t="s">
+        <v>617</v>
+      </c>
+      <c r="D103" s="27">
+        <v>13813</v>
+      </c>
+      <c r="E103" s="28">
+        <v>1285592.267</v>
+      </c>
+      <c r="F103" s="27">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="104" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B104" s="30">
+        <v>100</v>
+      </c>
+      <c r="C104" s="29" t="s">
+        <v>364</v>
+      </c>
+      <c r="D104" s="27">
+        <v>153979</v>
+      </c>
+      <c r="E104" s="28">
+        <v>29846366.73584</v>
+      </c>
+      <c r="F104" s="27">
+        <v>36671</v>
+      </c>
+    </row>
+    <row r="105" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B105" s="30">
+        <v>101</v>
+      </c>
+      <c r="C105" s="29" t="s">
+        <v>616</v>
+      </c>
+      <c r="D105" s="27">
+        <v>543625</v>
+      </c>
+      <c r="E105" s="28">
+        <v>82401767.634580001</v>
+      </c>
+      <c r="F105" s="27">
+        <v>43240</v>
+      </c>
+    </row>
+    <row r="106" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B106" s="30">
+        <v>102</v>
+      </c>
+      <c r="C106" s="29" t="s">
+        <v>615</v>
+      </c>
+      <c r="D106" s="27">
+        <v>426</v>
+      </c>
+      <c r="E106" s="28">
+        <v>8227.1790000000001</v>
+      </c>
+      <c r="F106" s="27">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="107" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B107" s="30">
+        <v>103</v>
+      </c>
+      <c r="C107" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="D107" s="27">
+        <v>4924</v>
+      </c>
+      <c r="E107" s="28">
+        <v>664414.27300000004</v>
+      </c>
+      <c r="F107" s="27">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="108" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B108" s="30">
+        <v>104</v>
+      </c>
+      <c r="C108" s="29" t="s">
+        <v>611</v>
+      </c>
+      <c r="D108" s="27">
+        <v>20399</v>
+      </c>
+      <c r="E108" s="28">
+        <v>2008139.6089999999</v>
+      </c>
+      <c r="F108" s="27">
+        <v>2726</v>
+      </c>
+    </row>
+    <row r="109" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B109" s="30">
+        <v>105</v>
+      </c>
+      <c r="C109" s="29" t="s">
+        <v>608</v>
+      </c>
+      <c r="D109" s="27">
+        <v>5473</v>
+      </c>
+      <c r="E109" s="28">
+        <v>951564.755</v>
+      </c>
+      <c r="F109" s="27">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="110" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B110" s="30">
+        <v>106</v>
+      </c>
+      <c r="C110" s="29" t="s">
+        <v>606</v>
+      </c>
+      <c r="D110" s="27">
+        <v>1379</v>
+      </c>
+      <c r="E110" s="28">
+        <v>391232.42719999998</v>
+      </c>
+      <c r="F110" s="27">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="111" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B111" s="30">
+        <v>107</v>
+      </c>
+      <c r="C111" s="29" t="s">
+        <v>603</v>
+      </c>
+      <c r="D111" s="27">
+        <v>413</v>
+      </c>
+      <c r="E111" s="28">
+        <v>74829.066999999995</v>
+      </c>
+      <c r="F111" s="27">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="112" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B112" s="30">
+        <v>108</v>
+      </c>
+      <c r="C112" s="29" t="s">
+        <v>596</v>
+      </c>
+      <c r="D112" s="27">
+        <v>34</v>
+      </c>
+      <c r="E112" s="28">
+        <v>1118.575</v>
+      </c>
+      <c r="F112" s="27">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="113" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B113" s="30">
+        <v>109</v>
+      </c>
+      <c r="C113" s="29" t="s">
+        <v>594</v>
+      </c>
+      <c r="D113" s="27">
+        <v>59090</v>
+      </c>
+      <c r="E113" s="28">
+        <v>16254544.625</v>
+      </c>
+      <c r="F113" s="27">
+        <v>3668</v>
+      </c>
+    </row>
+    <row r="114" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B114" s="30">
+        <v>110</v>
+      </c>
+      <c r="C114" s="29" t="s">
+        <v>563</v>
+      </c>
+      <c r="D114" s="27">
+        <v>14433322</v>
+      </c>
+      <c r="E114" s="28">
+        <v>6873319932.0649996</v>
+      </c>
+      <c r="F114" s="27">
+        <v>248202</v>
+      </c>
+    </row>
+    <row r="115" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B115" s="30">
+        <v>111</v>
+      </c>
+      <c r="C115" s="29" t="s">
+        <v>555</v>
+      </c>
+      <c r="D115" s="27">
+        <v>80887</v>
+      </c>
+      <c r="E115" s="28">
+        <v>22941547.608770002</v>
+      </c>
+      <c r="F115" s="27">
+        <v>10608</v>
+      </c>
+    </row>
+    <row r="116" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B116" s="30">
+        <v>112</v>
+      </c>
+      <c r="C116" s="29" t="s">
+        <v>554</v>
+      </c>
+      <c r="D116" s="27">
+        <v>7184</v>
+      </c>
+      <c r="E116" s="28">
+        <v>1059392.52</v>
+      </c>
+      <c r="F116" s="27">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="117" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B117" s="30">
+        <v>113</v>
+      </c>
+      <c r="C117" s="29" t="s">
+        <v>532</v>
+      </c>
+      <c r="D117" s="27">
+        <v>33</v>
+      </c>
+      <c r="E117" s="28">
+        <v>3957.5819999999999</v>
+      </c>
+      <c r="F117" s="27">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="118" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B118" s="30">
+        <v>114</v>
+      </c>
+      <c r="C118" s="29" t="s">
+        <v>519</v>
+      </c>
+      <c r="D118" s="27">
         <v>736</v>
       </c>
-      <c r="D79" s="60">
-[...665 lines deleted...]
-      <c r="E118" s="61">
+      <c r="E118" s="28">
         <v>363687.24</v>
       </c>
-      <c r="F118" s="60">
+      <c r="F118" s="27">
         <v>753</v>
       </c>
     </row>
     <row r="119" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B119" s="63">
+      <c r="B119" s="30">
         <v>115</v>
       </c>
-      <c r="C119" s="62" t="s">
+      <c r="C119" s="29" t="s">
         <v>421</v>
       </c>
-      <c r="D119" s="60">
+      <c r="D119" s="27">
         <v>508</v>
       </c>
-      <c r="E119" s="61">
+      <c r="E119" s="28">
         <v>136471.47700000001</v>
       </c>
-      <c r="F119" s="60">
+      <c r="F119" s="27">
         <v>48</v>
       </c>
     </row>
     <row r="120" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B120" s="63">
+      <c r="B120" s="30">
         <v>116</v>
       </c>
-      <c r="C120" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D120" s="60">
+      <c r="C120" s="29" t="s">
+        <v>509</v>
+      </c>
+      <c r="D120" s="27">
         <v>10093</v>
       </c>
-      <c r="E120" s="61">
+      <c r="E120" s="28">
         <v>4883923.4736000001</v>
       </c>
-      <c r="F120" s="60">
+      <c r="F120" s="27">
         <v>1082</v>
       </c>
     </row>
     <row r="121" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B121" s="63">
+      <c r="B121" s="30">
         <v>117</v>
       </c>
-      <c r="C121" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D121" s="60">
+      <c r="C121" s="29" t="s">
+        <v>501</v>
+      </c>
+      <c r="D121" s="27">
         <v>118</v>
       </c>
-      <c r="E121" s="61">
+      <c r="E121" s="28">
         <v>8523.52</v>
       </c>
-      <c r="F121" s="60">
+      <c r="F121" s="27">
         <v>218</v>
       </c>
     </row>
     <row r="122" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B122" s="63">
+      <c r="B122" s="30">
         <v>118</v>
       </c>
-      <c r="C122" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D122" s="60">
+      <c r="C122" s="29" t="s">
+        <v>500</v>
+      </c>
+      <c r="D122" s="27">
         <v>5</v>
       </c>
-      <c r="E122" s="61">
+      <c r="E122" s="28">
         <v>182.636</v>
       </c>
-      <c r="F122" s="60">
+      <c r="F122" s="27">
         <v>24</v>
       </c>
     </row>
     <row r="123" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B123" s="63">
+      <c r="B123" s="30">
         <v>119</v>
       </c>
-      <c r="C123" s="62" t="s">
+      <c r="C123" s="29" t="s">
+        <v>491</v>
+      </c>
+      <c r="D123" s="27">
+        <v>134122</v>
+      </c>
+      <c r="E123" s="28">
+        <v>14303613.35</v>
+      </c>
+      <c r="F123" s="27">
+        <v>14059</v>
+      </c>
+    </row>
+    <row r="124" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B124" s="30">
+        <v>120</v>
+      </c>
+      <c r="C124" s="29" t="s">
+        <v>490</v>
+      </c>
+      <c r="D124" s="27">
+        <v>1078</v>
+      </c>
+      <c r="E124" s="28">
+        <v>4001.9360000000001</v>
+      </c>
+      <c r="F124" s="27">
         <v>492</v>
       </c>
-      <c r="D123" s="60">
-[...24 lines deleted...]
-      </c>
     </row>
     <row r="125" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B125" s="63">
+      <c r="B125" s="30">
         <v>121</v>
       </c>
-      <c r="C125" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D125" s="60">
+      <c r="C125" s="29" t="s">
+        <v>487</v>
+      </c>
+      <c r="D125" s="27">
         <v>760</v>
       </c>
-      <c r="E125" s="61">
+      <c r="E125" s="28">
         <v>232391.23699999999</v>
       </c>
-      <c r="F125" s="60">
+      <c r="F125" s="27">
         <v>818</v>
       </c>
     </row>
     <row r="126" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B126" s="63">
+      <c r="B126" s="30">
         <v>122</v>
       </c>
-      <c r="C126" s="62" t="s">
+      <c r="C126" s="29" t="s">
         <v>43</v>
       </c>
-      <c r="D126" s="60">
+      <c r="D126" s="27">
         <v>368199</v>
       </c>
-      <c r="E126" s="61">
+      <c r="E126" s="28">
         <v>82491497.941</v>
       </c>
-      <c r="F126" s="60">
+      <c r="F126" s="27">
         <v>78994</v>
       </c>
     </row>
     <row r="127" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B127" s="63">
+      <c r="B127" s="30">
         <v>123</v>
       </c>
-      <c r="C127" s="62" t="s">
+      <c r="C127" s="29" t="s">
         <v>433</v>
       </c>
-      <c r="D127" s="60">
+      <c r="D127" s="27">
         <v>112710</v>
       </c>
-      <c r="E127" s="61">
+      <c r="E127" s="28">
         <v>22965085.202689998</v>
       </c>
-      <c r="F127" s="60">
+      <c r="F127" s="27">
         <v>15312</v>
       </c>
     </row>
     <row r="128" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B128" s="63">
+      <c r="B128" s="30">
         <v>124</v>
       </c>
-      <c r="C128" s="62" t="s">
+      <c r="C128" s="29" t="s">
         <v>44</v>
       </c>
-      <c r="D128" s="60">
+      <c r="D128" s="27">
         <v>3558467</v>
       </c>
-      <c r="E128" s="61">
+      <c r="E128" s="28">
         <v>791108732.90243006</v>
       </c>
-      <c r="F128" s="60">
+      <c r="F128" s="27">
         <v>395492</v>
       </c>
     </row>
     <row r="129" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B129" s="63">
+      <c r="B129" s="30">
         <v>125</v>
       </c>
-      <c r="C129" s="62" t="s">
+      <c r="C129" s="29" t="s">
         <v>228</v>
       </c>
-      <c r="D129" s="60">
+      <c r="D129" s="27">
         <v>53872</v>
       </c>
-      <c r="E129" s="61">
+      <c r="E129" s="28">
         <v>3966591.4929999998</v>
       </c>
-      <c r="F129" s="60">
+      <c r="F129" s="27">
         <v>15575</v>
       </c>
     </row>
     <row r="130" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B130" s="63">
+      <c r="B130" s="30">
         <v>126</v>
       </c>
-      <c r="C130" s="62" t="s">
+      <c r="C130" s="29" t="s">
         <v>437</v>
       </c>
-      <c r="D130" s="60">
+      <c r="D130" s="27">
         <v>1066</v>
       </c>
-      <c r="E130" s="61">
+      <c r="E130" s="28">
         <v>184998.76544999998</v>
       </c>
-      <c r="F130" s="60">
+      <c r="F130" s="27">
         <v>251</v>
       </c>
     </row>
     <row r="131" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B131" s="63">
+      <c r="B131" s="30">
         <v>127</v>
       </c>
-      <c r="C131" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D131" s="60">
+      <c r="C131" s="29" t="s">
+        <v>479</v>
+      </c>
+      <c r="D131" s="27">
         <v>76950</v>
       </c>
-      <c r="E131" s="61">
+      <c r="E131" s="28">
         <v>5956375.8508000001</v>
       </c>
-      <c r="F131" s="60">
+      <c r="F131" s="27">
         <v>13415</v>
       </c>
     </row>
     <row r="132" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B132" s="63">
+      <c r="B132" s="30">
         <v>128</v>
       </c>
-      <c r="C132" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D132" s="60">
+      <c r="C132" s="29" t="s">
+        <v>478</v>
+      </c>
+      <c r="D132" s="27">
         <v>3752</v>
       </c>
-      <c r="E132" s="61">
+      <c r="E132" s="28">
         <v>351195.52600000001</v>
       </c>
-      <c r="F132" s="60">
+      <c r="F132" s="27">
         <v>477</v>
       </c>
     </row>
     <row r="133" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B133" s="63">
+      <c r="B133" s="30">
         <v>129</v>
       </c>
-      <c r="C133" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D133" s="60">
+      <c r="C133" s="29" t="s">
+        <v>477</v>
+      </c>
+      <c r="D133" s="27">
         <v>2452</v>
       </c>
-      <c r="E133" s="61">
+      <c r="E133" s="28">
         <v>312726.23187000002</v>
       </c>
-      <c r="F133" s="60">
+      <c r="F133" s="27">
         <v>447</v>
       </c>
     </row>
     <row r="134" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B134" s="63">
+      <c r="B134" s="30">
         <v>130</v>
       </c>
-      <c r="C134" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D134" s="60">
+      <c r="C134" s="29" t="s">
+        <v>471</v>
+      </c>
+      <c r="D134" s="27">
         <v>10570</v>
       </c>
-      <c r="E134" s="61">
+      <c r="E134" s="28">
         <v>1463689.655</v>
       </c>
-      <c r="F134" s="60">
+      <c r="F134" s="27">
         <v>13294</v>
       </c>
     </row>
     <row r="135" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B135" s="63">
+      <c r="B135" s="30">
         <v>131</v>
       </c>
-      <c r="C135" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D135" s="60">
+      <c r="C135" s="29" t="s">
+        <v>450</v>
+      </c>
+      <c r="D135" s="27">
         <v>1344</v>
       </c>
-      <c r="E135" s="61">
+      <c r="E135" s="28">
         <v>26808.834999999999</v>
       </c>
-      <c r="F135" s="60">
+      <c r="F135" s="27">
         <v>603</v>
       </c>
     </row>
     <row r="136" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B136" s="63">
+      <c r="B136" s="30">
         <v>132</v>
       </c>
-      <c r="C136" s="62" t="s">
+      <c r="C136" s="29" t="s">
         <v>46</v>
       </c>
-      <c r="D136" s="60">
+      <c r="D136" s="27">
         <v>2570</v>
       </c>
-      <c r="E136" s="61">
+      <c r="E136" s="28">
         <v>2394512.5079399999</v>
       </c>
-      <c r="F136" s="60">
+      <c r="F136" s="27">
         <v>424</v>
       </c>
     </row>
     <row r="137" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B137" s="63">
+      <c r="B137" s="30">
         <v>133</v>
       </c>
-      <c r="C137" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D137" s="60">
+      <c r="C137" s="29" t="s">
+        <v>447</v>
+      </c>
+      <c r="D137" s="27">
         <v>7704886</v>
       </c>
-      <c r="E137" s="61">
+      <c r="E137" s="28">
         <v>2844905688.7570601</v>
       </c>
-      <c r="F137" s="60">
+      <c r="F137" s="27">
         <v>369897</v>
       </c>
     </row>
     <row r="138" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B138" s="63">
+      <c r="B138" s="30">
         <v>134</v>
       </c>
-      <c r="C138" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D138" s="60">
+      <c r="C138" s="29" t="s">
+        <v>446</v>
+      </c>
+      <c r="D138" s="27">
         <v>912</v>
       </c>
-      <c r="E138" s="61">
+      <c r="E138" s="28">
         <v>64348.506999999998</v>
       </c>
-      <c r="F138" s="60">
+      <c r="F138" s="27">
         <v>1588</v>
       </c>
     </row>
     <row r="139" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B139" s="59" t="s">
-[...3 lines deleted...]
-      <c r="D139" s="57">
+      <c r="B139" s="66" t="s">
+        <v>986</v>
+      </c>
+      <c r="C139" s="66"/>
+      <c r="D139" s="25">
         <f>SUM(D5:D138)</f>
         <v>352710247</v>
       </c>
-      <c r="E139" s="58">
+      <c r="E139" s="26">
         <f>SUM(E5:E138)</f>
         <v>118641431961.46584</v>
       </c>
-      <c r="F139" s="57">
+      <c r="F139" s="25">
         <f>SUM(F5:F138)</f>
         <v>79740637</v>
       </c>
     </row>
     <row r="140" spans="2:6" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B140" s="56" t="s">
-[...5 lines deleted...]
-      <c r="F140" s="56"/>
+      <c r="B140" s="67" t="s">
+        <v>985</v>
+      </c>
+      <c r="C140" s="67"/>
+      <c r="D140" s="67"/>
+      <c r="E140" s="67"/>
+      <c r="F140" s="67"/>
     </row>
     <row r="141" spans="2:6" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B141" s="56" t="s">
-[...5 lines deleted...]
-      <c r="F141" s="56"/>
+      <c r="B141" s="67" t="s">
+        <v>984</v>
+      </c>
+      <c r="C141" s="67"/>
+      <c r="D141" s="67"/>
+      <c r="E141" s="67"/>
+      <c r="F141" s="67"/>
     </row>
     <row r="142" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="E142" s="55"/>
+      <c r="E142" s="24"/>
     </row>
     <row r="143" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="D143" s="54"/>
-[...1 lines deleted...]
-      <c r="F143" s="54"/>
+      <c r="D143" s="23"/>
+      <c r="E143" s="23"/>
+      <c r="F143" s="23"/>
     </row>
     <row r="145" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F145" s="53"/>
+      <c r="F145" s="22"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="B139:C139"/>
     <mergeCell ref="B140:F140"/>
     <mergeCell ref="B141:F141"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:F4"/>
   </mergeCells>
   <pageMargins left="3.937007874015748E-2" right="3.937007874015748E-2" top="0" bottom="3.937007874015748E-2" header="0" footer="0"/>
   <pageSetup scale="80" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010008F5B6C6D031A14B8C9475DA588E531A" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0c6741b25d623f9d66f6ecb80c67ec44">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3d7d0cd0-f64d-4b9a-a413-5bcf740cb882" xmlns:ns3="49447a93-c7d3-46d4-b2ef-1a487e94f171" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c79e9d30506fc667f42d27544feef530" ns2:_="" ns3:_="">
     <xsd:import namespace="3d7d0cd0-f64d-4b9a-a413-5bcf740cb882"/>
     <xsd:import namespace="49447a93-c7d3-46d4-b2ef-1a487e94f171"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -34470,84 +34459,104 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="49447a93-c7d3-46d4-b2ef-1a487e94f171" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3d7d0cd0-f64d-4b9a-a413-5bcf740cb882">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88FBA922-C41F-44DD-AFBA-61621CD092B2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3d7d0cd0-f64d-4b9a-a413-5bcf740cb882"/>
     <ds:schemaRef ds:uri="49447a93-c7d3-46d4-b2ef-1a487e94f171"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E71A765-CBD2-4C7F-8347-D7AE2BD003E0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{888277F7-03FC-4F90-8C02-58C0AC950538}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="49447a93-c7d3-46d4-b2ef-1a487e94f171"/>
+    <ds:schemaRef ds:uri="3d7d0cd0-f64d-4b9a-a413-5bcf740cb882"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{ade22d3f-b5bb-4fa4-b79c-3b7263598f65}" enabled="0" method="" siteId="{ade22d3f-b5bb-4fa4-b79c-3b7263598f65}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>